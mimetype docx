--- v0 (2025-11-09)
+++ v1 (2026-02-09)
@@ -1925,74 +1925,92 @@
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009572F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Reprezentantem Administratora Danych Osobowych jest Dyrektor Miejskiego Zarządu Dróg i Mostów w Bytomiu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49102625" w14:textId="2AE912FA" w:rsidR="00737E15" w:rsidRPr="009572F2" w:rsidRDefault="00737E15" w:rsidP="00D862E6">
+    <w:p w14:paraId="49102625" w14:textId="1FD763D6" w:rsidR="00737E15" w:rsidRPr="009572F2" w:rsidRDefault="00737E15" w:rsidP="00D862E6">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009572F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Dane kontaktowe Inspektora Ochrony Danych: Radosław Schejbal; e-mail: iod@mzdim.bytom.pl</w:t>
+        <w:t xml:space="preserve">Dane kontaktowe Inspektora Ochrony Danych: </w:t>
+      </w:r>
+      <w:r w:rsidR="005B351C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Ewelina Wysocka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009572F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>; e-mail: iod@mzdim.bytom.pl</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B943861" w14:textId="4A89DA82" w:rsidR="00737E15" w:rsidRPr="009572F2" w:rsidRDefault="00737E15" w:rsidP="00D862E6">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009572F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -2202,151 +2220,151 @@
     <w:p w14:paraId="0C686F2A" w14:textId="4F1797FD" w:rsidR="00737E15" w:rsidRPr="009572F2" w:rsidRDefault="00737E15" w:rsidP="00D862E6">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009572F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Prawa przysługujące osobie, której dane są przetwarzane: Osoba, której dane dotyczą ma prawo dostępu do treści swoich danych oraz prawo do ich sprostowania, ograniczenia przetwarzania, prawo do przenoszenia danych, prawo do wniesienia sprzeciwu, prawo do cofnięcia zgody w dowolnym momencie (jeżeli przetwarzanie odbywa się na podstawie zgody) oraz prawo do wniesienia skargi do organu nadzorczego, gdy uzna, iż przetwarzanie danych osobowych jego dotyczących narusza przepisy ogólnego rozporządzenia o ochronie danych osobowych z dnia 27 kwietnia 2016 r. (UE 2016/679).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B0FC046" w14:textId="36A2A2D2" w:rsidR="00737E15" w:rsidRPr="009572F2" w:rsidRDefault="00737E15" w:rsidP="00D862E6">
+    <w:p w14:paraId="7B0FC046" w14:textId="36A2A2D2" w:rsidR="00737E15" w:rsidRPr="009572F2" w:rsidRDefault="00737E15" w:rsidP="005B351C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009572F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Podanie danych osobowych jest dobrowolne, jednakże w celu realizacji zadań objętych przepisami prawa jest niezbędne. W niniejszym przypadku jest wymogiem prawnym oraz warunkiem realizacji prawnie uzasadnionych interesów: administratora oraz osób, których dane są przetwarzane.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B6AAE54" w14:textId="5DF42A83" w:rsidR="00737E15" w:rsidRPr="009572F2" w:rsidRDefault="00737E15" w:rsidP="00D862E6">
+    <w:p w14:paraId="6B6AAE54" w14:textId="5DF42A83" w:rsidR="00737E15" w:rsidRPr="009572F2" w:rsidRDefault="00737E15" w:rsidP="005B351C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009572F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>W trakcie przetwarzania Państwa danych osobowych nie dochodzi do wyłącznie zautomatyzowanego podejmowania decyzji ani do profilowania, o których mowa w art.22 ust. 1 i 4 RODO. Oznacza to, że żadne decyzje nie będą zapadać wyłącznie automatycznie oraz, że nie buduje się żadnych profili.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DB59388" w14:textId="6F14F1FC" w:rsidR="000A1F14" w:rsidRPr="009572F2" w:rsidRDefault="00737E15" w:rsidP="009572F2">
+    <w:p w14:paraId="0DB59388" w14:textId="6F14F1FC" w:rsidR="000A1F14" w:rsidRPr="009572F2" w:rsidRDefault="00737E15" w:rsidP="005B351C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009572F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>W przypadku uznania, iż przetwarzanie przez Administratora Państwa danych osobowych narusza przepisy RODO, przysługuje Państwu prawo do wniesienia skargi do Prezesa Urzędu Ochrony Danych Osobowych, ul. Stawki 2, 00-193 Warszawa.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000A1F14" w:rsidRPr="009572F2" w:rsidSect="009572F2">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1643" w:right="758" w:bottom="1134" w:left="851" w:header="284" w:footer="358" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="66F6BC90" w14:textId="77777777" w:rsidR="00553703" w:rsidRDefault="00553703">
+    <w:p w14:paraId="6D4AEA0A" w14:textId="77777777" w:rsidR="008844EF" w:rsidRDefault="008844EF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="58822F6C" w14:textId="77777777" w:rsidR="00553703" w:rsidRDefault="00553703">
+    <w:p w14:paraId="47EDA25F" w14:textId="77777777" w:rsidR="008844EF" w:rsidRDefault="008844EF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2606,58 +2624,58 @@
       <w:tab/>
     </w:r>
     <w:r w:rsidR="006A0909">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Data i podpis wnioskodawcy</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="297F465D" w14:textId="77777777" w:rsidR="00553703" w:rsidRDefault="00553703">
+    <w:p w14:paraId="49BB9422" w14:textId="77777777" w:rsidR="008844EF" w:rsidRDefault="008844EF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2E9A7D1D" w14:textId="77777777" w:rsidR="00553703" w:rsidRDefault="00553703">
+    <w:p w14:paraId="66978CE7" w14:textId="77777777" w:rsidR="008844EF" w:rsidRDefault="008844EF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="735755C0" w14:textId="5530F223" w:rsidR="006C6BEF" w:rsidRPr="005E1ED2" w:rsidRDefault="006C6BEF" w:rsidP="00737E15">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2625"/>
       </w:tabs>
       <w:rPr>
         <w:b/>
         <w:sz w:val="10"/>
         <w:szCs w:val="10"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
@@ -4935,51 +4953,51 @@
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1992636685">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1218473093">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="318970638">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="637615017">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1259630905">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1006514936">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="160"/>
   <w:gutterAtTop/>
   <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -5042,133 +5060,136 @@
     <w:rsid w:val="003B0CC2"/>
     <w:rsid w:val="003B11E7"/>
     <w:rsid w:val="003B225E"/>
     <w:rsid w:val="003B4FD6"/>
     <w:rsid w:val="003E30EA"/>
     <w:rsid w:val="003E3C54"/>
     <w:rsid w:val="0041035E"/>
     <w:rsid w:val="00421187"/>
     <w:rsid w:val="004455E0"/>
     <w:rsid w:val="00451C68"/>
     <w:rsid w:val="00475D68"/>
     <w:rsid w:val="00476722"/>
     <w:rsid w:val="00496544"/>
     <w:rsid w:val="004C0F28"/>
     <w:rsid w:val="00507091"/>
     <w:rsid w:val="0050775E"/>
     <w:rsid w:val="005136E9"/>
     <w:rsid w:val="00526880"/>
     <w:rsid w:val="005272AB"/>
     <w:rsid w:val="00536557"/>
     <w:rsid w:val="0054627D"/>
     <w:rsid w:val="00553703"/>
     <w:rsid w:val="005626D9"/>
     <w:rsid w:val="00574EBF"/>
     <w:rsid w:val="00595058"/>
+    <w:rsid w:val="005B351C"/>
     <w:rsid w:val="005D059F"/>
     <w:rsid w:val="005E0DDB"/>
     <w:rsid w:val="005E1ED2"/>
     <w:rsid w:val="005F3760"/>
     <w:rsid w:val="00610139"/>
     <w:rsid w:val="00612A00"/>
     <w:rsid w:val="00612C97"/>
     <w:rsid w:val="00615993"/>
     <w:rsid w:val="00621DE7"/>
     <w:rsid w:val="00640E73"/>
     <w:rsid w:val="006416E0"/>
     <w:rsid w:val="00650FA5"/>
     <w:rsid w:val="00651A67"/>
     <w:rsid w:val="006557A7"/>
     <w:rsid w:val="00674BBA"/>
     <w:rsid w:val="006942DB"/>
     <w:rsid w:val="006A0909"/>
     <w:rsid w:val="006C6BEF"/>
     <w:rsid w:val="006D178B"/>
     <w:rsid w:val="006D4384"/>
     <w:rsid w:val="006E1409"/>
     <w:rsid w:val="006F06C3"/>
     <w:rsid w:val="006F31CE"/>
     <w:rsid w:val="00702C16"/>
     <w:rsid w:val="00716C4D"/>
     <w:rsid w:val="00733AFF"/>
     <w:rsid w:val="00734B0C"/>
     <w:rsid w:val="00737E15"/>
     <w:rsid w:val="007A4D05"/>
     <w:rsid w:val="007F76CA"/>
     <w:rsid w:val="00803FF8"/>
     <w:rsid w:val="00832591"/>
     <w:rsid w:val="00846CC8"/>
     <w:rsid w:val="00847A8B"/>
     <w:rsid w:val="0085245D"/>
     <w:rsid w:val="008744D3"/>
+    <w:rsid w:val="008844EF"/>
     <w:rsid w:val="00890ADD"/>
     <w:rsid w:val="008A0EE5"/>
     <w:rsid w:val="008A1634"/>
     <w:rsid w:val="008B133D"/>
     <w:rsid w:val="008B2567"/>
     <w:rsid w:val="008B7EDE"/>
     <w:rsid w:val="008C60CE"/>
     <w:rsid w:val="008D40A3"/>
     <w:rsid w:val="008E2741"/>
     <w:rsid w:val="008E535F"/>
     <w:rsid w:val="00924B55"/>
     <w:rsid w:val="00930EB6"/>
     <w:rsid w:val="0094182C"/>
     <w:rsid w:val="009572F2"/>
     <w:rsid w:val="009602E5"/>
     <w:rsid w:val="00985762"/>
     <w:rsid w:val="00993253"/>
     <w:rsid w:val="009977B6"/>
     <w:rsid w:val="0099784D"/>
     <w:rsid w:val="009A20FA"/>
     <w:rsid w:val="009E5596"/>
     <w:rsid w:val="009F4C06"/>
     <w:rsid w:val="009F7555"/>
     <w:rsid w:val="00A30538"/>
     <w:rsid w:val="00A3571A"/>
     <w:rsid w:val="00A55A06"/>
     <w:rsid w:val="00A57DB3"/>
     <w:rsid w:val="00A70CB6"/>
     <w:rsid w:val="00A849C0"/>
     <w:rsid w:val="00A901AB"/>
     <w:rsid w:val="00AA5B1C"/>
     <w:rsid w:val="00AC4854"/>
     <w:rsid w:val="00AD31B1"/>
     <w:rsid w:val="00AD34C0"/>
     <w:rsid w:val="00AE37B0"/>
     <w:rsid w:val="00AE58B9"/>
     <w:rsid w:val="00AE66D5"/>
     <w:rsid w:val="00AF24DD"/>
     <w:rsid w:val="00AF29F2"/>
     <w:rsid w:val="00B01628"/>
     <w:rsid w:val="00B60F1F"/>
     <w:rsid w:val="00BA71E2"/>
     <w:rsid w:val="00BC48CA"/>
     <w:rsid w:val="00BE1CE8"/>
     <w:rsid w:val="00BE2900"/>
     <w:rsid w:val="00BF5A0D"/>
     <w:rsid w:val="00C04F8C"/>
+    <w:rsid w:val="00C05970"/>
     <w:rsid w:val="00C2280A"/>
     <w:rsid w:val="00C350FA"/>
     <w:rsid w:val="00C36442"/>
     <w:rsid w:val="00C45C67"/>
     <w:rsid w:val="00C64726"/>
     <w:rsid w:val="00C65155"/>
     <w:rsid w:val="00C76874"/>
     <w:rsid w:val="00C972AC"/>
     <w:rsid w:val="00CA35F1"/>
     <w:rsid w:val="00CB3065"/>
     <w:rsid w:val="00CB6AC7"/>
     <w:rsid w:val="00CB7E12"/>
     <w:rsid w:val="00CD2AA9"/>
     <w:rsid w:val="00CD428C"/>
     <w:rsid w:val="00CD71BA"/>
     <w:rsid w:val="00CE0C8C"/>
     <w:rsid w:val="00CE3645"/>
     <w:rsid w:val="00CE478C"/>
     <w:rsid w:val="00CE72FC"/>
     <w:rsid w:val="00D03B69"/>
     <w:rsid w:val="00D10259"/>
     <w:rsid w:val="00D131F2"/>
     <w:rsid w:val="00D21F72"/>
     <w:rsid w:val="00D43291"/>
     <w:rsid w:val="00D45338"/>
@@ -5176,50 +5197,51 @@
     <w:rsid w:val="00D862E6"/>
     <w:rsid w:val="00D9509E"/>
     <w:rsid w:val="00D955B1"/>
     <w:rsid w:val="00D95D5D"/>
     <w:rsid w:val="00DA43AA"/>
     <w:rsid w:val="00DA7990"/>
     <w:rsid w:val="00DB5426"/>
     <w:rsid w:val="00DC2733"/>
     <w:rsid w:val="00DF5889"/>
     <w:rsid w:val="00E375B2"/>
     <w:rsid w:val="00E67709"/>
     <w:rsid w:val="00E75128"/>
     <w:rsid w:val="00E82C4A"/>
     <w:rsid w:val="00E84BE5"/>
     <w:rsid w:val="00E87BE6"/>
     <w:rsid w:val="00EA0883"/>
     <w:rsid w:val="00EA4B8F"/>
     <w:rsid w:val="00EB3221"/>
     <w:rsid w:val="00EB468C"/>
     <w:rsid w:val="00EB49A7"/>
     <w:rsid w:val="00ED75E8"/>
     <w:rsid w:val="00EE2814"/>
     <w:rsid w:val="00EE4DFB"/>
     <w:rsid w:val="00EF35CF"/>
     <w:rsid w:val="00EF38BA"/>
+    <w:rsid w:val="00F133C8"/>
     <w:rsid w:val="00F46E8C"/>
     <w:rsid w:val="00F617FA"/>
     <w:rsid w:val="00F62CC8"/>
     <w:rsid w:val="00F64676"/>
     <w:rsid w:val="00F71F15"/>
     <w:rsid w:val="00F7613A"/>
     <w:rsid w:val="00F81490"/>
     <w:rsid w:val="00FC1B5A"/>
     <w:rsid w:val="00FC6EEE"/>
     <w:rsid w:val="00FD5FE2"/>
     <w:rsid w:val="00FD65E2"/>
     <w:rsid w:val="00FE5D9E"/>
     <w:rsid w:val="00FE7D8E"/>
     <w:rsid w:val="00FF51DE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
@@ -7427,74 +7449,74 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BED92CC7-0EF4-43B6-A54F-2FEF965C83C4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>608</Words>
-  <Characters>3652</Characters>
+  <Characters>3650</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>30</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Miejski Zarząd Dróg i Mostów</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4252</CharactersWithSpaces>
+  <CharactersWithSpaces>4250</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>7012409</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.mzdim.bytom.pl/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>