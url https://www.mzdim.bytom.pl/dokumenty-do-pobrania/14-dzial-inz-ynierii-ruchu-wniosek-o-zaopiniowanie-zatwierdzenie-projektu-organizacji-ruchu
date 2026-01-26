--- v0 (2025-10-16)
+++ v1 (2026-01-26)
@@ -1,1317 +1,2250 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7B59E020" w14:textId="77777777" w:rsidR="00872BC8" w:rsidRDefault="00A20549">
-[...98 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="350B210B" w14:textId="77777777" w:rsidR="00716C4D" w:rsidRPr="00D10259" w:rsidRDefault="00716C4D" w:rsidP="00D10259">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00716C4D" w:rsidRPr="00D10259" w:rsidSect="004455E0">
+          <w:footerReference w:type="default" r:id="rId8"/>
+          <w:headerReference w:type="first" r:id="rId9"/>
+          <w:footerReference w:type="first" r:id="rId10"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="567" w:right="720" w:bottom="720" w:left="720" w:header="283" w:footer="454" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="41F82BD4" w14:textId="77777777" w:rsidR="00872BC8" w:rsidRDefault="00A20549">
-[...115 lines deleted...]
-    <w:p w14:paraId="31395A33" w14:textId="77777777" w:rsidR="00A20549" w:rsidRDefault="00A20549" w:rsidP="00A20549">
+    <w:p w14:paraId="4B15ABD9" w14:textId="77777777" w:rsidR="00BA317B" w:rsidRDefault="00BA317B" w:rsidP="00BA317B">
       <w:pPr>
         <w:pStyle w:val="Teksttreci0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="2933"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:rStyle w:val="Teksttreci"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...13 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">Bytom, dnia </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Teksttreci"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bytom, dnia </w:t>
-[...3 lines deleted...]
-          <w:rStyle w:val="Teksttreci"/>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2462C0DD" w14:textId="77777777" w:rsidR="00561B47" w:rsidRDefault="00561B47" w:rsidP="00561B47">
+      <w:pPr>
+        <w:pStyle w:val="Teksttreci0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="CIDFont+F1" w:hAnsi="CIDFont+F1" w:cs="CIDFont+F1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
-[...9 lines deleted...]
-        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00561B47">
         <w:rPr>
           <w:rFonts w:ascii="CIDFont+F1" w:hAnsi="CIDFont+F1" w:cs="CIDFont+F1"/>
-          <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:bidi="ar-SA"/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>..............................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33B6EC87" w14:textId="77777777" w:rsidR="00561B47" w:rsidRPr="00561B47" w:rsidRDefault="00561B47" w:rsidP="00561B47">
+      <w:pPr>
+        <w:pStyle w:val="Teksttreci0"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="CIDFont+F1" w:hAnsi="CIDFont+F1" w:cs="CIDFont+F1"/>
-          <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:bidi="ar-SA"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="55050FA4" w14:textId="77777777" w:rsidR="000A6AF7" w:rsidRDefault="000A6AF7" w:rsidP="00A20549">
-[...6 lines deleted...]
-        <w:ind w:left="0"/>
+    <w:p w14:paraId="0550C726" w14:textId="054E0911" w:rsidR="00561B47" w:rsidRPr="00561B47" w:rsidRDefault="00561B47" w:rsidP="00561B47">
+      <w:pPr>
+        <w:pStyle w:val="Teksttreci0"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="CIDFont+F1" w:hAnsi="CIDFont+F1" w:cs="CIDFont+F1"/>
-          <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:bidi="ar-SA"/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00561B47">
         <w:rPr>
           <w:rFonts w:ascii="CIDFont+F1" w:hAnsi="CIDFont+F1" w:cs="CIDFont+F1"/>
-          <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:bidi="ar-SA"/>
-[...1 lines deleted...]
-        <w:t>. . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . .</w:t>
+        </w:rPr>
+        <w:t>..............................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E35E13E" w14:textId="77777777" w:rsidR="000A6AF7" w:rsidRDefault="00A20549" w:rsidP="00A20549">
-[...12 lines deleted...]
-        <w:t>/imię, nazwisko i adres wnioskodawcy/</w:t>
+    <w:p w14:paraId="06F4A917" w14:textId="77777777" w:rsidR="00561B47" w:rsidRPr="00561B47" w:rsidRDefault="00561B47" w:rsidP="00561B47">
+      <w:pPr>
+        <w:pStyle w:val="Teksttreci0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>/imię i nazwisko oraz adres wnioskodawcy/</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="340ED91F" w14:textId="77777777" w:rsidR="000A6AF7" w:rsidRPr="000A6AF7" w:rsidRDefault="000A6AF7" w:rsidP="00A20549">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7307983E" w14:textId="77777777" w:rsidR="00561B47" w:rsidRPr="00561B47" w:rsidRDefault="00561B47" w:rsidP="00561B47">
+      <w:pPr>
+        <w:pStyle w:val="Teksttreci0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="CIDFont+F1" w:hAnsi="CIDFont+F1" w:cs="CIDFont+F1"/>
-          <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:bidi="ar-SA"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="38AC4CAF" w14:textId="77777777" w:rsidR="00872BC8" w:rsidRDefault="00A20549" w:rsidP="00A20549">
-[...9 lines deleted...]
-        <w:t>/telefon kontaktowy/</w:t>
+    <w:p w14:paraId="056867E8" w14:textId="77777777" w:rsidR="00561B47" w:rsidRPr="00561B47" w:rsidRDefault="00561B47" w:rsidP="00561B47">
+      <w:pPr>
+        <w:pStyle w:val="Teksttreci0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="CIDFont+F1" w:hAnsi="CIDFont+F1" w:cs="CIDFont+F1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rFonts w:ascii="CIDFont+F1" w:hAnsi="CIDFont+F1" w:cs="CIDFont+F1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>..............................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4506A7EC" w14:textId="77777777" w:rsidR="00872BC8" w:rsidRDefault="00A20549">
+    <w:p w14:paraId="1F7972A2" w14:textId="77777777" w:rsidR="00561B47" w:rsidRPr="00561B47" w:rsidRDefault="00561B47" w:rsidP="00561B47">
       <w:pPr>
         <w:pStyle w:val="Teksttreci0"/>
         <w:spacing w:after="300"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>/telefon kontaktowy/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="648410AB" w14:textId="7FC0B8AB" w:rsidR="00BA317B" w:rsidRPr="00BA317B" w:rsidRDefault="00BA317B" w:rsidP="003D53FD">
+      <w:pPr>
+        <w:pStyle w:val="Teksttreci0"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="26"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA317B">
         <w:rPr>
           <w:rStyle w:val="Teksttreci"/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>WNIOSEK O ZAOPINIOWANIE/UZGODNIENIE</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BA317B">
         <w:rPr>
           <w:rStyle w:val="Teksttreci"/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>PROJEKTU ORGANIZACJI RUCHU</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B64D41D" w14:textId="77777777" w:rsidR="00872BC8" w:rsidRDefault="00A20549">
-[...1 lines deleted...]
-        <w:pStyle w:val="Teksttreci0"/>
+    <w:p w14:paraId="17EBB63F" w14:textId="77777777" w:rsidR="00561B47" w:rsidRPr="00561B47" w:rsidRDefault="00561B47" w:rsidP="00561B47">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...14 lines deleted...]
-        <w:t>Organizacja ruchu: stała / czasowa *</w:t>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Rodzaj organizacji ruchu:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stała </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> czasowa *</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="562A2C08" w14:textId="77777777" w:rsidR="00872BC8" w:rsidRDefault="00A20549">
-[...1 lines deleted...]
-        <w:pStyle w:val="Teksttreci0"/>
+    <w:p w14:paraId="48BB5FE2" w14:textId="5F4B81AC" w:rsidR="00561B47" w:rsidRPr="00561B47" w:rsidRDefault="00561B47" w:rsidP="00561B47">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Zmiana organizacji ruchu dotyczy ulic:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>…………………………………………………………………</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="Teksttreci"/>
-[...3 lines deleted...]
-        <w:t>Zmiana organizacji ruchu dotyczy ulic:</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>………………………….</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>……………………………</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">w związku z: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inwestycją </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inne *</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="Teksttreci"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> w związku z inwestycją / inne *: </w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>…………………………………………………….………………………….</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(Numer uzgodnienia inwestycji w MZDiM Bytom: ……………</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="Teksttreci"/>
-[...3 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>…………………………….</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>……………………)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AE82465" w14:textId="77777777" w:rsidR="00872BC8" w:rsidRDefault="00A20549">
-[...32 lines deleted...]
-        <w:pStyle w:val="Teksttreci0"/>
+    <w:p w14:paraId="575A4880" w14:textId="27A4592C" w:rsidR="00561B47" w:rsidRPr="00561B47" w:rsidRDefault="00561B47" w:rsidP="00561B47">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...12 lines deleted...]
-      </w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Planowany termin obowiązywania organizacji ruchu:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>od dnia ……–……–………… r. do dnia ……–……–………… r.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="Teksttreci"/>
-[...47 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>–mm–</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>rrrr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09780F7F" w14:textId="77777777" w:rsidR="00872BC8" w:rsidRPr="000F6C31" w:rsidRDefault="00A20549">
-[...29 lines deleted...]
-        <w:pStyle w:val="Teksttreci0"/>
+    <w:p w14:paraId="3D9C49D1" w14:textId="6DEC8DAC" w:rsidR="00561B47" w:rsidRPr="00561B47" w:rsidRDefault="00561B47" w:rsidP="00561B47">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...7 lines deleted...]
-      <w:r>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Sposób odbioru opinii:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wysyłka pocztą na adres wnioskodawcy</w:t>
+      </w:r>
+      <w:r w:rsidR="003D53FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> odbiór osobisty przez wnioskodawcę *</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D6DAA04" w14:textId="77777777" w:rsidR="00BA317B" w:rsidRPr="00BA317B" w:rsidRDefault="00BA317B" w:rsidP="00BA317B">
+      <w:pPr>
+        <w:pStyle w:val="Teksttreci0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA317B">
         <w:rPr>
           <w:rStyle w:val="Teksttreci"/>
-          <w:sz w:val="22"/>
-[...11 lines deleted...]
-          <w:rStyle w:val="Teksttreci"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Załączniki do wniosku:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48D0C24E" w14:textId="77777777" w:rsidR="00872BC8" w:rsidRDefault="00A20549" w:rsidP="00F06FC0">
+    <w:p w14:paraId="23204F5F" w14:textId="77777777" w:rsidR="00BA317B" w:rsidRPr="00BA317B" w:rsidRDefault="00BA317B" w:rsidP="00BA317B">
       <w:pPr>
         <w:pStyle w:val="Teksttreci0"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Teksttreci"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA317B">
         <w:rPr>
           <w:rStyle w:val="Teksttreci"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>a) Projekt organizacji ruchu - 2 egz. opracowane zgodnie z Rozporządzeniem Ministra Infrastruktury z dnia 23 września 2003r. w sprawie szczegółowych warunków zarządzania ruchem na drogach oraz wykonania nadzoru nad tym zarządzaniem.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BBB0BF9" w14:textId="77777777" w:rsidR="00F06FC0" w:rsidRDefault="00F06FC0" w:rsidP="00F06FC0">
+    <w:p w14:paraId="2991A2FD" w14:textId="77777777" w:rsidR="00BA317B" w:rsidRPr="00BA317B" w:rsidRDefault="00BA317B" w:rsidP="00BA317B">
       <w:pPr>
         <w:pStyle w:val="Teksttreci0"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21C6F692" w14:textId="77777777" w:rsidR="00F06FC0" w:rsidRDefault="00F06FC0" w:rsidP="00F06FC0">
+    <w:p w14:paraId="53269595" w14:textId="77777777" w:rsidR="00BA317B" w:rsidRPr="00BA317B" w:rsidRDefault="00BA317B" w:rsidP="00BA317B">
       <w:pPr>
         <w:pStyle w:val="Teksttreci0"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68EE11D5" w14:textId="77777777" w:rsidR="00F06FC0" w:rsidRDefault="00F06FC0" w:rsidP="00F06FC0">
+    <w:p w14:paraId="305BB1A7" w14:textId="77777777" w:rsidR="003D53FD" w:rsidRPr="00561B47" w:rsidRDefault="003D53FD" w:rsidP="003D53FD">
       <w:pPr>
         <w:pStyle w:val="Teksttreci0"/>
         <w:spacing w:after="0"/>
-        <w:ind w:left="284" w:hanging="284"/>
-[...16 lines deleted...]
-      <w:r>
+        <w:ind w:left="4956"/>
         <w:rPr>
           <w:rFonts w:ascii="CIDFont+F1" w:hAnsi="CIDFont+F1" w:cs="CIDFont+F1"/>
-          <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:bidi="ar-SA"/>
-[...1 lines deleted...]
-        <w:t>. . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . .</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rFonts w:ascii="CIDFont+F1" w:hAnsi="CIDFont+F1" w:cs="CIDFont+F1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>..............................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="782850CF" w14:textId="77777777" w:rsidR="00872BC8" w:rsidRDefault="00A20549" w:rsidP="00F06FC0">
+    <w:p w14:paraId="3EEE2A40" w14:textId="1573F8C8" w:rsidR="00BA317B" w:rsidRPr="003D53FD" w:rsidRDefault="003D53FD" w:rsidP="003D53FD">
       <w:pPr>
         <w:pStyle w:val="Teksttreci20"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="697"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="Teksttreci2"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Teksttreci2"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA317B" w:rsidRPr="003D53FD">
         <w:rPr>
           <w:rStyle w:val="Teksttreci2"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/podpis i pieczęć wnioskodawcy/   </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA317B" w:rsidRPr="003D53FD">
+        <w:rPr>
+          <w:rStyle w:val="Teksttreci2"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DB10CEF" w14:textId="77777777" w:rsidR="00F06FC0" w:rsidRDefault="00F06FC0" w:rsidP="00F06FC0">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="0E44ECCD" w14:textId="77777777" w:rsidR="00561B47" w:rsidRPr="00561B47" w:rsidRDefault="00561B47" w:rsidP="00561B47">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>UWAGA:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4C4A10DA" w14:textId="77777777" w:rsidR="00872BC8" w:rsidRDefault="00A20549">
-[...9 lines deleted...]
-        <w:t>UWAGA!</w:t>
+    <w:p w14:paraId="053D39A3" w14:textId="77777777" w:rsidR="00561B47" w:rsidRPr="00561B47" w:rsidRDefault="00561B47" w:rsidP="00561B47">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Uzyskanie opinii Komendanta Miejskiego Policji stanowi odrębną procedurę.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="507567D7" w14:textId="77777777" w:rsidR="00872BC8" w:rsidRDefault="00A20549" w:rsidP="00F06FC0">
+    <w:p w14:paraId="18D8C86E" w14:textId="77777777" w:rsidR="00561B47" w:rsidRPr="00561B47" w:rsidRDefault="00561B47" w:rsidP="00561B47">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Uzyskanie zatwierdzenia projektu organizacji ruchu przez organ zarządzający ruchem stanowi odrębną procedurę.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F8DEFDD" w14:textId="77777777" w:rsidR="00561B47" w:rsidRPr="00561B47" w:rsidRDefault="00561B47" w:rsidP="00561B47">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dodatkowe informacje można uzyskać pod numerem telefonu: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>32 39 69 730</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D120085" w14:textId="77777777" w:rsidR="00BA317B" w:rsidRPr="003D53FD" w:rsidRDefault="00BA317B" w:rsidP="00BA317B">
       <w:pPr>
         <w:pStyle w:val="Teksttreci0"/>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r>
         <w:rPr>
           <w:rStyle w:val="Teksttreci"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="431D8B7B" w14:textId="77777777" w:rsidR="00872BC8" w:rsidRDefault="00A20549" w:rsidP="00F06FC0">
-[...65 lines deleted...]
-    <w:p w14:paraId="63650CE5" w14:textId="77777777" w:rsidR="00F06FC0" w:rsidRDefault="00F06FC0" w:rsidP="00F06FC0">
+    <w:p w14:paraId="56AABD4A" w14:textId="77777777" w:rsidR="00BA317B" w:rsidRDefault="00BA317B" w:rsidP="00BA317B">
       <w:pPr>
         <w:pStyle w:val="Teksttreci60"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0" w:after="0" w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Klauzula Informacyjna </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36AC90D9" w14:textId="77777777" w:rsidR="00F06FC0" w:rsidRDefault="00F06FC0" w:rsidP="00F06FC0">
+    <w:p w14:paraId="6F2CAAF4" w14:textId="77777777" w:rsidR="00BA317B" w:rsidRDefault="00BA317B" w:rsidP="00BA317B">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>1. Administratorem Danych Osobowych jest:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> Miejski Zarząd Dróg i Mostów, ul. Smolenia 35, 41-902 Bytom tel. 32 39 69 700, e-mail: sekretariat@mzdim.bytom.pl </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="153D9EA4" w14:textId="77777777" w:rsidR="00F06FC0" w:rsidRDefault="00F06FC0" w:rsidP="00F06FC0">
+    <w:p w14:paraId="1FA74223" w14:textId="77777777" w:rsidR="00BA317B" w:rsidRDefault="00BA317B" w:rsidP="00BA317B">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>2. Reprezentantem Administratora Danych Osobowych jest Dyrektor Miejskiego Zarządu Dróg i Mostów w Bytomiu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77FBA9D4" w14:textId="77777777" w:rsidR="00F06FC0" w:rsidRDefault="00F06FC0" w:rsidP="00F06FC0">
+    <w:p w14:paraId="6EA0F6FA" w14:textId="7112DB35" w:rsidR="00BA317B" w:rsidRDefault="00BA317B" w:rsidP="00BA317B">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
-        <w:t>3. Dane kontaktowe Inspektora Ochrony Danych: Radosław Schejbal; e-mail: iod@mzdim.bytom.pl</w:t>
+        <w:t xml:space="preserve">3. Dane kontaktowe Inspektora Ochrony Danych: </w:t>
+      </w:r>
+      <w:r w:rsidR="00104F02">
+        <w:rPr>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t>Ewelina Wysocka</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t>; e-mail: iod@mzdim.bytom.pl</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CAF2952" w14:textId="77777777" w:rsidR="00F06FC0" w:rsidRDefault="00F06FC0" w:rsidP="00F06FC0">
+    <w:p w14:paraId="302FD2DA" w14:textId="77777777" w:rsidR="00BA317B" w:rsidRDefault="00BA317B" w:rsidP="00BA317B">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>4. Dane osobowe są przetwarzane przez Administratora w celu: realizacji zadań określonych przepisami prawa, wypełnienia obowiązku prawnego oraz wykonywania zadań przez organ publiczny.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36D0F9A5" w14:textId="77777777" w:rsidR="00F06FC0" w:rsidRDefault="00F06FC0" w:rsidP="00F06FC0">
+    <w:p w14:paraId="35B8BCC1" w14:textId="77777777" w:rsidR="00BA317B" w:rsidRDefault="00BA317B" w:rsidP="00BA317B">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>5. Podstawy prawne przetwarzania: Rozporządzenie Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych) art 6 lit. a-e, w powiązaniu z przepisami prawa, w szczególności:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A05F407" w14:textId="77777777" w:rsidR="00F06FC0" w:rsidRDefault="00F06FC0" w:rsidP="00F06FC0">
+    <w:p w14:paraId="0B2DFD80" w14:textId="77777777" w:rsidR="00BA317B" w:rsidRDefault="00BA317B" w:rsidP="00BA317B">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>- Ustawa z dnia 10 maja 2018 r. o ochronie danych osobowych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="216F7627" w14:textId="77777777" w:rsidR="00F06FC0" w:rsidRDefault="00F06FC0" w:rsidP="00F06FC0">
+    <w:p w14:paraId="7E62D29D" w14:textId="77777777" w:rsidR="00BA317B" w:rsidRDefault="00BA317B" w:rsidP="00BA317B">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>- Ustawa z dnia 20 czerwca 1997 r. - Prawo o ruchu drogowym;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C148631" w14:textId="77777777" w:rsidR="00F06FC0" w:rsidRDefault="00F06FC0" w:rsidP="00F06FC0">
+    <w:p w14:paraId="3036DD4D" w14:textId="77777777" w:rsidR="00BA317B" w:rsidRDefault="00BA317B" w:rsidP="00BA317B">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>- Uchwała Nr XLIV/680/05 z dnia 29 czerwca 2005 r. o utworzeniu jednostki budżetowej pod nazwą: Miejski Zarząd Dróg i Mostów w Bytomiu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A6CDF57" w14:textId="77777777" w:rsidR="00F06FC0" w:rsidRDefault="00F06FC0" w:rsidP="00F06FC0">
+    <w:p w14:paraId="43D4AE03" w14:textId="77777777" w:rsidR="00BA317B" w:rsidRDefault="00BA317B" w:rsidP="00BA317B">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve">- Uchwała Rady Miejskiej w Bytomiu nr </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>NR</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> XVIII/242/15 z dnia 23.11.2015 r. dotycząca Strefy Płatnego Parkowania.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DC0E8C4" w14:textId="77777777" w:rsidR="00F06FC0" w:rsidRDefault="00F06FC0" w:rsidP="00F06FC0">
+    <w:p w14:paraId="5124772A" w14:textId="77777777" w:rsidR="00BA317B" w:rsidRDefault="00BA317B" w:rsidP="00BA317B">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>6. Odbiorcami danych osobowych są osoby fizyczne i prawne na podstawie przepisów prawa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CAE9113" w14:textId="77777777" w:rsidR="00F06FC0" w:rsidRDefault="00F06FC0" w:rsidP="00F06FC0">
+    <w:p w14:paraId="7EFC6A6F" w14:textId="77777777" w:rsidR="00BA317B" w:rsidRDefault="00BA317B" w:rsidP="00BA317B">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>7. Dane osobowe będą przetwarzane przez czas określony przepisami prawa, w szczególności w celach archiwalnych.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="500078FE" w14:textId="77777777" w:rsidR="00F06FC0" w:rsidRDefault="00F06FC0" w:rsidP="00F06FC0">
+    <w:p w14:paraId="348C1EE8" w14:textId="77777777" w:rsidR="00BA317B" w:rsidRDefault="00BA317B" w:rsidP="00BA317B">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>8. Prawa przysługujące osobie, której dane są przetwarzane:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D2E821D" w14:textId="77777777" w:rsidR="00F06FC0" w:rsidRDefault="00F06FC0" w:rsidP="00F06FC0">
+    <w:p w14:paraId="7E8A8A69" w14:textId="77777777" w:rsidR="00BA317B" w:rsidRDefault="00BA317B" w:rsidP="00BA317B">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>Osoba, której dane dotyczą ma prawo dostępu do treści swoich danych oraz prawo do ich sprostowania, ograniczenia przetwarzania, prawo do przenoszenia danych, prawo do wniesienia sprzeciwu, prawo do cofnięcia zgody w dowolnym momencie (jeżeli przetwarzanie odbywa się na podstawie zgody) oraz prawo do wniesienia skargi do organu nadzorczego, gdy uzna, iż przetwarzanie danych osobowych jego dotyczących narusza przepisy ogólnego rozporządzenia o ochronie danych osobowych z dnia 27 kwietnia 2016 r. (UE 2016/679).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C426435" w14:textId="77777777" w:rsidR="00F06FC0" w:rsidRDefault="00F06FC0" w:rsidP="00F06FC0">
+    <w:p w14:paraId="23ECE012" w14:textId="77777777" w:rsidR="00BA317B" w:rsidRDefault="00BA317B" w:rsidP="00BA317B">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>9. Podanie danych osobowych jest dobrowolne, jednakże w celu realizacji zadań objętych przepisami prawa jest niezbędne. W niniejszym przypadku jest wymogiem prawnym oraz warunkiem realizacji prawnie uzasadnionych interesów: administratora oraz osób, których dane są przetwarzane.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A0B1EA4" w14:textId="77777777" w:rsidR="00F06FC0" w:rsidRDefault="00F06FC0" w:rsidP="00F06FC0">
+    <w:p w14:paraId="515CEB2E" w14:textId="77777777" w:rsidR="00BA317B" w:rsidRDefault="00BA317B" w:rsidP="00BA317B">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>10 W trakcie przetwarzania Państwa danych osobowych nie dochodzi do wyłącznie zautomatyzowanego podejmowania decyzji ani do profilowania, o których mowa w art.22 ust. 1 i 4 RODO. Oznacza to, że żadne decyzje nie będą zapadać wyłącznie automatycznie oraz, że nie buduje się żadnych profili.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77A36E2A" w14:textId="77777777" w:rsidR="00D146A9" w:rsidRPr="00F06FC0" w:rsidRDefault="00F06FC0" w:rsidP="00F06FC0">
+    <w:p w14:paraId="4023635E" w14:textId="2E0C76BC" w:rsidR="00702C16" w:rsidRPr="003D53FD" w:rsidRDefault="00BA317B" w:rsidP="003D53FD">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>11. W przypadku uznania, iż przetwarzanie przez Administratora Państwa danych osobowych narusza przepisy RODO, przysługuje Państwu prawo do wniesienia skargi do Prezesa Urzędu Ochrony Danych Osobowych, ul. Stawki 2, 00-193 Warszawa.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00D146A9" w:rsidRPr="00F06FC0">
-[...4 lines deleted...]
-      <w:noEndnote/>
+    <w:sectPr w:rsidR="00702C16" w:rsidRPr="003D53FD" w:rsidSect="003D53FD">
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:type w:val="continuous"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="993" w:left="1417" w:header="340" w:footer="410" w:gutter="0"/>
+      <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3AACFA40" w14:textId="77777777" w:rsidR="00DE41D5" w:rsidRDefault="00DE41D5">
+    <w:p w14:paraId="2D4D5A83" w14:textId="77777777" w:rsidR="006F5131" w:rsidRDefault="006F5131">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="139078D5" w14:textId="77777777" w:rsidR="00DE41D5" w:rsidRDefault="00DE41D5">
+    <w:p w14:paraId="182C2B3C" w14:textId="77777777" w:rsidR="006F5131" w:rsidRDefault="006F5131">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
-    <w:family w:val="modern"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CIDFont+F1">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="EE"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000005" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000002" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="57D69C24" w14:textId="77777777" w:rsidR="00702C16" w:rsidRDefault="00702C16" w:rsidP="00C04F8C">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4536"/>
+        <w:tab w:val="clear" w:pos="9072"/>
+        <w:tab w:val="left" w:pos="1403"/>
+      </w:tabs>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="28575C9E" w14:textId="296F5AD8" w:rsidR="00FD5FE2" w:rsidRPr="00BA317B" w:rsidRDefault="00FD5FE2" w:rsidP="00BA317B">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>_______________________________________________________________________________________________________________________________</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="3A88D185" w14:textId="33BC5DDA" w:rsidR="00C64726" w:rsidRPr="003D53FD" w:rsidRDefault="00FD5FE2" w:rsidP="00FD5FE2">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="6090"/>
+      </w:tabs>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="003D53FD">
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>Sekretariat (32) 39-69-700 • Kasa (32) 39-69-718 •  Główny Inżynier  (32) 39-69-707 •</w:t>
+    </w:r>
+    <w:r w:rsidR="001E1D6E" w:rsidRPr="003D53FD">
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="003D53FD">
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>Dział  Finansowo  -  Księgowy  (32) 39-69-715  •  Dział  Zamówień  Publicznych  (32) 39-69-725  •  Dział  Inżynierii  Ruchu  (32) 39-69-730  •</w:t>
+    </w:r>
+    <w:r w:rsidR="001E1D6E" w:rsidRPr="003D53FD">
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="003D53FD">
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>Dział techniczny (32) 39-69-740 • Inspektorzy Nadzoru Inwestorskiego (32) 39-69-742  • Uzgodnienia (32) 39-69-745 • Oświetlenie (32) 39-69-749 •</w:t>
+    </w:r>
+    <w:r w:rsidR="001E1D6E" w:rsidRPr="003D53FD">
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="003D53FD">
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Dział  Strefy Płatnego Parkowania (32) 39-69-750 • Dział Kadr i Płac (32) 39-69-760 • Dział Inwestycji (32) 39-69-765 • </w:t>
+    </w:r>
+    <w:r w:rsidR="00CB3065" w:rsidRPr="003D53FD">
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>Zabezpieczenie Ruchu Drogowego</w:t>
+    </w:r>
+    <w:r w:rsidRPr="003D53FD">
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (32) 39-69-770 •</w:t>
+    </w:r>
+    <w:r w:rsidR="001E1D6E" w:rsidRPr="003D53FD">
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="003D53FD">
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Dział  </w:t>
+    </w:r>
+    <w:r w:rsidR="00EA4B8F" w:rsidRPr="003D53FD">
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Administracyjno-Organizacyjny </w:t>
+    </w:r>
+    <w:r w:rsidRPr="003D53FD">
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>i  Decyzji  (32) 39-69-775  •  Dział Kanalizacji Deszczowej  (32 ) 39-69-780  • Dział Oczyszczania (32) 39-69-785  •</w:t>
+    </w:r>
+    <w:r w:rsidR="00CB3065" w:rsidRPr="003D53FD">
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="003D53FD">
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Dział </w:t>
+    </w:r>
+    <w:r w:rsidR="00D955B1" w:rsidRPr="003D53FD">
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>Przestrzeni Miejskiej</w:t>
+    </w:r>
+    <w:r w:rsidRPr="003D53FD">
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (32) 39-69-790 • Cmentarz (32) 42-07-790 •</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="464DC205" w14:textId="77777777" w:rsidR="00DE41D5" w:rsidRDefault="00DE41D5"/>
+    <w:p w14:paraId="1C54C1ED" w14:textId="77777777" w:rsidR="006F5131" w:rsidRDefault="006F5131">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4DC33DD0" w14:textId="77777777" w:rsidR="00DE41D5" w:rsidRDefault="00DE41D5"/>
+    <w:p w14:paraId="7848C9FD" w14:textId="77777777" w:rsidR="006F5131" w:rsidRDefault="006F5131">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="75406D8E" w14:textId="123C4E77" w:rsidR="00A55A06" w:rsidRDefault="00F46E8C" w:rsidP="000713C9">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="2625"/>
+      </w:tabs>
+      <w:ind w:left="567"/>
+      <w:rPr>
+        <w:b/>
+        <w:sz w:val="44"/>
+        <w:szCs w:val="44"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D7A5495" wp14:editId="65585F47">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>2257107</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>635</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="3900170" cy="1095375"/>
+              <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+              <wp:wrapSquare wrapText="bothSides"/>
+              <wp:docPr id="367019796" name="Pole tekstowe 2"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="3900170" cy="1095375"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="5C2DFD03" w14:textId="77777777" w:rsidR="00AA5B1C" w:rsidRDefault="00AA5B1C" w:rsidP="000713C9">
+                          <w:pPr>
+                            <w:tabs>
+                              <w:tab w:val="left" w:pos="2625"/>
+                            </w:tabs>
+                            <w:ind w:right="46"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="44"/>
+                              <w:szCs w:val="44"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00CE3645">
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="44"/>
+                              <w:szCs w:val="44"/>
+                            </w:rPr>
+                            <w:t>Miejski Zarząd Dróg i Mostów</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="016AE388" w14:textId="628D66F7" w:rsidR="00AA5B1C" w:rsidRPr="005136E9" w:rsidRDefault="00AA5B1C" w:rsidP="000713C9">
+                          <w:pPr>
+                            <w:ind w:right="46"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="005136E9">
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>41-902 Bytom, ul. Smolenia 35</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="005136E9">
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:br/>
+                            <w:t>Regon</w:t>
+                          </w:r>
+                          <w:r w:rsidR="005136E9">
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>:</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="005136E9">
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> 240136989  NIP</w:t>
+                          </w:r>
+                          <w:r w:rsidR="005136E9">
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>:</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="005136E9">
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> 626-279-11-35</w:t>
+                          </w:r>
+                          <w:r w:rsidR="005136E9">
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="005136E9">
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>tel. (32) 39-69-700</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="7CA78117" w14:textId="0BC7B0E7" w:rsidR="00AA5B1C" w:rsidRDefault="005136E9" w:rsidP="000713C9">
+                          <w:pPr>
+                            <w:pStyle w:val="Nagwek"/>
+                            <w:pBdr>
+                              <w:bottom w:val="single" w:sz="12" w:space="8" w:color="auto"/>
+                            </w:pBdr>
+                            <w:tabs>
+                              <w:tab w:val="clear" w:pos="4536"/>
+                              <w:tab w:val="clear" w:pos="9072"/>
+                              <w:tab w:val="left" w:pos="2625"/>
+                            </w:tabs>
+                            <w:ind w:right="46"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>https://</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00716C4D" w:rsidRPr="005136E9">
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>www.mzdim.bytom.pl</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00AA5B1C" w:rsidRPr="005136E9">
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>;</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00716C4D" w:rsidRPr="005136E9">
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidR="00AA5B1C" w:rsidRPr="005136E9">
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>e-mail:</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00716C4D" w:rsidRPr="005136E9">
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="0001044B">
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                              <w:lang w:val="pl-PL"/>
+                            </w:rPr>
+                            <w:t>sekretariat</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="0001044B">
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>@mzdim.bytom.pl</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="2E4FE1E6" w14:textId="6D815454" w:rsidR="005136E9" w:rsidRPr="005136E9" w:rsidRDefault="005136E9" w:rsidP="000713C9">
+                          <w:pPr>
+                            <w:pStyle w:val="Nagwek"/>
+                            <w:pBdr>
+                              <w:bottom w:val="single" w:sz="12" w:space="8" w:color="auto"/>
+                            </w:pBdr>
+                            <w:tabs>
+                              <w:tab w:val="clear" w:pos="4536"/>
+                              <w:tab w:val="clear" w:pos="9072"/>
+                              <w:tab w:val="left" w:pos="2625"/>
+                            </w:tabs>
+                            <w:ind w:right="46"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">Adres do e-Doręczeń: </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="005136E9">
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>AE:PL-51969-75846-TUEFH-22</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="2D7A5495" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Pole tekstowe 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:177.7pt;margin-top:.05pt;width:307.1pt;height:86.25pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDkz7po4AEAAKIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNEm3pTRqulp2tQhp&#10;WZAWPsBx7MYi8Zix26R8PWOn2y1wQ1wse2by5r03k8312HfsoNAbsBUvZjlnykpojN1V/NvX+zfv&#10;OPNB2EZ0YFXFj8rz6+3rV5vBlWoOLXSNQkYg1peDq3gbgiuzzMtW9cLPwClLSQ3Yi0BP3GUNioHQ&#10;+y6b5/nbbABsHIJU3lP0bkrybcLXWsnwWWuvAusqTtxCOjGddTyz7UaUOxSuNfJEQ/wDi14YS03P&#10;UHciCLZH8xdUbySCBx1mEvoMtDZSJQ2kpsj/UPPUCqeSFjLHu7NN/v/BysfDk/uCLIzvYaQBJhHe&#10;PYD87pmF21bYnbpBhKFVoqHGRbQsG5wvT59Gq33pI0g9fIKGhiz2ARLQqLGPrpBORug0gOPZdDUG&#10;Jil4tc7zYkUpSbkiXy+vVsvUQ5TPnzv04YOCnsVLxZGmmuDF4cGHSEeUzyWxm4V703Vpsp39LUCF&#10;MZLoR8YT9zDWI1VHGTU0RxKCMC0KLTZdWsCfnA20JBX3P/YCFWfdR0tmrIvFIm5VeiyWqzk98DJT&#10;X2aElQRV8cDZdL0N0ybuHZpdS50m+y3ckIHaJGkvrE68aRGS4tPSxk27fKeql19r+wsAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAJjCxIPcAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1&#10;SNyoTWkCCXGqCsQV1BaQuLnxNokar6PYbcLfsz3R4+iNZt8Wy8l14oRDaD1puJ8pEEiVty3VGj63&#10;b3dPIEI0ZE3nCTX8YoBleX1VmNz6kdZ42sRa8AiF3GhoYuxzKUPVoDNh5nskZns/OBM5DrW0gxl5&#10;3HVyrlQqnWmJLzSmx5cGq8Pm6DR8ve9/vhfqo351ST/6SUlymdT69mZaPYOIOMX/Mpz1WR1Kdtr5&#10;I9kgOg0PSbLg6hkIxlmapSB2HB/nKciykJcPlH8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA5M+6aOABAACiAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAmMLEg9wAAAAIAQAADwAAAAAAAAAAAAAAAAA6BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="5C2DFD03" w14:textId="77777777" w:rsidR="00AA5B1C" w:rsidRDefault="00AA5B1C" w:rsidP="000713C9">
+                    <w:pPr>
+                      <w:tabs>
+                        <w:tab w:val="left" w:pos="2625"/>
+                      </w:tabs>
+                      <w:ind w:right="46"/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="44"/>
+                        <w:szCs w:val="44"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00CE3645">
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="44"/>
+                        <w:szCs w:val="44"/>
+                      </w:rPr>
+                      <w:t>Miejski Zarząd Dróg i Mostów</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="016AE388" w14:textId="628D66F7" w:rsidR="00AA5B1C" w:rsidRPr="005136E9" w:rsidRDefault="00AA5B1C" w:rsidP="000713C9">
+                    <w:pPr>
+                      <w:ind w:right="46"/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="005136E9">
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>41-902 Bytom, ul. Smolenia 35</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="005136E9">
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:br/>
+                      <w:t>Regon</w:t>
+                    </w:r>
+                    <w:r w:rsidR="005136E9">
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>:</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="005136E9">
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> 240136989  NIP</w:t>
+                    </w:r>
+                    <w:r w:rsidR="005136E9">
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>:</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="005136E9">
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> 626-279-11-35</w:t>
+                    </w:r>
+                    <w:r w:rsidR="005136E9">
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="005136E9">
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>tel. (32) 39-69-700</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="7CA78117" w14:textId="0BC7B0E7" w:rsidR="00AA5B1C" w:rsidRDefault="005136E9" w:rsidP="000713C9">
+                    <w:pPr>
+                      <w:pStyle w:val="Nagwek"/>
+                      <w:pBdr>
+                        <w:bottom w:val="single" w:sz="12" w:space="8" w:color="auto"/>
+                      </w:pBdr>
+                      <w:tabs>
+                        <w:tab w:val="clear" w:pos="4536"/>
+                        <w:tab w:val="clear" w:pos="9072"/>
+                        <w:tab w:val="left" w:pos="2625"/>
+                      </w:tabs>
+                      <w:ind w:right="46"/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>https://</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00716C4D" w:rsidRPr="005136E9">
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>www.mzdim.bytom.pl</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00AA5B1C" w:rsidRPr="005136E9">
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>;</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00716C4D" w:rsidRPr="005136E9">
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidR="00AA5B1C" w:rsidRPr="005136E9">
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>e-mail:</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00716C4D" w:rsidRPr="005136E9">
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="0001044B">
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                        <w:lang w:val="pl-PL"/>
+                      </w:rPr>
+                      <w:t>sekretariat</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="0001044B">
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>@mzdim.bytom.pl</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="2E4FE1E6" w14:textId="6D815454" w:rsidR="005136E9" w:rsidRPr="005136E9" w:rsidRDefault="005136E9" w:rsidP="000713C9">
+                    <w:pPr>
+                      <w:pStyle w:val="Nagwek"/>
+                      <w:pBdr>
+                        <w:bottom w:val="single" w:sz="12" w:space="8" w:color="auto"/>
+                      </w:pBdr>
+                      <w:tabs>
+                        <w:tab w:val="clear" w:pos="4536"/>
+                        <w:tab w:val="clear" w:pos="9072"/>
+                        <w:tab w:val="left" w:pos="2625"/>
+                      </w:tabs>
+                      <w:ind w:right="46"/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">Adres do e-Doręczeń: </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="005136E9">
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>AE:PL-51969-75846-TUEFH-22</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap type="square"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="490B93B2" wp14:editId="1D11C794">
+          <wp:extent cx="1647825" cy="1038225"/>
+          <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+          <wp:docPr id="409669079" name="Obraz 409669079"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                        <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                          <a14:imgLayer r:embed="rId2">
+                            <a14:imgEffect>
+                              <a14:saturation sat="231000"/>
+                            </a14:imgEffect>
+                          </a14:imgLayer>
+                        </a14:imgProps>
+                      </a:ext>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1647825" cy="1038225"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidR="00702C16">
+      <w:rPr>
+        <w:b/>
+        <w:sz w:val="44"/>
+        <w:szCs w:val="44"/>
+      </w:rPr>
+      <w:t xml:space="preserve">                       </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="7D51D87E" w14:textId="2DC51559" w:rsidR="004455E0" w:rsidRPr="004455E0" w:rsidRDefault="000713C9" w:rsidP="000713C9">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="2625"/>
+      </w:tabs>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:b/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>____________________________________________________________________________________________________________________</w:t>
+    </w:r>
+    <w:r w:rsidR="00FE5D9E">
+      <w:rPr>
+        <w:b/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>__</w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3AAC6DF8" w14:textId="77777777" w:rsidR="00702C16" w:rsidRPr="00C04F8C" w:rsidRDefault="00702C16" w:rsidP="00C04F8C">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="00143214"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BDDC585C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AEB77C0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AED813E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="pl-PL"/>
@@ -1336,232 +2269,860 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="68699447">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3F6725D0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A768D8EE"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4FD73F2E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FE84B2D2"/>
+    <w:lvl w:ilvl="0" w:tplc="C59ED07E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="405" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1125" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1845" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2565" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3285" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4005" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4725" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5445" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6165" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5696104A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8D186954"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5F533F2A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BB52B1FC"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7270145E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1CD44E0A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1796017399">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="144518673">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="217521949">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1134251938">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="68699447">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="363605125">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="540896837">
+    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:gutterAtTop/>
   <w:proofState w:spelling="clean"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:drawingGridHorizontalSpacing w:val="181"/>
-[...1 lines deleted...]
-  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:drawingGridHorizontalSpacing w:val="120"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:doNotExpandShiftReturn/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00872BC8"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00F50AF4"/>
+    <w:rsidRoot w:val="008E535F"/>
+    <w:rsid w:val="0000634C"/>
+    <w:rsid w:val="0001044B"/>
+    <w:rsid w:val="00013DC7"/>
+    <w:rsid w:val="00033B7D"/>
+    <w:rsid w:val="000713C9"/>
+    <w:rsid w:val="00085220"/>
+    <w:rsid w:val="000B079C"/>
+    <w:rsid w:val="000B3533"/>
+    <w:rsid w:val="00102617"/>
+    <w:rsid w:val="00104F02"/>
+    <w:rsid w:val="00106184"/>
+    <w:rsid w:val="0014302C"/>
+    <w:rsid w:val="001E152C"/>
+    <w:rsid w:val="001E1D6E"/>
+    <w:rsid w:val="002121FA"/>
+    <w:rsid w:val="00226365"/>
+    <w:rsid w:val="002316E9"/>
+    <w:rsid w:val="00235DF4"/>
+    <w:rsid w:val="00255DD6"/>
+    <w:rsid w:val="00256401"/>
+    <w:rsid w:val="0026452B"/>
+    <w:rsid w:val="00274F7C"/>
+    <w:rsid w:val="002907E6"/>
+    <w:rsid w:val="00290EA1"/>
+    <w:rsid w:val="002B6196"/>
+    <w:rsid w:val="002B6CC0"/>
+    <w:rsid w:val="002C3C3E"/>
+    <w:rsid w:val="002D6CA9"/>
+    <w:rsid w:val="002F58F1"/>
+    <w:rsid w:val="002F76E4"/>
+    <w:rsid w:val="00301609"/>
+    <w:rsid w:val="003351D2"/>
+    <w:rsid w:val="00373EA1"/>
+    <w:rsid w:val="0038109B"/>
+    <w:rsid w:val="00391BFA"/>
+    <w:rsid w:val="003B0CC2"/>
+    <w:rsid w:val="003B11E7"/>
+    <w:rsid w:val="003B4FD6"/>
+    <w:rsid w:val="003D53FD"/>
+    <w:rsid w:val="004455E0"/>
+    <w:rsid w:val="00451C68"/>
+    <w:rsid w:val="004562A1"/>
+    <w:rsid w:val="00475D68"/>
+    <w:rsid w:val="00476722"/>
+    <w:rsid w:val="004C0F28"/>
+    <w:rsid w:val="0050775E"/>
+    <w:rsid w:val="005136E9"/>
+    <w:rsid w:val="00526880"/>
+    <w:rsid w:val="005272AB"/>
+    <w:rsid w:val="00536557"/>
+    <w:rsid w:val="0054627D"/>
+    <w:rsid w:val="00561B47"/>
+    <w:rsid w:val="00595058"/>
+    <w:rsid w:val="005D059F"/>
+    <w:rsid w:val="005E0DDB"/>
+    <w:rsid w:val="005F3760"/>
+    <w:rsid w:val="00610139"/>
+    <w:rsid w:val="00612A00"/>
+    <w:rsid w:val="00612C97"/>
+    <w:rsid w:val="006416E0"/>
+    <w:rsid w:val="00650FA5"/>
+    <w:rsid w:val="006557A7"/>
+    <w:rsid w:val="00674BBA"/>
+    <w:rsid w:val="006D178B"/>
+    <w:rsid w:val="006E1409"/>
+    <w:rsid w:val="006F06C3"/>
+    <w:rsid w:val="006F5131"/>
+    <w:rsid w:val="00702C16"/>
+    <w:rsid w:val="00716C4D"/>
+    <w:rsid w:val="00733AFF"/>
+    <w:rsid w:val="00734B0C"/>
+    <w:rsid w:val="007A4D05"/>
+    <w:rsid w:val="007F76CA"/>
+    <w:rsid w:val="00832591"/>
+    <w:rsid w:val="0085245D"/>
+    <w:rsid w:val="008711DF"/>
+    <w:rsid w:val="008744D3"/>
+    <w:rsid w:val="00890ADD"/>
+    <w:rsid w:val="008A0EE5"/>
+    <w:rsid w:val="008A1634"/>
+    <w:rsid w:val="008B133D"/>
+    <w:rsid w:val="008B2567"/>
+    <w:rsid w:val="008D40A3"/>
+    <w:rsid w:val="008E2741"/>
+    <w:rsid w:val="008E535F"/>
+    <w:rsid w:val="00925796"/>
+    <w:rsid w:val="00930EB6"/>
+    <w:rsid w:val="0094182C"/>
+    <w:rsid w:val="00985762"/>
+    <w:rsid w:val="00993253"/>
+    <w:rsid w:val="009977B6"/>
+    <w:rsid w:val="009A20FA"/>
+    <w:rsid w:val="009E5596"/>
+    <w:rsid w:val="009F7555"/>
+    <w:rsid w:val="00A3571A"/>
+    <w:rsid w:val="00A55A06"/>
+    <w:rsid w:val="00A57DB3"/>
+    <w:rsid w:val="00A901AB"/>
+    <w:rsid w:val="00AA5B1C"/>
+    <w:rsid w:val="00AC4854"/>
+    <w:rsid w:val="00AE58B9"/>
+    <w:rsid w:val="00AF24DD"/>
+    <w:rsid w:val="00AF29F2"/>
+    <w:rsid w:val="00B01628"/>
+    <w:rsid w:val="00B60F1F"/>
+    <w:rsid w:val="00BA317B"/>
+    <w:rsid w:val="00BA71E2"/>
+    <w:rsid w:val="00BC48CA"/>
+    <w:rsid w:val="00BE1CE8"/>
+    <w:rsid w:val="00BE2900"/>
+    <w:rsid w:val="00C04F8C"/>
+    <w:rsid w:val="00C36442"/>
+    <w:rsid w:val="00C45C67"/>
+    <w:rsid w:val="00C64726"/>
+    <w:rsid w:val="00C65155"/>
+    <w:rsid w:val="00C972AC"/>
+    <w:rsid w:val="00CB3065"/>
+    <w:rsid w:val="00CB6AC7"/>
+    <w:rsid w:val="00CD2AA9"/>
+    <w:rsid w:val="00CD428C"/>
+    <w:rsid w:val="00CD71BA"/>
+    <w:rsid w:val="00CE3645"/>
+    <w:rsid w:val="00CE72FC"/>
+    <w:rsid w:val="00D10259"/>
+    <w:rsid w:val="00D21F72"/>
+    <w:rsid w:val="00D43291"/>
+    <w:rsid w:val="00D9509E"/>
+    <w:rsid w:val="00D955B1"/>
+    <w:rsid w:val="00D95D5D"/>
+    <w:rsid w:val="00DA43AA"/>
+    <w:rsid w:val="00DB5426"/>
+    <w:rsid w:val="00DC2733"/>
+    <w:rsid w:val="00DF5889"/>
+    <w:rsid w:val="00E375B2"/>
+    <w:rsid w:val="00E75128"/>
+    <w:rsid w:val="00E82C4A"/>
+    <w:rsid w:val="00E84BE5"/>
+    <w:rsid w:val="00EA4B8F"/>
+    <w:rsid w:val="00EB3221"/>
+    <w:rsid w:val="00EB468C"/>
+    <w:rsid w:val="00EB49A7"/>
+    <w:rsid w:val="00EE2814"/>
+    <w:rsid w:val="00EE4DFB"/>
+    <w:rsid w:val="00EF38BA"/>
+    <w:rsid w:val="00F46E8C"/>
+    <w:rsid w:val="00F617FA"/>
+    <w:rsid w:val="00F62CC8"/>
+    <w:rsid w:val="00F64676"/>
+    <w:rsid w:val="00F7613A"/>
+    <w:rsid w:val="00FD5FE2"/>
+    <w:rsid w:val="00FD65E2"/>
+    <w:rsid w:val="00FE5D9E"/>
+    <w:rsid w:val="00FF51DE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0B6158D2"/>
-  <w15:docId w15:val="{CA6F328F-C521-467C-ACFF-B3B7F22840EA}"/>
+  <w14:docId w14:val="0787FE3C"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{93E387D7-6255-4648-BAE5-409A5C14BFD2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...2 lines deleted...]
-        <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="pl-PL"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-[...8 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 2" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 3" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 4" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 5" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 6" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 7" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 8" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 9" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1583,51 +3144,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -1808,365 +3369,1725 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
+    <w:qFormat/>
     <w:rPr>
-      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:link w:val="Nagwek1Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="003B4FD6"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Teksttreci3">
-[...2 lines deleted...]
-    <w:link w:val="Teksttreci30"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
+    <w:name w:val="Nagłówek 1 Znak"/>
+    <w:link w:val="Nagwek1"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-      <w:u w:val="none"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipercze">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003B4FD6"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="NagwekZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="009F7555"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:link w:val="Nagwek"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Stopka">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="StopkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="009F7555"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
+    <w:name w:val="Stopka Znak"/>
+    <w:link w:val="Stopka"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="009E5596"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Bezodstpw">
+    <w:name w:val="No Spacing"/>
+    <w:link w:val="BezodstpwZnak"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="0014302C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BezodstpwZnak">
+    <w:name w:val="Bez odstępów Znak"/>
+    <w:link w:val="Bezodstpw"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="0014302C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstdymka">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstdymkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0014302C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
+    <w:name w:val="Tekst dymka Znak"/>
+    <w:link w:val="Tekstdymka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0014302C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Nierozpoznanawzmianka">
+    <w:name w:val="Unresolved Mention"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00716C4D"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Teksttreci">
     <w:name w:val="Tekst treści_"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Teksttreci0"/>
-    <w:rPr>
-[...10 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00BA317B"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Teksttreci2">
     <w:name w:val="Tekst treści (2)_"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Teksttreci20"/>
+    <w:rsid w:val="00BA317B"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-      <w:strike w:val="0"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Teksttreci4">
     <w:name w:val="Tekst treści (4)_"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Teksttreci40"/>
+    <w:rsid w:val="00BA317B"/>
     <w:rPr>
-      <w:b w:val="0"/>
-      <w:bCs w:val="0"/>
       <w:i/>
       <w:iCs/>
-      <w:smallCaps w:val="0"/>
-      <w:strike w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:u w:val="none"/>
-[...12 lines deleted...]
-      <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Teksttreci0">
     <w:name w:val="Tekst treści"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="Teksttreci"/>
+    <w:rsid w:val="00BA317B"/>
     <w:pPr>
+      <w:widowControl w:val="0"/>
       <w:spacing w:after="240"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Teksttreci20">
     <w:name w:val="Tekst treści (2)"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="Teksttreci2"/>
+    <w:rsid w:val="00BA317B"/>
     <w:pPr>
+      <w:widowControl w:val="0"/>
       <w:spacing w:after="270"/>
       <w:ind w:left="1290"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Teksttreci40">
     <w:name w:val="Tekst treści (4)"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="Teksttreci4"/>
+    <w:rsid w:val="00BA317B"/>
     <w:pPr>
+      <w:widowControl w:val="0"/>
       <w:spacing w:after="240"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hipercze">
-[...9 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Teksttreci6">
     <w:name w:val="Tekst treści (6)_"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Teksttreci60"/>
-    <w:rsid w:val="00F06FC0"/>
+    <w:rsid w:val="00BA317B"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Teksttreci60">
     <w:name w:val="Tekst treści (6)"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="Teksttreci6"/>
-    <w:rsid w:val="00F06FC0"/>
+    <w:rsid w:val="00BA317B"/>
     <w:pPr>
+      <w:widowControl w:val="0"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:spacing w:before="420" w:after="240" w:line="365" w:lineRule="exact"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="auto"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalnyWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00561B47"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Pogrubienie">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00561B47"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="8416066">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="396442358">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="22170626">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="180163775">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="100957696">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2116557105">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="164564181">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="122773864">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="208734605">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="427971073">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="222763601">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="322121875">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="275529290">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="737552">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="283540235">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1618757210">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="386800834">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2018727993">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="391196327">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1248617947">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="436683932">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1114439774">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="478882624">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1331833723">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="486674422">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1645887556">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="514030382">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="39090355">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="550769926">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2008900012">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="630982307">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="895118091">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="674963847">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="319505310">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="728654399">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1683313954">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="760641224">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1604803078">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="796873812">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2078820668">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="812598913">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2037348422">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="843975047">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1994025532">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="919755049">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2139258240">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="923879842">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1631746832">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="948201947">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="949123098">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="973022633">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2061245363">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="988368461">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="91750798">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="997728923">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2133205256">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1058825249">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="851338656">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1103964553">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="926155791">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1165507990">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="907038033">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1185897111">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="482163818">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1210070253">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2034261290">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1242135931">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="331446793">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1380401947">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1549563230">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1410956495">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2076387623">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1565336374">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1427190780">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1699961678">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="336076498">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1703438008">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1454441074">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1765146950">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2010251667">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1806315951">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1682585883">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1827669649">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2023975346">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="2033264591">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="723869242">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="2135557187">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="290866664">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
+  <w:optimizeForBrowser/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Pakiet Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -2278,84 +5199,107 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{62815990-F1AB-46D9-B437-AE9F780DDDB9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BED92CC7-0EF4-43B6-A54F-2FEF965C83C4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>625</Words>
-  <Characters>3756</Characters>
+  <Words>622</Words>
+  <Characters>3734</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>31</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Microsoft Word - wniosek_zaopiniowanie_org_ruchu-skonwertowany</vt:lpstr>
+      <vt:lpstr>Miejski Zarząd Dróg i Mostów</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Hewlett-Packard</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4373</CharactersWithSpaces>
+  <CharactersWithSpaces>4348</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:i4>7012409</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.mzdim.bytom.pl/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Dział inżynierii ruchu - WNIOSEK Projekt organizacji ruchu</dc:title>
+  <dc:title>Miejski Zarząd Dróg i Mostów</dc:title>
   <dc:subject/>
-  <dc:creator/>
+  <dc:creator>Windows XP Mode</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>