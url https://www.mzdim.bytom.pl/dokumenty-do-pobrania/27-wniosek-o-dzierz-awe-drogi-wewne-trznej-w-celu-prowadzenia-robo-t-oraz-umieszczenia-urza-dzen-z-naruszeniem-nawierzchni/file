--- v0 (2026-01-13)
+++ v1 (2026-02-27)
@@ -1,53 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="358043FA" w14:textId="77777777" w:rsidR="002B6041" w:rsidRDefault="002B6041">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14BC924F" w14:textId="77777777" w:rsidR="002B6041" w:rsidRDefault="00593408">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
@@ -808,51 +812,51 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>rodzaj nawierzchni……………………………………..…………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FAFFB2C" w14:textId="77777777" w:rsidR="002B6041" w:rsidRDefault="00593408" w:rsidP="00FC34F3">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Planowany okres dzierżawy drogi wewnętrznej na czas prowadzenia robót wraz z wykonaniem całości prac i odbudową konstrukcji nawierzchni: od dnia …........................... do dnia.......................................</w:t>
       </w:r>
-      <w:r w:rsidR="000A6801">
+      <w:r w:rsidR="00A37388">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict w14:anchorId="1C1410CC">
           <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
             <v:path arrowok="t" fillok="f" o:connecttype="none"/>
             <o:lock v:ext="edit" shapetype="t"/>
           </v:shapetype>
           <v:shape id="AutoShape 3" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:-20.2pt;margin-top:29.85pt;width:513pt;height:0;z-index:251658240;visibility:visible;mso-position-horizontal-relative:margin;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCk3ePytwEAAFYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7YDpNiMOD2k6y7d&#10;FqDdBzCSbAuTRYFU4uTvJ6lJVmy3YT4IlEg+Pj7S6/vT5MTREFv0nWwWtRTGK9TWD5388fL44aMU&#10;HMFrcOhNJ8+G5f3m/bv1HFqzxBGdNiQSiOd2Dp0cYwxtVbEazQS8wGB8cvZIE8R0paHSBHNCn1y1&#10;rOu7akbSgVAZ5vT68OqUm4Lf90bF733PJgrXycQtlpPKuc9ntVlDOxCE0aoLDfgHFhNYn4reoB4g&#10;gjiQ/QtqsoqQsY8LhVOFfW+VKT2kbpr6j26eRwim9JLE4XCTif8frPp23PodZerq5J/DE6qfLDxu&#10;R/CDKQReziENrslSVXPg9paSLxx2JPbzV9QpBg4RiwqnnqYMmfoTpyL2+Sa2OUWh0uPdqlk1dZqJ&#10;uvoqaK+JgTh+MTiJbHSSI4EdxrhF79NIkZpSBo5PHDMtaK8JuarHR+tcmazzYu7kp9VyVRIYndXZ&#10;mcOYhv3WkThC3o3ylR6T520Y4cHrAjYa0J8vdgTrXu1U3PmLNFmNvHrc7lGfd3SVLA2vsLwsWt6O&#10;t/eS/ft32PwCAAD//wMAUEsDBBQABgAIAAAAIQBRBfr23gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwDIbvSLxDZCQuaEs2rWMtTacJiQNHtklcvca0hcapmnQte3qCOIyj7U+/vz/fTrYV&#10;Z+p941jDYq5AEJfONFxpOB5eZhsQPiAbbB2Thm/ysC1ub3LMjBv5jc77UIkYwj5DDXUIXSalL2uy&#10;6OeuI463D9dbDHHsK2l6HGO4beVSqbW02HD8UGNHzzWVX/vBaiA/JAu1S211fL2MD+/Ly+fYHbS+&#10;v5t2TyACTeEKw69+VIciOp3cwMaLVsNspVYR1ZCkjyAikG6SNYjT30IWufzfoPgBAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEApN3j8rcBAABWAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAUQX69t4AAAAJAQAADwAAAAAAAAAAAAAAAAARBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABwFAAAAAA==&#10;">
             <w10:wrap anchorx="margin"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D43B294" w14:textId="77777777" w:rsidR="002B6041" w:rsidRDefault="00593408">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:ind w:right="107"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1093,98 +1097,98 @@
         <w:ind w:right="181"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">(należy podać okres od daty umieszczenia urządzenia do 31 grudnia danego roku, w którym zostało umieszczone urządzenie oraz lata następne, w których planowane jest funkcjonowanie urządzenia </w:t>
       </w:r>
       <w:r w:rsidR="006B7877">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>w drodze)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DC48756" w14:textId="77777777" w:rsidR="002B6041" w:rsidRDefault="002B6041">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2788E694" w14:textId="77777777" w:rsidR="002B6041" w:rsidRDefault="00593408">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Do wniosku </w:t>
       </w:r>
       <w:r w:rsidR="00A16A74">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>należy załączyć</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A028AD1" w14:textId="77777777" w:rsidR="002B6041" w:rsidRDefault="00593408">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
@@ -1432,95 +1436,51 @@
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(W razie ustanowienia pełnomocnika reprezentującego wnioskodawcę</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="005B3EBF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Pełnomocnictwo zgodnie z art. 33 § 3 Kodeks postępowania administracyjnego (</w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve"> 2023r. poz. 775) wraz z dowodem uiszczenia opłaty skarbowej).</w:t>
+        <w:t xml:space="preserve"> Pełnomocnictwo zgodnie z art. 33 § 3 Kodeks postępowania administracyjnego (t.j. Dz.U.z 2023r. poz. 775) wraz z dowodem uiszczenia opłaty skarbowej).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20000332" w14:textId="77777777" w:rsidR="002B6041" w:rsidRDefault="00593408">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
@@ -2162,129 +2122,133 @@
         <w:t>*- odpowiednie podkreślić</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68D3B001" w14:textId="77777777" w:rsidR="00AF218E" w:rsidRDefault="00AF218E">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00AF218E" w:rsidSect="002B6041">
-      <w:headerReference w:type="default" r:id="rId7"/>
-      <w:footerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="even" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="1304" w:bottom="567" w:left="1304" w:header="567" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7D533598" w14:textId="77777777" w:rsidR="00026E73" w:rsidRDefault="00026E73" w:rsidP="002B6041">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="24E29728" w14:textId="77777777" w:rsidR="00026E73" w:rsidRDefault="00026E73" w:rsidP="002B6041">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="343B2724" w14:textId="77777777" w:rsidR="00DB0666" w:rsidRDefault="00DB0666" w:rsidP="00DB0666">
     <w:pPr>
       <w:pStyle w:val="Teksttreci60"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
       <w:spacing w:before="0" w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:b w:val="0"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b w:val="0"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:u w:val="single"/>
       </w:rPr>
       <w:t xml:space="preserve">Klauzula Informacyjna </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5C5954DC" w14:textId="77777777" w:rsidR="00DB0666" w:rsidRDefault="00DB0666" w:rsidP="00DB0666">
     <w:pPr>
@@ -2314,67 +2278,83 @@
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve"> Miejski Zarząd Dróg i Mostów, ul. Smolenia 35, 41-902 Bytom tel. 32 39 69 700, e-mail: sekretariat@mzdim.bytom.pl </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6A197262" w14:textId="77777777" w:rsidR="00DB0666" w:rsidRDefault="00DB0666" w:rsidP="00DB0666">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>2. Reprezentantem Administratora Danych Osobowych jest Dyrektor Miejskiego Zarządu Dróg i Mostów w Bytomiu.</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6D45FA1B" w14:textId="77777777" w:rsidR="00DB0666" w:rsidRDefault="00DB0666" w:rsidP="00DB0666">
+  <w:p w14:paraId="6D45FA1B" w14:textId="06DA81D8" w:rsidR="00DB0666" w:rsidRDefault="00DB0666" w:rsidP="00DB0666">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t>3. Dane kontaktowe Inspektora Ochrony Danych: Radosław Schejbal; e-mail: iod@mzdim.bytom.pl</w:t>
+      <w:t xml:space="preserve">3. Dane kontaktowe Inspektora Ochrony Danych: </w:t>
+    </w:r>
+    <w:r w:rsidR="00A37388" w:rsidRPr="00A37388">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>Ewelina Wysocka</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>; e-mail: iod@mzdim.bytom.pl</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3098DC37" w14:textId="77777777" w:rsidR="00DB0666" w:rsidRDefault="00DB0666" w:rsidP="00DB0666">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>4. Dane osobowe są przetwarzane przez Administratora w celu: realizacji zadań określonych przepisami prawa, wypełnienia obowiązku prawnego oraz wykonywania zadań przez organ publiczny.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7344EDF0" w14:textId="77777777" w:rsidR="00DB0666" w:rsidRDefault="00DB0666" w:rsidP="00DB0666">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
@@ -2444,69 +2424,51 @@
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>- Uchwała Nr XLIV/680/05 z dnia 29 czerwca 2005 r. o utworzeniu jednostki budżetowej pod nazwą: Miejski Zarząd Dróg i Mostów w Bytomiu;</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="608D1753" w14:textId="77777777" w:rsidR="00DB0666" w:rsidRDefault="00DB0666" w:rsidP="00DB0666">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t xml:space="preserve">- Uchwała Rady Miejskiej w Bytomiu nr </w:t>
-[...17 lines deleted...]
-      <w:t xml:space="preserve"> XVIII/242/15 z dnia 23.11.2015 r. dotycząca Strefy Płatnego Parkowania.</w:t>
+      <w:t>- Uchwała Rady Miejskiej w Bytomiu nr NR XVIII/242/15 z dnia 23.11.2015 r. dotycząca Strefy Płatnego Parkowania.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FC4C5E3" w14:textId="77777777" w:rsidR="00DB0666" w:rsidRDefault="00DB0666" w:rsidP="00DB0666">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>6. Odbiorcami danych osobowych są osoby fizyczne i prawne na podstawie przepisów prawa.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5AE85D2B" w14:textId="77777777" w:rsidR="00DB0666" w:rsidRDefault="00DB0666" w:rsidP="00DB0666">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
@@ -2657,77 +2619,107 @@
       <w:t xml:space="preserve">                                                                                                                                                                              </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="58B2DA48" w14:textId="77777777" w:rsidR="00AF218E" w:rsidRDefault="00AF218E" w:rsidP="00CF25DC">
     <w:pPr>
       <w:pStyle w:val="Bezodstpw"/>
       <w:ind w:right="-58"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                                                                                                                                                     </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="606CF29E" w14:textId="77777777" w:rsidR="00AF218E" w:rsidRDefault="00AF218E">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="35F35879" w14:textId="77777777" w:rsidR="00A37388" w:rsidRDefault="00A37388">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6C5D03D1" w14:textId="77777777" w:rsidR="00A37388" w:rsidRDefault="00A37388">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="48D5344E" w14:textId="77777777" w:rsidR="00026E73" w:rsidRDefault="00026E73" w:rsidP="002B6041">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7BC1D4D1" w14:textId="77777777" w:rsidR="00026E73" w:rsidRDefault="00026E73" w:rsidP="002B6041">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FBAFCF1" w14:textId="77777777" w:rsidR="00A37388" w:rsidRDefault="00A37388">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="20035343" w14:textId="77777777" w:rsidR="002B6041" w:rsidRDefault="00593408">
     <w:pPr>
       <w:pStyle w:val="Normalny1"/>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-2127"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="1134"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="0" w:name="gjdgxs" w:colFirst="0" w:colLast="0"/>
@@ -2850,70 +2842,80 @@
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="713105" cy="804545"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="000A6801">
+    <w:r w:rsidR="00A37388">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="3284B123">
         <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
           <v:path arrowok="t" fillok="f" o:connecttype="none"/>
           <o:lock v:ext="edit" shapetype="t"/>
         </v:shapetype>
         <v:shape id="AutoShape 3" o:spid="_x0000_s4097" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:4.15pt;margin-top:35pt;width:494pt;height:0;z-index:251662336;visibility:visible;mso-position-horizontal-relative:margin;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYBmkIuAEAAFYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YytOuMOD2k6y7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJWmy3oT4IlEg+Pj7Sy9vD6MTeEFv0rZzPaimMV6it71v5++n+040U&#10;HMFrcOhNK4+G5e3q44flFBqzwAGdNiQSiOdmCq0cYgxNVbEazAg8w2B8cnZII8R0pb7SBFNCH121&#10;qOvrakLSgVAZ5vR69+KUq4LfdUbFX13HJgrXysQtlpPKuc1ntVpC0xOEwaoTDfgPFiNYn4peoO4g&#10;gtiR/QdqtIqQsYszhWOFXWeVKT2kbub1X908DhBM6SWJw+EiE78frPq5X/sNZerq4B/DA6pnFh7X&#10;A/jeFAJPx5AGN89SVVPg5pKSLxw2JLbTD9QpBnYRiwqHjsYMmfoThyL28SK2OUSh0uP14svnmzrN&#10;RJ19FTTnxEAcvxscRTZayZHA9kNco/dppEjzUgb2DxwzLWjOCbmqx3vrXJms82Jq5derxVVJYHRW&#10;Z2cOY+q3a0diD3k3yld6TJ63YYQ7rwvYYEB/O9kRrHuxU3HnT9JkNfLqcbNFfdzQWbI0vMLytGh5&#10;O97eS/br77D6AwAA//8DAFBLAwQUAAYACAAAACEAcjwZRtwAAAAHAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPzU7DMBCE70i8g7WVuKDWbhGlCXGqCokDx/5IXN14m4TG6yh2mtCnZysOcNyZ0ew32Xp0&#10;jbhgF2pPGuYzBQKp8LamUsNh/z5dgQjRkDWNJ9TwjQHW+f1dZlLrB9riZRdLwSUUUqOhirFNpQxF&#10;hc6EmW+R2Dv5zpnIZ1dK25mBy10jF0otpTM18YfKtPhWYXHe9U4Dhv55rjaJKw8f1+Hxc3H9Gtq9&#10;1g+TcfMKIuIY/8Jww2d0yJnp6HuyQTQaVk8c1PCieBHbSbJk4fgryDyT//nzHwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQCYBmkIuAEAAFYDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQByPBlG3AAAAAcBAAAPAAAAAAAAAAAAAAAAABIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAGwUAAAAA&#10;">
           <w10:wrap anchorx="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="393B3BDA" w14:textId="77777777" w:rsidR="00A37388" w:rsidRDefault="00A37388">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09CC0987"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6570FE1A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -3612,139 +3614,140 @@
   <w:num w:numId="2" w16cid:durableId="552348287">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="531304678">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="243999486">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="659120006">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1927615933">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="194587704">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="262811347">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="4"/>
       <o:rules v:ext="edit">
         <o:r id="V:Rule2" type="connector" idref="#AutoShape 3"/>
       </o:rules>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002B6041"/>
     <w:rsid w:val="00026E73"/>
     <w:rsid w:val="000A6801"/>
     <w:rsid w:val="001525AA"/>
     <w:rsid w:val="002B6041"/>
     <w:rsid w:val="004A7971"/>
     <w:rsid w:val="004E1F98"/>
     <w:rsid w:val="00593408"/>
     <w:rsid w:val="006229C9"/>
     <w:rsid w:val="006B7877"/>
     <w:rsid w:val="007505F9"/>
     <w:rsid w:val="00794DD2"/>
+    <w:rsid w:val="008269CC"/>
     <w:rsid w:val="00836E58"/>
     <w:rsid w:val="008F6F8D"/>
     <w:rsid w:val="009E4A67"/>
     <w:rsid w:val="00A16A74"/>
+    <w:rsid w:val="00A37388"/>
     <w:rsid w:val="00A44642"/>
     <w:rsid w:val="00A56758"/>
     <w:rsid w:val="00AF218E"/>
     <w:rsid w:val="00B727AD"/>
     <w:rsid w:val="00B7282E"/>
     <w:rsid w:val="00BB3043"/>
     <w:rsid w:val="00BC0F38"/>
     <w:rsid w:val="00CF25DC"/>
     <w:rsid w:val="00DB0666"/>
     <w:rsid w:val="00FC34F3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
       <o:rules v:ext="edit">
         <o:r id="V:Rule2" type="connector" idref="#AutoShape 3"/>
       </o:rules>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4DE7A3DD"/>
   <w15:docId w15:val="{E0F8F15A-CE5F-4367-B40C-6FB6C3963F2D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4202,51 +4205,50 @@
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normalny1"/>
     <w:next w:val="Normalny1"/>
     <w:rsid w:val="002B6041"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalny1">
     <w:name w:val="Normalny1"/>
@@ -4281,67 +4283,65 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Podtytu">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normalny1"/>
     <w:next w:val="Normalny1"/>
     <w:rsid w:val="002B6041"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:i/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="NagwekZnak"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AF218E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
     <w:name w:val="Nagłówek Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00AF218E"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Stopka">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="StopkaZnak"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AF218E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
     <w:name w:val="Stopka Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Stopka"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AF218E"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstdymka">
@@ -4428,89 +4428,89 @@
       <w:szCs w:val="19"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Teksttreci20">
     <w:name w:val="Tekst treści (2)"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="Teksttreci2"/>
     <w:rsid w:val="00FC34F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:spacing w:before="600" w:after="480" w:line="0" w:lineRule="atLeast"/>
       <w:ind w:hanging="460"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="19"/>
       <w:szCs w:val="19"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="583222211">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2008901732">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -4794,67 +4794,68 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
+  <Pages>3</Pages>
   <Words>576</Words>
   <Characters>3462</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>28</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>4030</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>WNIOSEK o dzierżawę drogi wewnętrznej w celu prowadzenia robót oraz umieszczenia urządzeń (z naruszeniem nawierzchni)</dc:title>
-  <dc:creator/>
+  <dc:creator>Dawid Skrzypek</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>