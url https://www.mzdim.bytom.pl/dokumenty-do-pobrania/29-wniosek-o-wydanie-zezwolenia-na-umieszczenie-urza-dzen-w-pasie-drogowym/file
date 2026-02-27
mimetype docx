--- v0 (2026-01-13)
+++ v1 (2026-02-27)
@@ -1,1598 +1,1995 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5525F5CF" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="053426EF" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00122267">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="2184"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <mc:AlternateContent>
-[...138 lines deleted...]
-      <w:r>
+        <w:pict w14:anchorId="7FF05679">
+          <v:group id="Group 2374" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:7.7pt;margin-top:-3.4pt;width:478.55pt;height:65.3pt;z-index:-251658240" coordsize="60777,8290">
+            <v:shape id="Picture 12" o:spid="_x0000_s1029" style="position:absolute;width:10850;height:6858" coordsize="60777,8290" o:spt="100" adj="0,,0" path="" filled="f">
+              <v:stroke joinstyle="round"/>
+              <v:imagedata r:id="rId8" o:title="image0"/>
+              <v:formulas/>
+              <v:path o:connecttype="segments"/>
+            </v:shape>
+            <v:shape id="Shape 13" o:spid="_x0000_s1028" style="position:absolute;top:8290;width:60579;height:0" coordsize="6057900,0" path="m,l6057900,e" filled="f" fillcolor="black" strokeweight=".5pt">
+              <v:fill opacity="0"/>
+            </v:shape>
+            <v:shape id="Picture 15" o:spid="_x0000_s1027" style="position:absolute;left:53721;width:7056;height:8001" coordsize="6057900,0" o:spt="100" adj="0,,0" path="" filled="f">
+              <v:stroke joinstyle="round"/>
+              <v:imagedata r:id="rId9" o:title="image10"/>
+              <v:formulas/>
+              <v:path o:connecttype="segments"/>
+            </v:shape>
+          </v:group>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00D12FF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">       Miejski Zarząd Dróg i Mostów </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C53E18A" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="3CC6554C" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="46"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">          41 – 902 Bytom, ul. Smolenia 35 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29002EB8" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="1FC32079" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:spacing w:after="8" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="45" w:right="1522" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                               Regon 240136989         NIP 626 – 279 – 11 – 35  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="070D1C8B" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="1BC18FF6" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="1195"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D0CAFDA" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="6BBC8736" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="1195"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AC3103F" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="3A9C2152" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="10" w:right="-13" w:hanging="10"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Bytom, dnia . . . . . . . . . . . . . . . . .  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7852F063" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="12B726A0" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="50"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20DD0C50" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="175187D1" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:spacing w:after="8" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="45" w:right="1522" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . .  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B2E26C3" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="2DD41F8A" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="2169" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">/imię i nazwisko/ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1491EE8B" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="3DCAB6F7" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:spacing w:after="56"/>
         <w:ind w:left="50"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D790CF5" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="24DA06A9" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:spacing w:after="8" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="45" w:right="1522" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67F2F143" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="5B3E4E92" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="2169" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">/adres i telefon/ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E1E8482" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="00591454" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:spacing w:after="53"/>
         <w:ind w:left="2174"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23CE6205" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="746D9375" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:spacing w:after="8" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="45" w:right="1522" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F9317C8" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="2ABEF182" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="60" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">/wnioskodawca (firma, osoba fizyczna) – podmiot zajmujący pas drogowy/ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="090435D1" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="7A43CFC8" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:spacing w:after="53"/>
         <w:ind w:left="2174"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01914475" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="16871768" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:spacing w:after="8" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="45" w:right="1522" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CFBF274" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="5799AC0C" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:spacing w:after="36"/>
         <w:ind w:left="2169" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">     /siedziba/ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28911D97" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="3D6A3C33" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="50"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6228F9CD" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="2F944353" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:spacing w:after="8" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="4852" w:right="1522" w:hanging="4817"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>NIP .</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> . . . . . . . . . . . . . . . . . . . . .. .  . </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.        PESEL/REGON  .</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> . . . . . . . . . . . . . . . . . .  . . . .  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59042668" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="65E795FA" w14:textId="77777777" w:rsidR="007C54CF" w:rsidRDefault="007C54CF">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="007174F6" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">WNIOSEK  O  WYDANIE  ZEZWOLENIA </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F424411" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="1BA0AC61" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="47"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">NA  UMIESZCZENIE  URZĄDZEŃ  W  PASIE  DROGOWYM </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C3A034F" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="7E01C2C1" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:spacing w:after="4"/>
         <w:ind w:left="50"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="589DE44F" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="24995053" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="113" w:line="248" w:lineRule="auto"/>
         <w:ind w:left="477" w:hanging="427"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Cel  zajęcia : . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C4C9938" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="28AB5918" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:spacing w:after="157" w:line="248" w:lineRule="auto"/>
         <w:ind w:left="405" w:hanging="10"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. . . . . . . . . .  . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . .  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="619ED01C" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="5085B87F" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="10" w:line="248" w:lineRule="auto"/>
         <w:ind w:left="477" w:hanging="427"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Lokalizacja urządzeń  podziemnych : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24A2A90D" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="3503C49E" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="50"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F3C1A43" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="6C9AAB20" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="154" w:line="248" w:lineRule="auto"/>
         <w:ind w:left="678" w:hanging="283"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">przy  ul.  . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . w  Bytomiu,    </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FC83B35" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="04A3E0A4" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="171" w:line="248" w:lineRule="auto"/>
         <w:ind w:left="745" w:hanging="350"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ilość m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">powierzchni pasa drogowego, tj.: jezdni, obiektu mostowego, pozostałe </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>(właściwe podkreślić)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F9422F2" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="1DEDAA5A" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:spacing w:after="148"/>
         <w:ind w:left="10" w:right="7" w:hanging="10"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">zajętego przez rzut poziomy urządzenia . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . .. . . . . . . . . . . . . . . . . . . .  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="410D445A" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="41AD1011" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="113" w:line="248" w:lineRule="auto"/>
         <w:ind w:left="745" w:hanging="350"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">przebiegające przez działki nr: . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35041181" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="274E400F" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="154" w:line="248" w:lineRule="auto"/>
         <w:ind w:left="678" w:hanging="283"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">przy  ul.  . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . w  Bytomiu,    </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78204F69" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="7FFC37CB" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="174" w:line="248" w:lineRule="auto"/>
         <w:ind w:left="745" w:hanging="350"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ilość m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">powierzchni pasa drogowego, tj.: jezdni, obiektu mostowego, pozostałe </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">(właściwe podkreślić) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A936F47" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="09F5575E" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:spacing w:after="148"/>
         <w:ind w:left="10" w:right="7" w:hanging="10"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">zajętego przez rzut poziomy urządzenia . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . .  . . . . . . . . . . . . . . . . . . .  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55209B48" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="242564ED" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="113" w:line="248" w:lineRule="auto"/>
         <w:ind w:left="745" w:hanging="350"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">przebiegające przez działki nr: . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EF2049A" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="499D9F47" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="154" w:line="248" w:lineRule="auto"/>
         <w:ind w:left="678" w:hanging="283"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">przy  ul.  . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . w  Bytomiu,    </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05A773EC" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="3EF45610" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="410" w:lineRule="auto"/>
         <w:ind w:left="630" w:hanging="235"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ilość m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">powierzchni pasa drogowego, tj.: jezdni, obiektu mostowego, pozostałe </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>(właściwe podkreślić)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> zajętego przez rzut poziomy urządzenia . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . .  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0416CE66" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="3E967389" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="113" w:line="248" w:lineRule="auto"/>
         <w:ind w:left="630" w:hanging="235"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">przebiegające przez działki nr: . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79F8D23A" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="2CDB32CD" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="50"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59A5FD98" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="7038A8C1" w14:textId="77777777" w:rsidR="00C662C9" w:rsidRDefault="00C662C9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="50"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48AEDC7D" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:spacing w:after="17"/>
         <w:ind w:left="50"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FFE9A3E" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="774D824C" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3" w:rsidP="00AA20AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="25"/>
-        <w:ind w:left="477" w:hanging="427"/>
+        <w:ind w:left="142" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:t>Do wniosku należy dołączyć :</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7570172F" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="738C841C" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3" w:rsidP="00AA20AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="248" w:lineRule="auto"/>
-        <w:ind w:hanging="360"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">plan sytuacyjny w skali 1:1000 z naniesioną trasą umieszczenia urządzenia, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68365E08" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="70B51297" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3" w:rsidP="00AA20AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="248" w:lineRule="auto"/>
-        <w:ind w:hanging="360"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">zgodę MZDiM na dysponowanie działkami Gminy Bytom  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">(Skarbu Państwa), </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08C251C5" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="6D9724C3" w14:textId="77777777" w:rsidR="00F51F7E" w:rsidRPr="00F51F7E" w:rsidRDefault="00D12FF3" w:rsidP="00AA20AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="10" w:line="248" w:lineRule="auto"/>
-        <w:ind w:hanging="360"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...63 lines deleted...]
-    <w:p w14:paraId="70416523" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+        <w:t>kserokopię zaświadczenia o wpisie do ewidencji dz</w:t>
+      </w:r>
+      <w:r w:rsidR="00F51F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>iałalności gospodarczej lub KRS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A6A3B0F" w14:textId="77777777" w:rsidR="00F51F7E" w:rsidRPr="00F51F7E" w:rsidRDefault="00F51F7E" w:rsidP="00AA20AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="10" w:line="248" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F51F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ełnomocnictwo lub upoważnienie do działania w imieniu wnioskodawcy </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F51F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(W razie ustanowienia pełnomocnika reprezentującego wnioskodawcę, Pełnomocnictwo zgodnie z art. 33 § 3 Kodeks postępowania administracyjnego (t.j. Dz.U.z 2023r. poz. 775) wraz z dowodem uiszczenia opłaty skarbowej).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38688FC8" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00084299" w:rsidP="00F51F7E">
+      <w:pPr>
+        <w:spacing w:after="10" w:line="248" w:lineRule="auto"/>
+        <w:ind w:left="1490"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E60C3A0" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3" w:rsidP="00AA20AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="10" w:line="248" w:lineRule="auto"/>
-        <w:ind w:left="477" w:hanging="427"/>
+        <w:ind w:left="142" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">W przypadku prowadzenia robót w pasie drogowym uzyskanie zezwolenia na umieszczenie urządzeń podziemnych zobowiązuje wnioskodawcę do jednoczesnego uzyskania zezwolenia na zajęcie pasa drogowego. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17D1EAAD" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="013D8E0C" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3" w:rsidP="00C662C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="50"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B24A52B" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
-[...12 lines deleted...]
-    <w:p w14:paraId="77E156E8" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="317F0953" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3" w:rsidP="00E31099">
       <w:pPr>
         <w:spacing w:after="8" w:line="252" w:lineRule="auto"/>
-        <w:ind w:left="45" w:right="1522" w:hanging="10"/>
+        <w:ind w:left="142" w:right="1522"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Upoważniam . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . do odbioru pism i decyzji. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1ACFFEE4" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+        <w:t xml:space="preserve">Upoważniam . . . . . . . . . . . . . . . . . . . . . . . . </w:t>
+      </w:r>
+      <w:r w:rsidR="00B06E21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . . . . do odbioru pism i decyzji. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71957A03" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="50"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38722701" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="0E76A7A9" w14:textId="77777777" w:rsidR="00084299" w:rsidRPr="009A6AF6" w:rsidRDefault="00D12FF3" w:rsidP="00E31099">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="50"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E4F115B" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
-[...38 lines deleted...]
-    <w:p w14:paraId="117D9DAA" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="790AC31A" w14:textId="77777777" w:rsidR="00084299" w:rsidRPr="0040509C" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="2474"/>
           <w:tab w:val="center" w:pos="3182"/>
           <w:tab w:val="center" w:pos="3890"/>
           <w:tab w:val="center" w:pos="4598"/>
           <w:tab w:val="right" w:pos="9689"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:right="-13"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A6AF6">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="009A6AF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="009A6AF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="009A6AF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="009A6AF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="009A6AF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0040509C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">. . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B1641DA" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="2CEBABF1" w14:textId="77777777" w:rsidR="00084299" w:rsidRPr="0040509C" w:rsidRDefault="00D12FF3" w:rsidP="00C662C9">
       <w:pPr>
         <w:spacing w:after="56"/>
         <w:ind w:right="1028"/>
         <w:jc w:val="right"/>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0040509C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">/ podpis i  pieczęć wnioskodawcy / </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FE8F96C" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="682FFAD0" w14:textId="77777777" w:rsidR="00C662C9" w:rsidRPr="009A6AF6" w:rsidRDefault="00C662C9" w:rsidP="00C662C9">
+      <w:pPr>
+        <w:spacing w:after="56"/>
+        <w:ind w:right="1028"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13B5FB98" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="265" w:lineRule="auto"/>
         <w:ind w:left="50"/>
-      </w:pPr>
-[...45 lines deleted...]
-        <w:ind w:left="50"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Wnioskodawcę poucza się, że za zajęcie pasa drogowego bez zezwolenia, tj.: za samowolne zajęcie pasa drogowego, przekroczenie terminu zajęcia pasa drogowego lub zajęcie większej powierzchni niż określona w zezwoleniu wymierza się 10-krotną karę pieniężną zgodnie z art. 40 ust. 12 ustawy o drogach publicznych. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FCB6C0B" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="4781BDA0" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3" w:rsidP="00C662C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="50"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...17 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BD33DAA" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="575480EF" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:spacing w:after="9" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="35"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Uwagi : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61F16165" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="5FE33A8C" w14:textId="77777777" w:rsidR="00084299" w:rsidRPr="00F51F7E" w:rsidRDefault="00D12FF3" w:rsidP="00F51F7E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="29" w:line="249" w:lineRule="auto"/>
-        <w:ind w:hanging="348"/>
-[...4 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:ind w:left="284" w:hanging="413"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F51F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Niniejszy wniosek należy składać w Miejskim Zarządzie Dróg i Mostów z  </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00F51F7E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">3 </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>3 – tygodniowym terminem</w:t>
+      </w:r>
+      <w:r w:rsidR="00E31099">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F51F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
-        <w:t>–</w:t>
-[...39 lines deleted...]
-        </w:rPr>
         <w:t>wyprzedzenia</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00F51F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> przed planowanym zajęciem pasa drogowego, ze względu na : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04325A34" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="2B49F204" w14:textId="77777777" w:rsidR="00084299" w:rsidRPr="00F51F7E" w:rsidRDefault="00D12FF3" w:rsidP="00E31099">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="29" w:line="249" w:lineRule="auto"/>
-        <w:ind w:hanging="360"/>
-[...4 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F51F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">przewidziany w art.129 §2 KPA termin na wniesienie odwołania i zapis art.130 §1 KPA, iż przed upływem terminu do wniesienia odwołania decyzja nie ulega wykonaniu, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ABB2FB2" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+    <w:p w14:paraId="4ED63F2C" w14:textId="77777777" w:rsidR="00084299" w:rsidRPr="00F51F7E" w:rsidRDefault="00D12FF3" w:rsidP="00E31099">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="29" w:line="249" w:lineRule="auto"/>
-        <w:ind w:hanging="360"/>
-[...22 lines deleted...]
-    <w:p w14:paraId="112B33AA" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F51F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">niezbędny czas do doręczenia pisma przewidziany w art.39 KPA.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C424BE9" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3" w:rsidP="001F39C5">
       <w:pPr>
         <w:spacing w:after="29" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="488" w:hanging="10"/>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F51F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jeżeli wniosek zostanie złożony z krótszym wyprzedzeniem terminu, zarząd drogi może odmówić wydania zezwolenia na zajęcie pasa drogowego. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6666E3B6" w14:textId="77777777" w:rsidR="00F51F7E" w:rsidRDefault="00F51F7E" w:rsidP="001F39C5">
+      <w:pPr>
+        <w:spacing w:after="29" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="488" w:hanging="10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="143AB48E" w14:textId="77777777" w:rsidR="00084299" w:rsidRPr="00F51F7E" w:rsidRDefault="00F51F7E" w:rsidP="00F51F7E">
+      <w:pPr>
+        <w:pStyle w:val="Teksttreci20"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-2127"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="300" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...16 lines deleted...]
-    <w:p w14:paraId="12B50B1F" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Do zajęcia wnioskowanego miejsca upoważnia posiadanie przez wnioskodawcę oryginału decyzji administracyjnej na zajęcie pasa drogowego lub umowy na dzierżawę drogi wewnętrznej / innych terenów – odebranej najpóźniej w dniu rozpoczynającym zajęcie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B2D7398" w14:textId="77777777" w:rsidR="00084299" w:rsidRPr="00F51F7E" w:rsidRDefault="00D12FF3" w:rsidP="00F51F7E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="9" w:line="264" w:lineRule="auto"/>
-        <w:ind w:hanging="348"/>
-[...30 lines deleted...]
-    <w:p w14:paraId="1482600A" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
+        <w:ind w:hanging="413"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F51F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Opłatę za pierwszy rok umieszczenia urządzenia w pasie drogowym uiszcza się w terminie 14 dni od dnia, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F51F7E" w:rsidRPr="00F51F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F51F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">w którym decyzja ustalająca ich wysokość stała się ostateczna, a za lata następne w terminie do dnia 15 stycznia każdego roku, z góry za dany rok (art. 40 ust. 13a ustawy o drogach publicznych).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09B8570D" w14:textId="77777777" w:rsidR="00B572CF" w:rsidRPr="00F51F7E" w:rsidRDefault="00D12FF3" w:rsidP="001F39C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="248" w:lineRule="auto"/>
         <w:ind w:left="405" w:hanging="10"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...32 lines deleted...]
-    <w:sectPr w:rsidR="00084299">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F51F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Stawki opłat za zajęcia pasa drogowego ustalone zostały Uchwałą Nr XXVI/376/04 Rady Miejskiej </w:t>
+      </w:r>
+      <w:r w:rsidR="001F39C5" w:rsidRPr="00F51F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F51F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">w Bytomiu z dnia 26 maja 2004 r.    </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00B572CF" w:rsidRPr="00F51F7E" w:rsidSect="00C662C9">
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="793" w:right="843" w:bottom="1209" w:left="1368" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
+      <w:titlePg/>
+      <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="5A5E9F0E" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00C662C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="17749F91" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00C662C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="37D2C8A0" w14:textId="77777777" w:rsidR="00122267" w:rsidRDefault="00122267">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3991632F" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00D94E04">
+    <w:pPr>
+      <w:pStyle w:val="Teksttreci60"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:spacing w:before="0" w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="left"/>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+        <w:u w:val="single"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+        <w:u w:val="single"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Klauzula Informacyjna </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="1996CF07" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00D94E04">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>1. Administratorem Danych Osobowych jest:</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Miejski Zarząd Dróg i Mostów, ul. Smolenia 35, 41-902 Bytom tel. 32 39 69 700, e-mail: sekretariat@mzdim.bytom.pl </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="499107EC" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00D94E04">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>2. Reprezentantem Administratora Danych Osobowych jest Dyrektor Miejskiego Zarządu Dróg i Mostów w Bytomiu.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="5BE9D468" w14:textId="5FDFEED6" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00D94E04">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t xml:space="preserve">3. Dane kontaktowe Inspektora Ochrony Danych: </w:t>
+    </w:r>
+    <w:r w:rsidR="00122267" w:rsidRPr="00122267">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>Ewelina Wysocka</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>; e-mail: iod@mzdim.bytom.pl</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="3486744C" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00D94E04">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>4. Dane osobowe są przetwarzane przez Administratora w celu: realizacji zadań określonych przepisami prawa, wypełnienia obowiązku prawnego oraz wykonywania zadań przez organ publiczny.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="25284B46" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00D94E04">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>5. Podstawy prawne przetwarzania: Rozporządzenie Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych) art 6 lit. a-e, w powiązaniu z przepisami prawa, w szczególności:</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="15DC70BC" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00D94E04">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>- Ustawa z dnia 10 maja 2018 r. o ochronie danych osobowych;</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="44DD8788" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00D94E04">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>- Ustawa z dnia 20 czerwca 1997 r. - Prawo o ruchu drogowym;</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="01A53ED5" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00D94E04">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>- Uchwała Nr XLIV/680/05 z dnia 29 czerwca 2005 r. o utworzeniu jednostki budżetowej pod nazwą: Miejski Zarząd Dróg i Mostów w Bytomiu;</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="3B681D5D" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00D94E04">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>- Uchwała Rady Miejskiej w Bytomiu nr NR XVIII/242/15 z dnia 23.11.2015 r. dotycząca Strefy Płatnego Parkowania.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="243B442B" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00D94E04">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>6. Odbiorcami danych osobowych są osoby fizyczne i prawne na podstawie przepisów prawa.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="10B2DA39" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00D94E04">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>7. Dane osobowe będą przetwarzane przez czas określony przepisami prawa, w szczególności w celach archiwalnych.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="386A83D1" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00D94E04">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>8. Prawa przysługujące osobie, której dane są przetwarzane:</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="694FAADC" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00D94E04">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>Osoba, której dane dotyczą ma prawo dostępu do treści swoich danych oraz prawo do ich sprostowania, ograniczenia przetwarzania, prawo do przenoszenia danych, prawo do wniesienia sprzeciwu, prawo do cofnięcia zgody w dowolnym momencie (jeżeli przetwarzanie odbywa się na podstawie zgody) oraz prawo do wniesienia skargi do organu nadzorczego, gdy uzna, iż przetwarzanie danych osobowych jego dotyczących narusza przepisy ogólnego rozporządzenia o ochronie danych osobowych z dnia 27 kwietnia 2016 r. (UE 2016/679).</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="305AB422" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00D94E04">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>9. Podanie danych osobowych jest dobrowolne, jednakże w celu realizacji zadań objętych przepisami prawa jest niezbędne. W niniejszym przypadku jest wymogiem prawnym oraz warunkiem realizacji prawnie uzasadnionych interesów: administratora oraz osób, których dane są przetwarzane.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="22BD39A5" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00D94E04">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>10 W trakcie przetwarzania Państwa danych osobowych nie dochodzi do wyłącznie zautomatyzowanego podejmowania decyzji ani do profilowania, o których mowa w art.22 ust. 1 i 4 RODO. Oznacza to, że żadne decyzje nie będą zapadać wyłącznie automatycznie oraz, że nie buduje się żadnych profili.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="505938BF" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00D94E04">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>11. W przypadku uznania, iż przetwarzanie przez Administratora Państwa danych osobowych narusza przepisy RODO, przysługuje Państwu prawo do wniesienia skargi do Prezesa Urzędu Ochrony Danych Osobowych, ul. Stawki 2, 00-193 Warszawa.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="09E2CE02" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00D94E04">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="5D05D54D" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRPr="00D94E04" w:rsidRDefault="00AA20AF" w:rsidP="00D94E04">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:rPr>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4D006784" w14:textId="77777777" w:rsidR="00122267" w:rsidRDefault="00122267">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="42326E79" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00C662C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="528612EC" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00C662C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3FDA4584" w14:textId="77777777" w:rsidR="00122267" w:rsidRDefault="00122267">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0EDB5754" w14:textId="77777777" w:rsidR="00122267" w:rsidRDefault="00122267">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="189B6973" w14:textId="77777777" w:rsidR="00122267" w:rsidRDefault="00122267">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="19D53297"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1AEAE1F8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="19"/>
+        <w:szCs w:val="19"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E862352"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="566001E8"/>
     <w:lvl w:ilvl="0" w:tplc="8DF6A5E6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -1760,54 +2157,54 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B866A14A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30D928FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B6AEC714"/>
+    <w:tmpl w:val="FB8255C0"/>
     <w:lvl w:ilvl="0" w:tplc="E2544916">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="413"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="25348E08">
       <w:start w:val="1"/>
@@ -1972,51 +2369,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3B4C1A86">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5990"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="311C3437"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AFB40FD8"/>
     <w:lvl w:ilvl="0" w:tplc="3C6C5556">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="478"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -2184,51 +2581,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B6043BEA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6AE17DA3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="57E2DE60"/>
     <w:lvl w:ilvl="0" w:tplc="8234647A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -2396,51 +2793,141 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0700C632">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="71C55C1B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8B8035A6"/>
+    <w:lvl w:ilvl="0" w:tplc="66042E0A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B222611"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3160AF04"/>
     <w:lvl w:ilvl="0" w:tplc="A664C40E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -2609,51 +3096,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="EB6EA384">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FC33EDF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="84B81D30"/>
     <w:lvl w:ilvl="0" w:tplc="1F901870">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -2821,123 +3308,162 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="EC229C96">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="631398403">
+  <w:num w:numId="1" w16cid:durableId="1080785049">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1069814182">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1603680277">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="821191795">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1746494177">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1140725817">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="927080919">
-[...2 lines deleted...]
-  <w:num w:numId="3" w16cid:durableId="204097562">
+  <w:num w:numId="7" w16cid:durableId="623463830">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="2100441635">
-[...6 lines deleted...]
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="8" w16cid:durableId="2129666240">
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="22529"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00084299"/>
+    <w:rsid w:val="00005F6B"/>
     <w:rsid w:val="00084299"/>
-    <w:rsid w:val="008F35E1"/>
+    <w:rsid w:val="00122267"/>
+    <w:rsid w:val="001430B4"/>
+    <w:rsid w:val="001A5349"/>
+    <w:rsid w:val="001F39C5"/>
+    <w:rsid w:val="002A3E84"/>
+    <w:rsid w:val="0040509C"/>
+    <w:rsid w:val="00414175"/>
+    <w:rsid w:val="004152A7"/>
+    <w:rsid w:val="004D541F"/>
+    <w:rsid w:val="00542F68"/>
+    <w:rsid w:val="007C54CF"/>
+    <w:rsid w:val="008158A1"/>
+    <w:rsid w:val="009A6AF6"/>
+    <w:rsid w:val="009F3513"/>
+    <w:rsid w:val="00AA20AF"/>
+    <w:rsid w:val="00AB4DDE"/>
+    <w:rsid w:val="00B06E21"/>
+    <w:rsid w:val="00B572CF"/>
+    <w:rsid w:val="00C662C9"/>
     <w:rsid w:val="00D12FF3"/>
+    <w:rsid w:val="00D94E04"/>
+    <w:rsid w:val="00DA6669"/>
+    <w:rsid w:val="00DC646F"/>
+    <w:rsid w:val="00DE06AC"/>
+    <w:rsid w:val="00E31099"/>
+    <w:rsid w:val="00F51F7E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="22529"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5D342A4D"/>
-  <w15:docId w15:val="{8929F24E-35B6-47F7-BF79-3EE2F581E0A7}"/>
+  <w14:docId w14:val="5C3D02B9"/>
+  <w15:docId w15:val="{E0F8F15A-CE5F-4367-B40C-6FB6C3963F2D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3290,167 +3816,336 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="004152A7"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek1">
     <w:name w:val="heading 1"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek1Znak"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
+    <w:rsid w:val="004152A7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="26"/>
       <w:ind w:left="2198"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
     <w:name w:val="Nagłówek 1 Znak"/>
     <w:link w:val="Nagwek1"/>
+    <w:rsid w:val="004152A7"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Bezodstpw">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B572CF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Teksttreci6">
+    <w:name w:val="Tekst treści (6)_"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Teksttreci60"/>
+    <w:locked/>
+    <w:rsid w:val="00B572CF"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Teksttreci60">
+    <w:name w:val="Tekst treści (6)"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="Teksttreci6"/>
+    <w:rsid w:val="00B572CF"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:spacing w:before="420" w:after="240" w:line="365" w:lineRule="exact"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="NagwekZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C662C9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C662C9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Stopka">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="StopkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C662C9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
+    <w:name w:val="Stopka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Stopka"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C662C9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Teksttreci2">
+    <w:name w:val="Tekst treści (2)_"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Teksttreci20"/>
+    <w:rsid w:val="00F51F7E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Teksttreci20">
+    <w:name w:val="Tekst treści (2)"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="Teksttreci2"/>
+    <w:rsid w:val="00F51F7E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:spacing w:before="600" w:after="480" w:line="0" w:lineRule="atLeast"/>
+      <w:ind w:hanging="460"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalny1">
+    <w:name w:val="Normalny1"/>
+    <w:rsid w:val="00F51F7E"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="132867071">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="241642598">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -3458,51 +4153,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -3658,58 +4353,87 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E076D1C-B21B-476F-BD30-C6E769E987F6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>4260</Characters>
+  <Pages>3</Pages>
+  <Words>780</Words>
+  <Characters>4681</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>9</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>39</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Tytuł</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>UMIESZCZENIE</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4960</CharactersWithSpaces>
+  <CharactersWithSpaces>5451</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>UMIESZCZENIE</dc:title>
-[...2 lines deleted...]
-  <cp:keywords/>
+  <dc:title>WNIOSEK o wydanie zezwolenia na umieszczenie urządzeń w pasie drogowym</dc:title>
+  <dc:creator/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>