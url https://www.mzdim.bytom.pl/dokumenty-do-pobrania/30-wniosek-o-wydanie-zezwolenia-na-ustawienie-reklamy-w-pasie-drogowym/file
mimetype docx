--- v0 (2026-01-13)
+++ v1 (2026-02-27)
@@ -1,1323 +1,1330 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00B71E19" w:rsidRDefault="007E14F2">
+    <w:p w14:paraId="2ABA73EE" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRDefault="00B54969">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="2148"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:pict>
+        <w:pict w14:anchorId="3283563C">
           <v:group id="Group 2703" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:5.85pt;margin-top:-7.7pt;width:478.55pt;height:65.25pt;z-index:-251658240" coordsize="60775,8287">
             <v:shape id="Picture 7" o:spid="_x0000_s1029" style="position:absolute;width:10850;height:6854" coordsize="60775,8287" o:spt="100" adj="0,,0" path="" filled="f">
               <v:stroke joinstyle="round"/>
               <v:imagedata r:id="rId7" o:title="image0"/>
               <v:formulas/>
               <v:path o:connecttype="segments"/>
             </v:shape>
             <v:shape id="Shape 8" o:spid="_x0000_s1028" style="position:absolute;top:8287;width:60577;height:0" coordsize="6057773,0" path="m,l6057773,e" filled="f" fillcolor="black" strokeweight=".17625mm">
               <v:fill opacity="0"/>
             </v:shape>
             <v:shape id="Picture 10" o:spid="_x0000_s1027" style="position:absolute;left:53719;width:7055;height:7997" coordsize="6057773,0" o:spt="100" adj="0,,0" path="" filled="f">
               <v:stroke joinstyle="round"/>
               <v:imagedata r:id="rId8" o:title="image10"/>
               <v:formulas/>
               <v:path o:connecttype="segments"/>
             </v:shape>
           </v:group>
         </w:pict>
       </w:r>
       <w:r w:rsidR="0021581A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">       Miejski Zarząd Dróg i Mostów </w:t>
       </w:r>
       <w:r w:rsidR="0021581A">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRDefault="0021581A">
+    <w:p w14:paraId="4DFE3D83" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRDefault="0021581A">
       <w:pPr>
         <w:spacing w:after="5"/>
         <w:ind w:right="5"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">          41 – 902 Bytom, ul. Smolenia 35 </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRDefault="0021581A">
+    <w:p w14:paraId="2D8AB271" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRDefault="0021581A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="9" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                               Regon 240136989         NIP 626 – 279 – 11 – 35  </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRDefault="0021581A">
+    <w:p w14:paraId="3CEC6973" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRDefault="0021581A">
       <w:pPr>
         <w:spacing w:after="4"/>
         <w:ind w:right="1099"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRDefault="0021581A">
+    <w:p w14:paraId="549636CB" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRDefault="0021581A">
       <w:pPr>
         <w:spacing w:after="5"/>
         <w:ind w:left="10" w:right="-12" w:hanging="10"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Bytom, dnia . . . . . . . . . . . . . . . . .  </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRDefault="0021581A" w:rsidP="00D91A1D">
+    <w:p w14:paraId="21C0F7AB" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRDefault="0021581A" w:rsidP="00D91A1D">
       <w:pPr>
         <w:spacing w:after="4"/>
         <w:ind w:left="14"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . .  </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRDefault="0021581A">
+    <w:p w14:paraId="02EA2082" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRDefault="0021581A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="2119" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">/imię i nazwisko/ </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRDefault="0021581A">
+    <w:p w14:paraId="6AEDD658" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRDefault="0021581A">
       <w:pPr>
         <w:spacing w:after="78"/>
         <w:ind w:left="14"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRDefault="0021581A">
+    <w:p w14:paraId="4144D3E0" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRDefault="0021581A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="9" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRDefault="0021581A">
+    <w:p w14:paraId="08810422" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRDefault="0021581A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="2119" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">/adres i telefon/ </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRDefault="0021581A">
+    <w:p w14:paraId="588831F7" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRDefault="0021581A">
       <w:pPr>
         <w:spacing w:after="76"/>
         <w:ind w:left="2138"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRDefault="0021581A">
+    <w:p w14:paraId="7BF1B19C" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRDefault="0021581A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="9" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRDefault="0021581A">
+    <w:p w14:paraId="0237A88F" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRDefault="0021581A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="24" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">/wnioskodawca (firma, osoba fizyczna) – podmiot zajmujący pas drogowy/ </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRDefault="0021581A">
+    <w:p w14:paraId="2C4A253B" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRDefault="0021581A">
       <w:pPr>
         <w:spacing w:after="73"/>
         <w:ind w:left="2138"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRDefault="0021581A">
+    <w:p w14:paraId="33831384" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRDefault="0021581A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="9" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRDefault="0021581A">
+    <w:p w14:paraId="46907995" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRDefault="0021581A">
       <w:pPr>
         <w:spacing w:after="49"/>
         <w:ind w:left="2119" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">/siedziba/ </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRDefault="0021581A">
+    <w:p w14:paraId="2F951FAC" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRDefault="0021581A">
       <w:pPr>
         <w:spacing w:after="15"/>
         <w:ind w:left="14"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRDefault="0021581A">
+    <w:p w14:paraId="06ECDB76" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRDefault="0021581A">
       <w:pPr>
         <w:spacing w:after="45"/>
         <w:ind w:left="9" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>NIP .</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> . . . . . . . . . . . . . . . . . . . . . . .          </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>PESEL/REGON</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  . . . . . . . . . . . . . . . . . .  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRDefault="0021581A">
+    <w:p w14:paraId="47ABE667" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRDefault="0021581A">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">WNIOSEK  O  WYDANIE  ZEZWOLENIA  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRDefault="0021581A">
+    <w:p w14:paraId="28B2E186" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRDefault="0021581A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="6"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">NA  USTAWIENIE  REKLAMY  W  PASIE  DROGOWYM </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00115BF0" w:rsidRDefault="00115BF0" w:rsidP="00115BF0">
+    <w:p w14:paraId="71829EEE" w14:textId="77777777" w:rsidR="00115BF0" w:rsidRDefault="00115BF0" w:rsidP="00115BF0">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="162"/>
         <w:sectPr w:rsidR="00115BF0" w:rsidSect="006307BB">
-          <w:footerReference w:type="default" r:id="rId9"/>
+          <w:headerReference w:type="even" r:id="rId9"/>
+          <w:headerReference w:type="default" r:id="rId10"/>
+          <w:footerReference w:type="even" r:id="rId11"/>
+          <w:footerReference w:type="default" r:id="rId12"/>
+          <w:headerReference w:type="first" r:id="rId13"/>
+          <w:footerReference w:type="first" r:id="rId14"/>
           <w:pgSz w:w="11899" w:h="16841"/>
           <w:pgMar w:top="852" w:right="827" w:bottom="1037" w:left="1404" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRDefault="00115BF0" w:rsidP="00115BF0">
+    <w:p w14:paraId="3B17F4B7" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRDefault="00115BF0" w:rsidP="00115BF0">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="162"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Nowa reklama</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00115BF0" w:rsidRDefault="00115BF0" w:rsidP="00115BF0">
+    <w:p w14:paraId="2113EBD2" w14:textId="77777777" w:rsidR="00115BF0" w:rsidRDefault="00115BF0" w:rsidP="00115BF0">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="162"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Istniejąca reklama</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00115BF0" w:rsidRDefault="00115BF0">
+    <w:p w14:paraId="144A9AE1" w14:textId="77777777" w:rsidR="00115BF0" w:rsidRDefault="00115BF0">
       <w:pPr>
         <w:spacing w:after="122" w:line="251" w:lineRule="auto"/>
         <w:ind w:left="9" w:hanging="10"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:sectPr w:rsidR="00115BF0" w:rsidSect="00115BF0">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11899" w:h="16841"/>
           <w:pgMar w:top="852" w:right="827" w:bottom="1037" w:left="1404" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:num="2" w:space="708"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRDefault="0021581A">
+    <w:p w14:paraId="0D245713" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRDefault="0021581A">
       <w:pPr>
         <w:spacing w:after="122" w:line="251" w:lineRule="auto"/>
         <w:ind w:left="9" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Zwracam się z prośbą o wydanie zezwolenia na ustawienie tablicy reklamowej </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>(jedno / dwustronna )</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">* </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRDefault="0021581A">
+    <w:p w14:paraId="462D2342" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRDefault="0021581A">
       <w:pPr>
         <w:spacing w:after="106" w:line="251" w:lineRule="auto"/>
         <w:ind w:left="9" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">w Bytomiu przy : . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRDefault="0021581A">
+    <w:p w14:paraId="4CAE6D06" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRDefault="0021581A">
       <w:pPr>
         <w:spacing w:after="149" w:line="251" w:lineRule="auto"/>
         <w:ind w:left="9" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . .  . . . . . . . . . </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D91A1D" w:rsidRDefault="0021581A">
+    <w:p w14:paraId="5A99550C" w14:textId="77777777" w:rsidR="00D91A1D" w:rsidRDefault="0021581A">
       <w:pPr>
         <w:spacing w:after="67" w:line="356" w:lineRule="auto"/>
         <w:ind w:left="9" w:right="4168" w:hanging="10"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. w obrębie chodnika,  pobocza </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">(zieleńca) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">* </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRDefault="0021581A">
+    <w:p w14:paraId="47608D58" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRDefault="0021581A">
       <w:pPr>
         <w:spacing w:after="67" w:line="356" w:lineRule="auto"/>
         <w:ind w:left="9" w:right="4168" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Powierzchnia tablicy reklamowej :   </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRDefault="0021581A">
+    <w:p w14:paraId="5E1B3698" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRDefault="0021581A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="142" w:line="251" w:lineRule="auto"/>
         <w:ind w:hanging="182"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>wysokość . . . . . . . . . . .  x  szerokość . . . . . . . . . . .     =  . . . . . . . . . . .  m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRDefault="0021581A">
+    <w:p w14:paraId="550A45F3" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRDefault="0021581A">
       <w:pPr>
         <w:spacing w:after="57"/>
         <w:ind w:left="14"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRDefault="0021581A">
+    <w:p w14:paraId="062A683A" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRDefault="0021581A">
       <w:pPr>
         <w:spacing w:after="179" w:line="251" w:lineRule="auto"/>
         <w:ind w:left="9" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Planowany  okres zajęcia od dnia . . . . . . . . . . . . . . . . . . . . . . . . . . . do dnia . . . . . . . . . . . . . . . . . . . . . . . . . . .  </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRDefault="0021581A">
+    <w:p w14:paraId="23ED3098" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRDefault="0021581A">
       <w:pPr>
         <w:spacing w:after="138" w:line="251" w:lineRule="auto"/>
         <w:ind w:left="9" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Imię, nazwisko i telefon osoby odpowiedzialnej za reklamę  . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRDefault="0021581A">
+    <w:p w14:paraId="5D6E018C" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRDefault="0021581A">
       <w:pPr>
         <w:spacing w:after="0" w:line="357" w:lineRule="auto"/>
         <w:ind w:left="9" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">………………... . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . .  </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00831520" w:rsidRDefault="00831520" w:rsidP="00831520">
+    <w:p w14:paraId="603E38E4" w14:textId="77777777" w:rsidR="00831520" w:rsidRDefault="00831520" w:rsidP="00831520">
       <w:pPr>
         <w:spacing w:after="190"/>
         <w:ind w:left="14"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">prawidłowe podkreślić / </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00831520" w:rsidRDefault="00831520" w:rsidP="00D91A1D">
+    <w:p w14:paraId="4E196549" w14:textId="77777777" w:rsidR="00831520" w:rsidRDefault="00831520" w:rsidP="00D91A1D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="14"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="00D91A1D">
+    <w:p w14:paraId="3F4F6EEC" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="00D91A1D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="14"/>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:t>Do wniosku należy dołączyć :</w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="00D91A1D">
+    <w:p w14:paraId="655F1F8F" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="00D91A1D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="251" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>plan sytuacyjny w skali 1 : 1000</w:t>
       </w:r>
       <w:r w:rsidR="004C4BEB" w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> z zaznaczeniem miejsca reklamy, nr działki (</w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">zdjęcie), </w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="00D91A1D">
+    <w:p w14:paraId="0D4AAA43" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="00D91A1D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="251" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>opinię z Wydziału Architektury Urzędu Miejskiego w Bytomiu dot.: grafiki i lokalizacji wnioskowanej reklam</w:t>
       </w:r>
       <w:r w:rsidR="005F6561" w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>y,</w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="00D91A1D">
+    <w:p w14:paraId="047282BE" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="00D91A1D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="251" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">opinię </w:t>
       </w:r>
       <w:r w:rsidR="004C4BEB" w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Działu Inżynierii Ruchu Drogowego w </w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">MZDiM Bytom dot.: lokalizacji tablicy reklamowej, </w:t>
       </w:r>
       <w:r w:rsidR="00697D9C" w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>wymiarów, sposobu montażu, grafiki/ wizualizacji.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00831520" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="00831520">
+    <w:p w14:paraId="380E618E" w14:textId="77777777" w:rsidR="00831520" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="00831520">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="251" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>kserokopię zaświadczenia o wpisie do ewidencji dz</w:t>
       </w:r>
       <w:r w:rsidR="00831520" w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">iałalności gospodarczej lub KRS, , </w:t>
       </w:r>
       <w:r w:rsidR="00831520" w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">a w przypadku materiałów/reklam wyborczych - kopię zawiadomienia właściwego organu wyborczego o utworzeniu komitetu wyborczego oraz kopię postanowienia wydanego przez właściwy organ wyborczy o przyjęciu zawiadomienia, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00831520" w:rsidRPr="00831520" w:rsidRDefault="00831520" w:rsidP="00831520">
+    <w:p w14:paraId="1AC156B6" w14:textId="77777777" w:rsidR="00831520" w:rsidRPr="00831520" w:rsidRDefault="00831520" w:rsidP="00831520">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="251" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">pisemną zgodę właściciela urządzeń energetycznych, telekomunikacyjnych i in. zlokalizowanych w pasie drogowym (w przypadku wnioskowania o wydanie zezwolenia na wykorzystanie infrastruktury pasa drogowego), </w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="00092230" w:rsidP="00831520">
+    <w:p w14:paraId="06283A98" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="00092230" w:rsidP="00831520">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="251" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00831520" w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>ryginał lub urzędowo poświadczony odpis pełnomocnictwa wraz z dowodem zapłaty należnej opłaty skarbowej, a w przypadku umieszczania materiałów wyborczych: pełnomocnictwo udzielone przez komitet wyborczy osoby składającej wniosek – może to być pełnomocnik finansowy komitetu wyborczego bądź osoba posiadająca pełnomocnictwo zarówno komitetu wyborczego, jak i upoważnienie pełnomocnika finansowego do zaciągania zobowiązań finansowych. W przypadku, gdy wniosek będzie podpisany przez inną osobę niż</w:t>
       </w:r>
       <w:r w:rsidR="00831520" w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00831520" w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>pełnomocnik finansowy – pisemna zgoda pełnomocnika finansowego na zaciągnięcie zobowiązania finansowego w postaci opłaty za zajęcie pasa drogowego z tytułu umieszczenia plakatów wyborczych.</w:t>
       </w:r>
       <w:r w:rsidR="00831520" w:rsidRPr="00831520">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRDefault="0021581A">
+    <w:p w14:paraId="505C8EB8" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRDefault="0021581A">
       <w:pPr>
         <w:spacing w:after="49"/>
         <w:ind w:left="14"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRDefault="0021581A">
+    <w:p w14:paraId="09DBF6D9" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRDefault="0021581A">
       <w:pPr>
         <w:spacing w:after="170"/>
         <w:ind w:left="9" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Upoważniam . . . . . . . . . . . . . . . . . . . . . . . . . . . . . do odbioru pism i decyzji. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRDefault="0021581A" w:rsidP="00D91A1D">
+    <w:p w14:paraId="569999AE" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRDefault="0021581A" w:rsidP="00D91A1D">
       <w:pPr>
         <w:spacing w:after="6"/>
         <w:ind w:left="14"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D91A1D">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D91A1D">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D91A1D">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D91A1D">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D91A1D">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D91A1D">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D91A1D">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D91A1D">
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. . . . . . . . . . . . . .. . . . . . . . . . . . . . . . . . . </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRDefault="0021581A">
+    <w:p w14:paraId="5DA9808D" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRDefault="0021581A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="945"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">/podpis i pieczęć wnioskodawcy/ </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F6561" w:rsidRDefault="0021581A" w:rsidP="00831520">
+    <w:p w14:paraId="4AB580FB" w14:textId="77777777" w:rsidR="005F6561" w:rsidRDefault="0021581A" w:rsidP="00831520">
       <w:pPr>
         <w:spacing w:after="46"/>
         <w:ind w:left="9" w:hanging="10"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="0027182B">
+    <w:p w14:paraId="3021FC45" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="0027182B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="284"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Właściciele reklam zobowiązani są do : </w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="008B37F3">
+    <w:p w14:paraId="22D7A9CD" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="008B37F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="181" w:hanging="181"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">uzyskania informacji o przebiegu uzbrojenia i warunków technicznych jego zabezpieczenia w celu uniknięcia kolizji    konstrukcji reklamy z tym uzbrojeniem, </w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="008B37F3">
+    <w:p w14:paraId="4699E2EE" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="008B37F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="181" w:hanging="181"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">utrzymania tablic reklamowych w estetycznym stanie, </w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="008B37F3">
+    <w:p w14:paraId="18A3ACEA" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="008B37F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="181" w:hanging="181"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">wykoszenia trawy w obrębie ustawionych tablic, </w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002732C8" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="008B37F3">
+    <w:p w14:paraId="5A2D486D" w14:textId="77777777" w:rsidR="002732C8" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="008B37F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="181" w:hanging="181"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">w przypadku stwierdzenia złego stanu technicznego reklamy (tablicy informacyjnej) do natychmiastowego usunięcia     jej z pasa drogowego, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="008B37F3">
+    <w:p w14:paraId="16405903" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="008B37F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="181" w:hanging="181"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">czasowego usuwania na koszt właściciela reklamy lub tablicy informacyjnej w przypadku konieczności         przeprowadzenia prac związanych z przebudową lub utrzymaniem drogi, po otrzymaniu pisemnego wezwania     zarządu  drogi, </w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="008B37F3">
+    <w:p w14:paraId="3DA392A5" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="008B37F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="181" w:hanging="181"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">dokonywania stosownych opłat za </w:t>
       </w:r>
       <w:r w:rsidR="00115BF0" w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>użytkowanie tablicy reklamowej</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006307BB" w:rsidRPr="00831520" w:rsidRDefault="00115BF0" w:rsidP="006307BB">
+    <w:p w14:paraId="473D9384" w14:textId="77777777" w:rsidR="006307BB" w:rsidRPr="00831520" w:rsidRDefault="00115BF0" w:rsidP="006307BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="181" w:hanging="181"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>dostarczenie opinii Wydziału Architektury, która jest ważna 1 rok o ile nie ulegną zmianie: konstrukcja, gabaryty, lub inne parametry mające wpływ na zgodność</w:t>
       </w:r>
       <w:r w:rsidR="00AD7332" w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -1353,113 +1360,113 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Architektury.</w:t>
       </w:r>
       <w:r w:rsidR="006307BB" w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0021581A" w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="0027182B">
+    <w:p w14:paraId="2051050C" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="0027182B">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="284"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Warunki ustawiania tablic reklamowych w pasie drogowym na terenie miasta Bytomia</w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> :</w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="008B37F3">
+    <w:p w14:paraId="5F3B6BE2" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="008B37F3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="9" w:hanging="10"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">W celu wykluczenia elementów kojarzących się z informacją drogową, należy uzgodnić z Miejskim Zarządem  Dróg i Mostów następujące warunki :  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="008B37F3">
+    <w:p w14:paraId="05A6A4BB" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="008B37F3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="9" w:hanging="10"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a/</w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> grafikę, kolorystykę oraz wymiary tablicy nie powinny kojarzyć się z znakami dr</w:t>
       </w:r>
@@ -1483,643 +1490,642 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">z materiałów odblaskowych, </w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="008B37F3">
+    <w:p w14:paraId="650A556D" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="008B37F3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="9" w:hanging="10"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">b/ </w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">lokalizację tej tablicy z wykluczeniem : </w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="008B37F3">
+    <w:p w14:paraId="587C18FA" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="008B37F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="182"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">obrębu skrzyżowań ulic, </w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="008B37F3">
+    <w:p w14:paraId="2BD71B9E" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="008B37F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="182"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">wiaduktów drogowych i kolejowych, </w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0021261C" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="008B37F3">
+    <w:p w14:paraId="764B4C58" w14:textId="77777777" w:rsidR="0021261C" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="008B37F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="182"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">wszystkich innych elementów znajdujących się bezpośrednio nad jezdnią, </w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0021261C" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="008B37F3">
+    <w:p w14:paraId="41BCC4E7" w14:textId="77777777" w:rsidR="0021261C" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="008B37F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="182"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">na odcinkach ulic, o silnym zagęszczeniu informacji drogowej,     </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="008B37F3">
+    <w:p w14:paraId="01DAB25B" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="008B37F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="182"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">na odcinkach ulic, na których odbywają się roboty drogowe. </w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="00CA384E">
+    <w:p w14:paraId="3DF8F7C5" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="00CA384E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="10"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>c/</w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> konstrukcje i sposób montażu tablicy : </w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="004E1F2D" w:rsidP="004E1F2D">
+    <w:p w14:paraId="13460894" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="004E1F2D" w:rsidP="004E1F2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidR="0021581A" w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>lico tablicy winno być ustawione pod innym kątem niż 90</w:t>
       </w:r>
       <w:r w:rsidR="0021581A" w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">o </w:t>
       </w:r>
       <w:r w:rsidR="0021581A" w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">w stosunku do osi jezdni, </w:t>
       </w:r>
       <w:r w:rsidR="0021581A" w:rsidRPr="00831520">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B37F3" w:rsidRPr="00831520" w:rsidRDefault="004E1F2D" w:rsidP="004E1F2D">
+    <w:p w14:paraId="00C3CF3D" w14:textId="77777777" w:rsidR="008B37F3" w:rsidRPr="00831520" w:rsidRDefault="004E1F2D" w:rsidP="004E1F2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidR="0021581A" w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">dolna krawędź tablicy winna zachować min. 2,5m od nawierzchni chodnika lub pobocza,     </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B37F3" w:rsidRPr="00831520" w:rsidRDefault="004E1F2D" w:rsidP="00CA384E">
+    <w:p w14:paraId="72F216D9" w14:textId="77777777" w:rsidR="008B37F3" w:rsidRPr="00831520" w:rsidRDefault="004E1F2D" w:rsidP="00CA384E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0021581A" w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="0021261C" w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="0021581A" w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">tablica łącznie z konstrukcją nie powinna wchodzić w skrajnię drogową,    </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="00CA384E">
+    <w:p w14:paraId="4C636BCF" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="00CA384E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - tablica nie powinna zasłaniać istniejących znaków drogowych. </w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0021261C" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="006307BB">
+    <w:p w14:paraId="1D2BB5A6" w14:textId="77777777" w:rsidR="0021261C" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="006307BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="10"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>d/</w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> tablica reklamowa nie może stanowić ZAGROŻENIA zarówno dla ruchu kołowego jak i ruchu pieszego. </w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0021261C" w:rsidRPr="00831520" w:rsidRDefault="0021261C" w:rsidP="00831520">
+    <w:p w14:paraId="30E465CA" w14:textId="77777777" w:rsidR="0021261C" w:rsidRPr="00831520" w:rsidRDefault="0021261C" w:rsidP="00831520">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Odpowiedzialność wnioskodawcy:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="00825BD5">
+    <w:p w14:paraId="4521D0F9" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="00825BD5">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="87"/>
         <w:ind w:left="142" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Pełną odpowiedzialność za tablicę reklamową ustawioną w pasie dr</w:t>
       </w:r>
       <w:r w:rsidR="0021261C" w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ogowym, ponosi jej </w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">właściciel. </w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="004E1F2D">
+    <w:p w14:paraId="3D5AAB16" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="004E1F2D">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="28"/>
         <w:ind w:left="142" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Wnioskodawcę poucza się, że za zajęcie pasa drogowego bez zezwolenia, tj.: za samowolne zajęcie pasa drogowego, przekroczenie terminu zajęcia pasa drogowego lub zajęcie większej powierzchni niż określona w zezwoleniu wymierza się 10-krotną karę pieniężną zgodnie z art. 40 ust. 12 ustawy o drogach publicznych. </w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00825BD5" w:rsidRPr="00831520" w:rsidRDefault="000C0309" w:rsidP="006307BB">
+    <w:p w14:paraId="5A624188" w14:textId="77777777" w:rsidR="00825BD5" w:rsidRPr="00831520" w:rsidRDefault="000C0309" w:rsidP="006307BB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="142" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   - </w:t>
       </w:r>
       <w:r w:rsidR="00825BD5" w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E1F2D" w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Wnioskodawcę poucza się, że umieszczenie tablicy reklamowej lub urządzenia reklamowego w pasie drogowym nie może naruszać przepisów Uchwały NR LXXIII/931/23 Rady Miejskiej w Bytomiu z dnia 30 stycznia 2023 r. w sprawie ustalenia zasad i warunków sytuowania obiektów małej architektury, tablic reklamowych i urządzeń reklamowych oraz ogrodzeń w Bytomiu. Podmiot, który umieścił tablicę reklamową lub urządzenie reklamowe niezgodne z przepisami uchwały podlega karze pieniężnej na podstawie art. 37d ustawy z dnia 27 marca 2003 r. o planowaniu i zagospodarowaniu przestrzennym</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00831520" w:rsidRPr="00831520" w:rsidRDefault="00831520" w:rsidP="0027182B">
+    <w:p w14:paraId="0678F6BF" w14:textId="77777777" w:rsidR="00831520" w:rsidRPr="00831520" w:rsidRDefault="00831520" w:rsidP="0027182B">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="14" w:hanging="298"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00831520" w:rsidRPr="00831520" w:rsidRDefault="00831520" w:rsidP="0027182B">
+    <w:p w14:paraId="699EA5EC" w14:textId="77777777" w:rsidR="00831520" w:rsidRPr="00831520" w:rsidRDefault="00831520" w:rsidP="0027182B">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="14" w:hanging="298"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00831520" w:rsidRDefault="00831520" w:rsidP="00831520">
+    <w:p w14:paraId="065032D8" w14:textId="77777777" w:rsidR="00831520" w:rsidRDefault="00831520" w:rsidP="00831520">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="0027182B">
+    <w:p w14:paraId="4DBB2F5B" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="0027182B">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="14" w:hanging="298"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Uwagi : </w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0027182B" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="0011284F">
+    <w:p w14:paraId="21149A51" w14:textId="77777777" w:rsidR="0027182B" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="0011284F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Niniejszy wniosek należy składać w Miejskim Zarządzie Dróg i Mostów</w:t>
       </w:r>
       <w:r w:rsidR="000C0309" w:rsidRPr="00831520">
         <w:rPr>
@@ -2232,208 +2238,208 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>wego</w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ze względu na : </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0027182B" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="0011284F">
+    <w:p w14:paraId="2E70CA40" w14:textId="77777777" w:rsidR="0027182B" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="0011284F">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>przewidziany w art.129 §2 KPA termin na wniesienie odwołania i zapis art.130 §1 KPA, iż przed upływem terminu</w:t>
       </w:r>
       <w:r w:rsidR="0027182B" w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">do wniesienia odwołania decyzja nie ulega wykonaniu, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="0011284F">
+    <w:p w14:paraId="380BD543" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="0011284F">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">niezbędny czas do doręczenia pisma przewidziany w art.39 KPA. </w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00831520" w:rsidRPr="00831520" w:rsidRDefault="0027182B" w:rsidP="0011284F">
+    <w:p w14:paraId="39014747" w14:textId="77777777" w:rsidR="00831520" w:rsidRPr="00831520" w:rsidRDefault="0027182B" w:rsidP="0011284F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0021581A" w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Jeżeli wniosek zostanie złożony z krótszym wyprzedzeniem terminu, za</w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>rząd drogi może odmówić wydania</w:t>
       </w:r>
       <w:r w:rsidR="0011284F" w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0021581A" w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>zezwolenia na zajęcie pasa drogowego.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00831520" w:rsidRPr="00831520" w:rsidRDefault="00831520" w:rsidP="00831520">
+    <w:p w14:paraId="011843C4" w14:textId="77777777" w:rsidR="00831520" w:rsidRPr="00831520" w:rsidRDefault="00831520" w:rsidP="00831520">
       <w:pPr>
         <w:pStyle w:val="Teksttreci20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-284"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Do zajęcia wnioskowanego miejsca upoważnia posiadanie przez wnioskodawcę oryginału decyzji administracyjnej na zajęcie pasa drogowego lub umowy na dzierżawę drogi wewnętrznej / innych terenów – odebranej najpóźniej w dniu rozpoczynającym zajęcie. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="00831520">
+    <w:p w14:paraId="1AEC68EF" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021581A" w:rsidP="00831520">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -2471,596 +2477,644 @@
       </w:r>
       <w:r w:rsidR="0027182B" w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021261C" w:rsidP="0011284F">
+    <w:p w14:paraId="7A824B2D" w14:textId="77777777" w:rsidR="00B71E19" w:rsidRPr="00831520" w:rsidRDefault="0021261C" w:rsidP="0011284F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:hanging="323"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="0027182B" w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="0021581A" w:rsidRPr="00831520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Stawki opłat za zajęcia pasa drogowego ustalone zostały Uchwałą Nr XXVI/376/04 Rady Miejskiej w Bytomiu z dnia 26 maja 2004 r.   </w:t>
       </w:r>
       <w:r w:rsidR="0021581A" w:rsidRPr="00831520">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00193118" w:rsidRPr="00831520" w:rsidRDefault="00193118">
+    <w:p w14:paraId="738AE515" w14:textId="77777777" w:rsidR="00193118" w:rsidRPr="00831520" w:rsidRDefault="00193118">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="452" w:hanging="323"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00193118" w:rsidRPr="00831520" w:rsidSect="00831520">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11899" w:h="16841"/>
       <w:pgMar w:top="567" w:right="828" w:bottom="1038" w:left="1406" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="004C4BEB">
+    <w:p w14:paraId="0E7BDF04" w14:textId="77777777" w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="004C4BEB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="004C4BEB">
+    <w:p w14:paraId="1E8AF41B" w14:textId="77777777" w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="004C4BEB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5D13F5B5" w14:textId="77777777" w:rsidR="00B54969" w:rsidRDefault="00B54969">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0CDB35A1" w14:textId="77777777" w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
     <w:pPr>
       <w:pStyle w:val="Teksttreci60"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
       <w:spacing w:before="0" w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:b w:val="0"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b w:val="0"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:u w:val="single"/>
       </w:rPr>
       <w:t xml:space="preserve">Klauzula Informacyjna </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
+  <w:p w14:paraId="50A5261F" w14:textId="77777777" w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>1. Administratorem Danych Osobowych jest:</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve"> Miejski Zarząd Dróg i Mostów, ul. Smolenia 35, 41-902 Bytom tel. 32 39 69 700, e-mail: sekretariat@mzdim.bytom.pl </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
+  <w:p w14:paraId="6AB45BC9" w14:textId="77777777" w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>2. Reprezentantem Administratora Danych Osobowych jest Dyrektor Miejskiego Zarządu Dróg i Mostów w Bytomiu.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
+  <w:p w14:paraId="243216C5" w14:textId="292BFB25" w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t>3. Dane kontaktowe Inspektora Ochrony Danych: Radosław Schejbal; e-mail: iod@mzdim.bytom.pl</w:t>
+      <w:t xml:space="preserve">3. Dane kontaktowe Inspektora Ochrony Danych: </w:t>
+    </w:r>
+    <w:r w:rsidR="00B54969" w:rsidRPr="00B54969">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>Ewelina Wysocka</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>; e-mail: iod@mzdim.bytom.pl</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
+  <w:p w14:paraId="30A05ADC" w14:textId="77777777" w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>4. Dane osobowe są przetwarzane przez Administratora w celu: realizacji zadań określonych przepisami prawa, wypełnienia obowiązku prawnego oraz wykonywania zadań przez organ publiczny.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
+  <w:p w14:paraId="12CA74DA" w14:textId="77777777" w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>5. Podstawy prawne przetwarzania: Rozporządzenie Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych) art 6 lit. a-e, w powiązaniu z przepisami prawa, w szczególności:</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
+  <w:p w14:paraId="7BF19B3F" w14:textId="77777777" w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>- Ustawa z dnia 10 maja 2018 r. o ochronie danych osobowych;</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
+  <w:p w14:paraId="7EDDA7BC" w14:textId="77777777" w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>- Ustawa z dnia 20 czerwca 1997 r. - Prawo o ruchu drogowym;</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
+  <w:p w14:paraId="1878CE36" w14:textId="77777777" w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>- Uchwała Nr XLIV/680/05 z dnia 29 czerwca 2005 r. o utworzeniu jednostki budżetowej pod nazwą: Miejski Zarząd Dróg i Mostów w Bytomiu;</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
+  <w:p w14:paraId="6D8BAB48" w14:textId="77777777" w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t xml:space="preserve">- Uchwała Rady Miejskiej w Bytomiu nr </w:t>
+      <w:t>- Uchwała Rady Miejskiej w Bytomiu nr NR XVIII/242/15 z dnia 23.11.2015 r. dotycząca Strefy Płatnego Parkowania.</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-    <w:r>
+  </w:p>
+  <w:p w14:paraId="2236D5CE" w14:textId="77777777" w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t>NR</w:t>
-[...1 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
+    </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t xml:space="preserve"> XVIII/242/15 z dnia 23.11.2015 r. dotycząca Strefy Płatnego Parkowania.</w:t>
+      <w:t>6. Odbiorcami danych osobowych są osoby fizyczne i prawne na podstawie przepisów prawa.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
+  <w:p w14:paraId="2CB50200" w14:textId="77777777" w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t>6. Odbiorcami danych osobowych są osoby fizyczne i prawne na podstawie przepisów prawa.</w:t>
+      <w:t>7. Dane osobowe będą przetwarzane przez czas określony przepisami prawa, w szczególności w celach archiwalnych.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
+  <w:p w14:paraId="371A7C63" w14:textId="77777777" w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t>7. Dane osobowe będą przetwarzane przez czas określony przepisami prawa, w szczególności w celach archiwalnych.</w:t>
+      <w:t>8. Prawa przysługujące osobie, której dane są przetwarzane:</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
+  <w:p w14:paraId="0E22B942" w14:textId="77777777" w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t>8. Prawa przysługujące osobie, której dane są przetwarzane:</w:t>
+      <w:t>Osoba, której dane dotyczą ma prawo dostępu do treści swoich danych oraz prawo do ich sprostowania, ograniczenia przetwarzania, prawo do przenoszenia danych, prawo do wniesienia sprzeciwu, prawo do cofnięcia zgody w dowolnym momencie (jeżeli przetwarzanie odbywa się na podstawie zgody) oraz prawo do wniesienia skargi do organu nadzorczego, gdy uzna, iż przetwarzanie danych osobowych jego dotyczących narusza przepisy ogólnego rozporządzenia o ochronie danych osobowych z dnia 27 kwietnia 2016 r. (UE 2016/679).</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
+  <w:p w14:paraId="6529E3E7" w14:textId="77777777" w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t>Osoba, której dane dotyczą ma prawo dostępu do treści swoich danych oraz prawo do ich sprostowania, ograniczenia przetwarzania, prawo do przenoszenia danych, prawo do wniesienia sprzeciwu, prawo do cofnięcia zgody w dowolnym momencie (jeżeli przetwarzanie odbywa się na podstawie zgody) oraz prawo do wniesienia skargi do organu nadzorczego, gdy uzna, iż przetwarzanie danych osobowych jego dotyczących narusza przepisy ogólnego rozporządzenia o ochronie danych osobowych z dnia 27 kwietnia 2016 r. (UE 2016/679).</w:t>
+      <w:t>9. Podanie danych osobowych jest dobrowolne, jednakże w celu realizacji zadań objętych przepisami prawa jest niezbędne. W niniejszym przypadku jest wymogiem prawnym oraz warunkiem realizacji prawnie uzasadnionych interesów: administratora oraz osób, których dane są przetwarzane.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
+  <w:p w14:paraId="13190756" w14:textId="77777777" w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t>9. Podanie danych osobowych jest dobrowolne, jednakże w celu realizacji zadań objętych przepisami prawa jest niezbędne. W niniejszym przypadku jest wymogiem prawnym oraz warunkiem realizacji prawnie uzasadnionych interesów: administratora oraz osób, których dane są przetwarzane.</w:t>
+      <w:t>10 W trakcie przetwarzania Państwa danych osobowych nie dochodzi do wyłącznie zautomatyzowanego podejmowania decyzji ani do profilowania, o których mowa w art.22 ust. 1 i 4 RODO. Oznacza to, że żadne decyzje nie będą zapadać wyłącznie automatycznie oraz, że nie buduje się żadnych profili.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
+  <w:p w14:paraId="423B2FBB" w14:textId="77777777" w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t>10 W trakcie przetwarzania Państwa danych osobowych nie dochodzi do wyłącznie zautomatyzowanego podejmowania decyzji ani do profilowania, o których mowa w art.22 ust. 1 i 4 RODO. Oznacza to, że żadne decyzje nie będą zapadać wyłącznie automatycznie oraz, że nie buduje się żadnych profili.</w:t>
-[...17 lines deleted...]
-      </w:rPr>
       <w:t>11. W przypadku uznania, iż przetwarzanie przez Administratora Państwa danych osobowych narusza przepisy RODO, przysługuje Państwu prawo do wniesienia skargi do Prezesa Urzędu Ochrony Danych Osobowych, ul. Stawki 2, 00-193 Warszawa.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
+  <w:p w14:paraId="73A2E954" w14:textId="77777777" w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="0011284F" w:rsidRPr="00E053C7" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
+  <w:p w14:paraId="4BDE37E5" w14:textId="77777777" w:rsidR="0011284F" w:rsidRPr="00E053C7" w:rsidRDefault="0011284F" w:rsidP="00E053C7">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="77746582" w14:textId="77777777" w:rsidR="00B54969" w:rsidRDefault="00B54969">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="004C4BEB">
+    <w:p w14:paraId="75C98BDB" w14:textId="77777777" w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="004C4BEB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="004C4BEB">
+    <w:p w14:paraId="40E93AA9" w14:textId="77777777" w:rsidR="0011284F" w:rsidRDefault="0011284F" w:rsidP="004C4BEB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3F168023" w14:textId="77777777" w:rsidR="00B54969" w:rsidRDefault="00B54969">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="42BD704C" w14:textId="77777777" w:rsidR="00B54969" w:rsidRDefault="00B54969">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="06FCBEEC" w14:textId="77777777" w:rsidR="00B54969" w:rsidRDefault="00B54969">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16112E66"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="74A8CC42"/>
     <w:lvl w:ilvl="0" w:tplc="6442A88C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -3140,51 +3194,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16DB0E4D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8620F922"/>
     <w:lvl w:ilvl="0" w:tplc="18DAA218">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="456"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -3352,51 +3406,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="BC661DEE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5954"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="220E24CB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6B8653BA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="pl-PL"/>
       </w:rPr>
@@ -3420,51 +3474,51 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="232D3089"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6D9A1180"/>
     <w:lvl w:ilvl="0" w:tplc="6040FEB4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3533,51 +3587,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27AF18E2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B3DA6464"/>
     <w:lvl w:ilvl="0" w:tplc="DD468880">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="182"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -3745,51 +3799,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="5DB2D0EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5774"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="489A0279"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F0B856DA"/>
     <w:lvl w:ilvl="0" w:tplc="66B6F444">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="182"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -3957,51 +4011,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="76CA7E7C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6134"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A331FF4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D71871BE"/>
     <w:lvl w:ilvl="0" w:tplc="0812D390">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="995" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1715" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -4047,51 +4101,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5315" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6035" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6755" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6FB54EA8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B1324E74"/>
     <w:lvl w:ilvl="0" w:tplc="6040FEB4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4160,371 +4214,616 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="282272422">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="353000538">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1848864440">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="294146131">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="753091264">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1835025624">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1051347394">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="2101025333">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B71E19"/>
     <w:rsid w:val="00092230"/>
     <w:rsid w:val="000C0309"/>
     <w:rsid w:val="0011284F"/>
     <w:rsid w:val="00115BF0"/>
     <w:rsid w:val="00162690"/>
     <w:rsid w:val="00175AB7"/>
     <w:rsid w:val="001832B8"/>
     <w:rsid w:val="00193118"/>
     <w:rsid w:val="0021261C"/>
     <w:rsid w:val="0021581A"/>
     <w:rsid w:val="0027182B"/>
     <w:rsid w:val="002732C8"/>
     <w:rsid w:val="00470864"/>
     <w:rsid w:val="00480738"/>
     <w:rsid w:val="004C4BEB"/>
     <w:rsid w:val="004E1F2D"/>
     <w:rsid w:val="00502406"/>
     <w:rsid w:val="005707AE"/>
     <w:rsid w:val="005B24DF"/>
     <w:rsid w:val="005F6561"/>
     <w:rsid w:val="006307BB"/>
     <w:rsid w:val="00697D9C"/>
     <w:rsid w:val="00763AC7"/>
     <w:rsid w:val="007E14F2"/>
     <w:rsid w:val="00825BD5"/>
     <w:rsid w:val="00831520"/>
+    <w:rsid w:val="00853E36"/>
     <w:rsid w:val="008B37F3"/>
     <w:rsid w:val="008F2114"/>
     <w:rsid w:val="009536CD"/>
     <w:rsid w:val="009B0266"/>
     <w:rsid w:val="00A40A9C"/>
     <w:rsid w:val="00AB70FA"/>
     <w:rsid w:val="00AD7332"/>
     <w:rsid w:val="00B0356C"/>
     <w:rsid w:val="00B344DF"/>
+    <w:rsid w:val="00B54969"/>
     <w:rsid w:val="00B71E19"/>
     <w:rsid w:val="00BD1E37"/>
     <w:rsid w:val="00CA384E"/>
     <w:rsid w:val="00CB64F5"/>
     <w:rsid w:val="00CB73B1"/>
     <w:rsid w:val="00D43F0B"/>
     <w:rsid w:val="00D91A1D"/>
     <w:rsid w:val="00DD290B"/>
     <w:rsid w:val="00E053C7"/>
     <w:rsid w:val="00F36450"/>
     <w:rsid w:val="00F83BAD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1030"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="3BBF3019"/>
+  <w15:docId w15:val="{10C8D46E-AC2F-4364-9110-083C9F9695A3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00175AB7"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek1">
     <w:name w:val="heading 1"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek1Znak"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00175AB7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:ind w:left="2162"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
     <w:name w:val="Nagłówek 1 Znak"/>
     <w:link w:val="Nagwek1"/>
     <w:rsid w:val="00175AB7"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
@@ -4596,95 +4895,91 @@
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
     <w:name w:val="Tekst dymka Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Tekstdymka"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002732C8"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:color w:val="000000"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="NagwekZnak"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006307BB"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
     <w:name w:val="Nagłówek Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="006307BB"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Stopka">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="StopkaZnak"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006307BB"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
     <w:name w:val="Stopka Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Stopka"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="006307BB"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Teksttreci6">
     <w:name w:val="Tekst treści (6)_"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Teksttreci60"/>
     <w:rsid w:val="006307BB"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Teksttreci60">
     <w:name w:val="Tekst treści (6)"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="Teksttreci6"/>
     <w:rsid w:val="006307BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
@@ -4711,71 +5006,71 @@
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Teksttreci20">
     <w:name w:val="Tekst treści (2)"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="Teksttreci2"/>
     <w:rsid w:val="00831520"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:spacing w:before="600" w:after="480" w:line="0" w:lineRule="atLeast"/>
       <w:ind w:hanging="460"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="19"/>
       <w:szCs w:val="19"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2094861667">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5023,59 +5318,59 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>1161</Words>
   <Characters>6967</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>58</Lines>
   <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>REKLAMA</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>