--- v0 (2026-01-12)
+++ v1 (2026-02-27)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="58C9CA41" w14:textId="77777777" w:rsidR="00726BE9" w:rsidRPr="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00726BE9">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5060FC13" w14:textId="77777777" w:rsidR="009349C8" w:rsidRPr="00D02EAB" w:rsidRDefault="009349C8" w:rsidP="009349C8">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D02EAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Bytom, dnia ……………………</w:t>
       </w:r>
@@ -1288,67 +1288,83 @@
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> Miejski Zarząd Dróg i Mostów, ul. Smolenia 35, 41-902 Bytom tel. 32 39 69 700, e-mail: sekretariat@mzdim.bytom.pl </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AFF1FE7" w14:textId="77777777" w:rsidR="00C16291" w:rsidRDefault="00C16291" w:rsidP="00C16291">
       <w:pPr>
         <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>2. Reprezentantem Administratora Danych Osobowych jest Dyrektor Miejskiego Zarządu Dróg i Mostów w Bytomiu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5877D86D" w14:textId="77777777" w:rsidR="00C16291" w:rsidRDefault="00C16291" w:rsidP="00C16291">
+    <w:p w14:paraId="5877D86D" w14:textId="342F517B" w:rsidR="00C16291" w:rsidRDefault="00C16291" w:rsidP="00C16291">
       <w:pPr>
         <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
-        <w:t>3. Dane kontaktowe Inspektora Ochrony Danych: Radosław Schejbal; e-mail: iod@mzdim.bytom.pl</w:t>
+        <w:t xml:space="preserve">3. Dane kontaktowe Inspektora Ochrony Danych: </w:t>
+      </w:r>
+      <w:r w:rsidR="0049358B" w:rsidRPr="0049358B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t>Ewelina Wysocka</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t>; e-mail: iod@mzdim.bytom.pl</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08B6C304" w14:textId="77777777" w:rsidR="00C16291" w:rsidRDefault="00C16291" w:rsidP="00C16291">
       <w:pPr>
         <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>4. Dane osobowe są przetwarzane przez Administratora w celu: realizacji zadań określonych przepisami prawa, wypełnienia obowiązku prawnego oraz wykonywania zadań przez organ publiczny.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="666415C4" w14:textId="77777777" w:rsidR="00C16291" w:rsidRDefault="00C16291" w:rsidP="00C16291">
       <w:pPr>
         <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
@@ -1418,69 +1434,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>- Uchwała Nr XLIV/680/05 z dnia 29 czerwca 2005 r. o utworzeniu jednostki budżetowej pod nazwą: Miejski Zarząd Dróg i Mostów w Bytomiu;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="628B6543" w14:textId="77777777" w:rsidR="00C16291" w:rsidRDefault="00C16291" w:rsidP="00C16291">
       <w:pPr>
         <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
-        <w:t xml:space="preserve">- Uchwała Rady Miejskiej w Bytomiu nr </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> XVIII/242/15 z dnia 23.11.2015 r. dotycząca Strefy Płatnego Parkowania.</w:t>
+        <w:t>- Uchwała Rady Miejskiej w Bytomiu nr NR XVIII/242/15 z dnia 23.11.2015 r. dotycząca Strefy Płatnego Parkowania.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18B89B07" w14:textId="77777777" w:rsidR="00C16291" w:rsidRDefault="00C16291" w:rsidP="00C16291">
       <w:pPr>
         <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>6. Odbiorcami danych osobowych są osoby fizyczne i prawne na podstawie przepisów prawa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D200D4B" w14:textId="77777777" w:rsidR="00C16291" w:rsidRDefault="00C16291" w:rsidP="00C16291">
       <w:pPr>
         <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
@@ -1629,164 +1627,164 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="67F7F01B" w14:textId="77777777" w:rsidR="00726BE9" w:rsidRPr="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00C372F7">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00726BE9" w:rsidRPr="00726BE9" w:rsidSect="00FC66B2">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1304" w:bottom="851" w:left="1304" w:header="567" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6ABA8468" w14:textId="77777777" w:rsidR="00273F94" w:rsidRDefault="00273F94" w:rsidP="00726BE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2CEEED5C" w14:textId="77777777" w:rsidR="00273F94" w:rsidRDefault="00273F94" w:rsidP="00726BE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2DC3198C" w14:textId="77777777" w:rsidR="00273F94" w:rsidRDefault="00273F94" w:rsidP="00726BE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="16239C87" w14:textId="77777777" w:rsidR="00273F94" w:rsidRDefault="00273F94" w:rsidP="00726BE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="66E06F83" w14:textId="77777777" w:rsidR="00726BE9" w:rsidRPr="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00726BE9">
     <w:pPr>
       <w:pStyle w:val="Bezodstpw"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="-2127"/>
       </w:tabs>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:ind w:left="1134"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="0" w:name="bookmark11"/>
     <w:r w:rsidRPr="00726BE9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
       <w:t>Miejski Zarząd Dróg i Mostów</w:t>
     </w:r>
     <w:bookmarkEnd w:id="0"/>
   </w:p>
-  <w:p w14:paraId="4B22D6D2" w14:textId="77777777" w:rsidR="00726BE9" w:rsidRPr="00726BE9" w:rsidRDefault="00333438" w:rsidP="00726BE9">
+  <w:p w14:paraId="4B22D6D2" w14:textId="77777777" w:rsidR="00726BE9" w:rsidRPr="00726BE9" w:rsidRDefault="0049358B" w:rsidP="00726BE9">
     <w:pPr>
       <w:pStyle w:val="Bezodstpw"/>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:ind w:left="1134"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="3D2E4A75">
         <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
           <v:path arrowok="t" fillok="f" o:connecttype="none"/>
           <o:lock v:ext="edit" shapetype="t"/>
         </v:shapetype>
         <v:shape id="_x0000_s1027" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:4.15pt;margin-top:36pt;width:494pt;height:0;z-index:251662336" o:connectortype="straight"/>
       </w:pict>
     </w:r>
     <w:r w:rsidR="00726BE9" w:rsidRPr="00726BE9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1903,51 +1901,51 @@
     </w:r>
     <w:r w:rsidR="00726BE9" w:rsidRPr="00726BE9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:br/>
       <w:t xml:space="preserve">Regon 240136989 </w:t>
     </w:r>
     <w:r w:rsidR="00726BE9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t xml:space="preserve">       </w:t>
     </w:r>
     <w:r w:rsidR="00726BE9" w:rsidRPr="00726BE9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t>NIP 626 - 279 - 11 - 35</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A161D34"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AED0E820"/>
     <w:lvl w:ilvl="0" w:tplc="11CE8D0C">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -3041,94 +3039,95 @@
   <w:num w:numId="8" w16cid:durableId="1089422985">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1882545970">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="33776335">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="582691608">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1772628664">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2128885894">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="772897689">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
       <o:rules v:ext="edit">
         <o:r id="V:Rule2" type="connector" idref="#_x0000_s1027"/>
       </o:rules>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00726BE9"/>
     <w:rsid w:val="00154706"/>
     <w:rsid w:val="00165BDE"/>
     <w:rsid w:val="00193B8C"/>
     <w:rsid w:val="001A49A3"/>
     <w:rsid w:val="001D016D"/>
     <w:rsid w:val="00273F94"/>
     <w:rsid w:val="00274D13"/>
     <w:rsid w:val="00344B50"/>
     <w:rsid w:val="0035701C"/>
     <w:rsid w:val="00392DD7"/>
     <w:rsid w:val="003B477E"/>
     <w:rsid w:val="003B5409"/>
+    <w:rsid w:val="00413733"/>
+    <w:rsid w:val="0049358B"/>
     <w:rsid w:val="004C1CC8"/>
     <w:rsid w:val="005447A4"/>
     <w:rsid w:val="00554F52"/>
     <w:rsid w:val="00566BB0"/>
     <w:rsid w:val="00642F12"/>
     <w:rsid w:val="00652286"/>
     <w:rsid w:val="00676DA8"/>
     <w:rsid w:val="006A0338"/>
     <w:rsid w:val="006E0B91"/>
     <w:rsid w:val="00726BE9"/>
     <w:rsid w:val="00784EBB"/>
     <w:rsid w:val="007F2A03"/>
     <w:rsid w:val="00833F4E"/>
     <w:rsid w:val="00836DBA"/>
     <w:rsid w:val="00840D0D"/>
     <w:rsid w:val="008534C2"/>
     <w:rsid w:val="00873D04"/>
     <w:rsid w:val="009349C8"/>
     <w:rsid w:val="00982A68"/>
     <w:rsid w:val="00987333"/>
     <w:rsid w:val="00B4432F"/>
     <w:rsid w:val="00B80C37"/>
     <w:rsid w:val="00C16291"/>
     <w:rsid w:val="00C372F7"/>
     <w:rsid w:val="00CD1A78"/>
@@ -3151,51 +3150,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6811E5B5"/>
   <w15:docId w15:val="{E0F8F15A-CE5F-4367-B40C-6FB6C3963F2D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3560,51 +3559,50 @@
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C372F7"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek">
     <w:name w:val="header"/>
@@ -3973,51 +3971,51 @@
       <w:spacing w:val="0"/>
       <w:w w:val="100"/>
       <w:position w:val="0"/>
       <w:sz w:val="19"/>
       <w:szCs w:val="19"/>
       <w:u w:val="none"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Akapitzlist">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normalny"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00840D0D"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="354620010">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="651714872">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -4362,66 +4360,66 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7400E250-30AA-497F-BAB3-649DC2BEE115}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>722</Words>
-  <Characters>4336</Characters>
+  <Characters>4334</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>36</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5048</CharactersWithSpaces>
+  <CharactersWithSpaces>5046</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>WNIOSEK o zawarcie umowy na wydzierżawienie nieruchomości gruntowej pod ustawienie kiosku, pawilonu handlowego przenośnego poza pasem drogowym</dc:title>
   <dc:creator>Dawid Skrzypek</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>