--- v0 (2026-01-12)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6CE03F34" w14:textId="77777777" w:rsidR="00726BE9" w:rsidRPr="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00726BE9">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71E59E48" w14:textId="77777777" w:rsidR="00031FAD" w:rsidRPr="00D02EAB" w:rsidRDefault="00031FAD" w:rsidP="00031FAD">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D02EAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Bytom, dnia ……………………</w:t>
       </w:r>
@@ -590,240 +590,478 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34CEC5F3" w14:textId="77777777" w:rsidR="006914B2" w:rsidRDefault="006914B2" w:rsidP="006914B2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Miejsce w prostokątach proszę obowiązkowo wypełnić </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BFAB999" w14:textId="77777777" w:rsidR="00E62DFF" w:rsidRPr="00E62DFF" w:rsidRDefault="00031FAD" w:rsidP="00E62DFF">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00E62DFF">
+    <w:p w14:paraId="7B8CCFB8" w14:textId="77777777" w:rsidR="00031FAD" w:rsidRDefault="00031FAD" w:rsidP="00031FAD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81CE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B95286">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Załączniki:</w:t>
       </w:r>
-    </w:p>
-[...46 lines deleted...]
-      <w:r w:rsidR="00DD2AA8">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B95286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. szczegó</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>łowy plan sytuacyjny w skali 1:1000 lub 1:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B95286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>500 z zaznaczeniem granic i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> podaniem wymiarów planowanego zajęcia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B95286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> powierzchni</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B95286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aktualne </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B95286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zaświadczenie o wpisie do ewidencji działalności gospodarczej (CEIDG) lub </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zaświadczenie </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B95286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o wpisie </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B95286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">do </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>KRS;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B95286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aktualna </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B95286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pozytywna opinia </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Wydziału Architektury</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B95286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (UM</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bytom);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B95286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>aktualna opinia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B95286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E62DFF">
-[...68 lines deleted...]
-    <w:p w14:paraId="0B101100" w14:textId="77777777" w:rsidR="00E62DFF" w:rsidRDefault="00E62DFF" w:rsidP="005540F2">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Miejskiego Zarządu Dróg i Mostów w Bytomiu</w:t>
+      </w:r>
+      <w:r w:rsidR="009672D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (w miejscu)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B95286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>5. opis wyposażenia kawiarenki (pro</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>jekt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B95286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, zdjęcia, itp.)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B95286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. pełnomocnictwo lub upoważnienie do działania w imieniu wnioskodawcy</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B95286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6409BAE1" w14:textId="77777777" w:rsidR="00B2247D" w:rsidRDefault="00B2247D" w:rsidP="00031FAD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64533F73" w14:textId="77777777" w:rsidR="00B2247D" w:rsidRPr="00B95286" w:rsidRDefault="00B2247D" w:rsidP="00031FAD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68B60653" w14:textId="77777777" w:rsidR="00031FAD" w:rsidRPr="00963987" w:rsidRDefault="00031FAD" w:rsidP="00031FAD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                  ……………………………………………………</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CE3931">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE3931">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   /podpis i pieczęć wnioskodawcy/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A1D9F68" w14:textId="77777777" w:rsidR="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00031FAD">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D7918EB" w14:textId="77777777" w:rsidR="00F42A2F" w:rsidRDefault="00F42A2F" w:rsidP="00031FAD">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39BDDBCB" w14:textId="77777777" w:rsidR="00B2247D" w:rsidRDefault="00B2247D" w:rsidP="00F42A2F">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:suppressAutoHyphens w:val="0"/>
-        <w:spacing w:after="160"/>
-[...49 lines deleted...]
-      </w:r>
+        <w:spacing w:after="26" w:line="257" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="14"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="43A5CE37" w14:textId="77777777" w:rsidR="00F42A2F" w:rsidRPr="00F42A2F" w:rsidRDefault="00F42A2F" w:rsidP="00F42A2F">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="26" w:line="257" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="14"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F42A2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Pouczenie:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AE4FB28" w14:textId="77777777" w:rsidR="00B2247D" w:rsidRPr="00B2247D" w:rsidRDefault="00F42A2F" w:rsidP="00B2247D">
@@ -1009,67 +1247,83 @@
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> Miejski Zarząd Dróg i Mostów, ul. Smolenia 35, 41-902 Bytom tel. 32 39 69 700, e-mail: sekretariat@mzdim.bytom.pl </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6001B9F1" w14:textId="77777777" w:rsidR="00803D4C" w:rsidRDefault="00803D4C" w:rsidP="00803D4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>2. Reprezentantem Administratora Danych Osobowych jest Dyrektor Miejskiego Zarządu Dróg i Mostów w Bytomiu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D474DA9" w14:textId="77777777" w:rsidR="00803D4C" w:rsidRDefault="00803D4C" w:rsidP="00803D4C">
+    <w:p w14:paraId="3D474DA9" w14:textId="46D42C73" w:rsidR="00803D4C" w:rsidRDefault="00803D4C" w:rsidP="00803D4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
-        <w:t>3. Dane kontaktowe Inspektora Ochrony Danych: Radosław Schejbal; e-mail: iod@mzdim.bytom.pl</w:t>
+        <w:t xml:space="preserve">3. Dane kontaktowe Inspektora Ochrony Danych: </w:t>
+      </w:r>
+      <w:r w:rsidR="00536A2B" w:rsidRPr="00536A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t>Ewelina Wysocka</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t>; e-mail: iod@mzdim.bytom.pl</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="737B1094" w14:textId="77777777" w:rsidR="00803D4C" w:rsidRDefault="00803D4C" w:rsidP="00803D4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>4. Dane osobowe są przetwarzane przez Administratora w celu: realizacji zadań określonych przepisami prawa, wypełnienia obowiązku prawnego oraz wykonywania zadań przez organ publiczny.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5337E2D8" w14:textId="77777777" w:rsidR="00803D4C" w:rsidRDefault="00803D4C" w:rsidP="00803D4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
@@ -1139,69 +1393,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>- Uchwała Nr XLIV/680/05 z dnia 29 czerwca 2005 r. o utworzeniu jednostki budżetowej pod nazwą: Miejski Zarząd Dróg i Mostów w Bytomiu;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="371532CB" w14:textId="77777777" w:rsidR="00803D4C" w:rsidRDefault="00803D4C" w:rsidP="00803D4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
-        <w:t xml:space="preserve">- Uchwała Rady Miejskiej w Bytomiu nr </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> XVIII/242/15 z dnia 23.11.2015 r. dotycząca Strefy Płatnego Parkowania.</w:t>
+        <w:t>- Uchwała Rady Miejskiej w Bytomiu nr NR XVIII/242/15 z dnia 23.11.2015 r. dotycząca Strefy Płatnego Parkowania.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="434A6EFC" w14:textId="77777777" w:rsidR="00803D4C" w:rsidRDefault="00803D4C" w:rsidP="00803D4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>6. Odbiorcami danych osobowych są osoby fizyczne i prawne na podstawie przepisów prawa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1990A034" w14:textId="77777777" w:rsidR="00803D4C" w:rsidRDefault="00803D4C" w:rsidP="00803D4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
@@ -1330,286 +1566,200 @@
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D11E701" w14:textId="77777777" w:rsidR="00F42A2F" w:rsidRDefault="00F42A2F" w:rsidP="00F42A2F">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:ind w:right="-58"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62D7F983" w14:textId="77777777" w:rsidR="00F42A2F" w:rsidRPr="00726BE9" w:rsidRDefault="00F42A2F" w:rsidP="00031FAD">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00F42A2F" w:rsidRPr="00726BE9" w:rsidSect="00EF5A6F">
+    <w:sectPr w:rsidR="00F42A2F" w:rsidRPr="00726BE9" w:rsidSect="00FC66B2">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1304" w:bottom="851" w:left="1304" w:header="567" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="21FBC2FF" w14:textId="77777777" w:rsidR="00EF5A6F" w:rsidRDefault="00EF5A6F" w:rsidP="00726BE9">
+    <w:p w14:paraId="12E07E04" w14:textId="77777777" w:rsidR="000903EC" w:rsidRDefault="000903EC" w:rsidP="00726BE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5A368FE8" w14:textId="77777777" w:rsidR="00EF5A6F" w:rsidRDefault="00EF5A6F" w:rsidP="00726BE9">
+    <w:p w14:paraId="7C17094A" w14:textId="77777777" w:rsidR="000903EC" w:rsidRDefault="000903EC" w:rsidP="00726BE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...19 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="194D01F7" w14:textId="77777777" w:rsidR="00EF5A6F" w:rsidRDefault="00EF5A6F" w:rsidP="00726BE9">
+    <w:p w14:paraId="128C0304" w14:textId="77777777" w:rsidR="000903EC" w:rsidRDefault="000903EC" w:rsidP="00726BE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="54F6B61D" w14:textId="77777777" w:rsidR="00EF5A6F" w:rsidRDefault="00EF5A6F" w:rsidP="00726BE9">
+    <w:p w14:paraId="127E1E21" w14:textId="77777777" w:rsidR="000903EC" w:rsidRDefault="000903EC" w:rsidP="00726BE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2D266778" w14:textId="77777777" w:rsidR="00726BE9" w:rsidRPr="00DD475C" w:rsidRDefault="00726BE9" w:rsidP="00726BE9">
     <w:pPr>
       <w:pStyle w:val="Bezodstpw"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="-2127"/>
       </w:tabs>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:ind w:left="1134"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
-    <w:bookmarkStart w:id="2" w:name="bookmark11"/>
+    <w:bookmarkStart w:id="0" w:name="bookmark11"/>
     <w:r w:rsidRPr="00DD475C">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
       <w:t>Miejski Zarząd Dróg i Mostów</w:t>
     </w:r>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="0"/>
   </w:p>
-  <w:p w14:paraId="355C204A" w14:textId="0DF07F81" w:rsidR="00726BE9" w:rsidRDefault="005540F2" w:rsidP="00726BE9">
+  <w:p w14:paraId="355C204A" w14:textId="77777777" w:rsidR="00726BE9" w:rsidRDefault="00536A2B" w:rsidP="00726BE9">
     <w:pPr>
       <w:pStyle w:val="Bezodstpw"/>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:ind w:left="1134"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <mc:AlternateContent>
-[...70 lines deleted...]
-      </mc:AlternateContent>
+      <w:pict w14:anchorId="6068A905">
+        <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+          <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+          <o:lock v:ext="edit" shapetype="t"/>
+        </v:shapetype>
+        <v:shape id="_x0000_s1027" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:4.15pt;margin-top:36pt;width:494pt;height:0;z-index:251662336" o:connectortype="straight"/>
+      </w:pict>
     </w:r>
     <w:r w:rsidR="00726BE9" w:rsidRPr="00DD475C">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="pl-PL"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="63500" distR="606425" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A2900E8" wp14:editId="021480D4">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>115570</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-353695</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1090930" cy="688975"/>
           <wp:effectExtent l="19050" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="right"/>
           <wp:docPr id="1" name="Obraz 1" descr="image3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -1713,84 +1863,87 @@
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:br/>
       <w:t xml:space="preserve">Regon 240136989        NIP 626 - 279 - 11 </w:t>
     </w:r>
     <w:r w:rsidR="00DD475C" w:rsidRPr="00DD475C">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>–</w:t>
     </w:r>
     <w:r w:rsidR="00726BE9" w:rsidRPr="00DD475C">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> 35</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="2A4F8B7A" w14:textId="133D0A75" w:rsidR="00DD475C" w:rsidRDefault="00DD475C" w:rsidP="00726BE9">
+  <w:p w14:paraId="2A4F8B7A" w14:textId="77777777" w:rsidR="00DD475C" w:rsidRDefault="00DD475C" w:rsidP="00726BE9">
     <w:pPr>
       <w:pStyle w:val="Bezodstpw"/>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:ind w:left="1134"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">Sekretariat: Tel: 32/3969700; e-mail: </w:t>
+      <w:t xml:space="preserve">Sekretariat: Tel: 32/3969700, -778; e-mail: </w:t>
     </w:r>
-    <w:r w:rsidR="00DD2AA8">
-[...6 lines deleted...]
-    </w:r>
+    <w:hyperlink r:id="rId3" w:history="1">
+      <w:r w:rsidRPr="00FA4980">
+        <w:rPr>
+          <w:rStyle w:val="Hipercze"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>mzdim@mzdim.bytom.pl</w:t>
+      </w:r>
+    </w:hyperlink>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01245FC3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CCFEC48A"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -1926,136 +2079,50 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0A772820"/>
-[...84 lines deleted...]
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C0C387A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E0AE3058"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
         <w:u w:val="none"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="pl-PL"/>
       </w:rPr>
@@ -2079,51 +2146,51 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20662580"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8E0E3072"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
         <w:u w:val="none"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="pl-PL"/>
       </w:rPr>
@@ -2147,51 +2214,51 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="207A0F65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B62AFFBC"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -2236,51 +2303,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="220E24CB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6B8653BA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="pl-PL"/>
       </w:rPr>
@@ -2304,51 +2371,51 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D635C5B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F0A21B10"/>
     <w:lvl w:ilvl="0" w:tplc="5A2A8EBC">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="456"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -2516,51 +2583,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="899E0C3E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5954"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F102DE6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="18C47D96"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="pl-PL"/>
       </w:rPr>
@@ -2584,51 +2651,51 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B462E53"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="697292AA"/>
     <w:lvl w:ilvl="0" w:tplc="E7101852">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -2674,51 +2741,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49EF1B87"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7A5CA8B0"/>
     <w:lvl w:ilvl="0" w:tplc="04150017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2760,51 +2827,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5324" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B9C5208"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="27CAD114"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
         <w:u w:val="none"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="pl-PL"/>
       </w:rPr>
@@ -2828,250 +2895,51 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-[...198 lines deleted...]
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B341CFE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F7E0FC1C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
         <w:u w:val="none"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="pl-PL"/>
       </w:rPr>
@@ -3095,51 +2963,51 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64B953A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B3AAFAD0"/>
     <w:lvl w:ilvl="0" w:tplc="04150017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3181,51 +3049,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="692F0655"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5830AB14"/>
     <w:lvl w:ilvl="0" w:tplc="04150017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3267,51 +3135,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72D93FE9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="199E01DA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
         <w:u w:val="none"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="pl-PL"/>
       </w:rPr>
@@ -3336,214 +3204,200 @@
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="780029392">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="848713295">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="195657615">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="804464540">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1488595159">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1712222788">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="372191098">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="199630965">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1642149943">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1488595159">
-[...13 lines deleted...]
-  </w:num>
   <w:num w:numId="10" w16cid:durableId="329600380">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="66998589">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="353848508">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="31661594">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1424034561">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1140147546">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...7 lines deleted...]
-    <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+      <o:rules v:ext="edit">
+        <o:r id="V:Rule2" type="connector" idref="#_x0000_s1027"/>
+      </o:rules>
+    </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00726BE9"/>
     <w:rsid w:val="000013AE"/>
     <w:rsid w:val="00031FAD"/>
     <w:rsid w:val="000735C8"/>
     <w:rsid w:val="000903EC"/>
     <w:rsid w:val="00165BDE"/>
     <w:rsid w:val="001D016D"/>
     <w:rsid w:val="002A6561"/>
     <w:rsid w:val="00392DD7"/>
     <w:rsid w:val="003B5409"/>
     <w:rsid w:val="00447FAB"/>
     <w:rsid w:val="004A48C8"/>
+    <w:rsid w:val="00536A2B"/>
     <w:rsid w:val="00551577"/>
-    <w:rsid w:val="005540F2"/>
     <w:rsid w:val="005939D0"/>
-    <w:rsid w:val="005B085B"/>
     <w:rsid w:val="00642F12"/>
     <w:rsid w:val="00652286"/>
     <w:rsid w:val="006914B2"/>
     <w:rsid w:val="00726BE9"/>
+    <w:rsid w:val="007336B3"/>
     <w:rsid w:val="007F7C7A"/>
     <w:rsid w:val="00803D4C"/>
     <w:rsid w:val="008863CC"/>
     <w:rsid w:val="008B234E"/>
     <w:rsid w:val="009349C8"/>
     <w:rsid w:val="009672D8"/>
     <w:rsid w:val="00987333"/>
     <w:rsid w:val="009B6B19"/>
-    <w:rsid w:val="009E4F32"/>
     <w:rsid w:val="00B2247D"/>
     <w:rsid w:val="00B80C37"/>
-    <w:rsid w:val="00BD0D35"/>
     <w:rsid w:val="00C372F7"/>
-    <w:rsid w:val="00C40FDB"/>
     <w:rsid w:val="00C85CB9"/>
     <w:rsid w:val="00CD4539"/>
     <w:rsid w:val="00D44011"/>
-    <w:rsid w:val="00DD2AA8"/>
     <w:rsid w:val="00DD475C"/>
     <w:rsid w:val="00DF2CCA"/>
-    <w:rsid w:val="00E62DFF"/>
     <w:rsid w:val="00EA3514"/>
-    <w:rsid w:val="00EF5A6F"/>
     <w:rsid w:val="00F039AB"/>
     <w:rsid w:val="00F42A2F"/>
     <w:rsid w:val="00FC37DE"/>
     <w:rsid w:val="00FC66B2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3DF16607"/>
   <w15:docId w15:val="{E0F8F15A-CE5F-4367-B40C-6FB6C3963F2D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3908,51 +3762,50 @@
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C372F7"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek">
     <w:name w:val="header"/>
@@ -3964,70 +3817,72 @@
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
     <w:name w:val="Nagłówek Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00726BE9"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Stopka">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="StopkaZnak"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00726BE9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
     <w:name w:val="Stopka Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Stopka"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:rsid w:val="00726BE9"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstdymka">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="TekstdymkaZnak"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00726BE9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
     <w:name w:val="Tekst dymka Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Tekstdymka"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -4330,51 +4185,51 @@
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normalny"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="006914B2"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipercze">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DD475C"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="683943006">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1053773983">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -4383,51 +4238,51 @@
     <w:div w:id="1665937763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mzdim@mzdim.bytom.pl" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4676,67 +4531,67 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>792</Words>
-  <Characters>4753</Characters>
+  <Words>742</Words>
+  <Characters>4454</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>39</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>37</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>WNIOSEK o zawarcie umowy na wydzierżawienie nieruchomości gruntowej pod ustawienie letniej kawiarenki poza pasem drogowym</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5534</CharactersWithSpaces>
+  <CharactersWithSpaces>5186</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>WNIOSEK o zawarcie umowy na wydzierżawienie nieruchomości gruntowej pod ustawienie letniej kawiarenki poza pasem drogowym</dc:title>
   <dc:creator>Dawid Skrzypek</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>