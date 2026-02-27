--- v0 (2026-01-12)
+++ v1 (2026-02-27)
@@ -1,249 +1,249 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00726BE9" w:rsidRPr="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00726BE9">
+    <w:p w14:paraId="3D76A13C" w14:textId="77777777" w:rsidR="00726BE9" w:rsidRPr="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00726BE9">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009349C8" w:rsidRPr="00646D15" w:rsidRDefault="009349C8" w:rsidP="00646D15">
+    <w:p w14:paraId="0B1450D1" w14:textId="77777777" w:rsidR="009349C8" w:rsidRPr="00646D15" w:rsidRDefault="009349C8" w:rsidP="00646D15">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D02EAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Bytom, dnia ……………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00840D0D" w:rsidRPr="00D02EAB" w:rsidRDefault="00840D0D" w:rsidP="00840D0D">
+    <w:p w14:paraId="256D297C" w14:textId="77777777" w:rsidR="00840D0D" w:rsidRPr="00D02EAB" w:rsidRDefault="00840D0D" w:rsidP="00840D0D">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B77F37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>………………………………………………………………………………..</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00695BF4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>/imię i nazwisko/</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00840D0D" w:rsidRDefault="00840D0D" w:rsidP="00840D0D">
+    <w:p w14:paraId="67DD3F6E" w14:textId="77777777" w:rsidR="00840D0D" w:rsidRDefault="00840D0D" w:rsidP="00840D0D">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B77F37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>………………………………………………………………………………..</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00252665" w:rsidRPr="00695BF4" w:rsidRDefault="00252665" w:rsidP="00252665">
+    <w:p w14:paraId="2DD74072" w14:textId="77777777" w:rsidR="00252665" w:rsidRPr="00695BF4" w:rsidRDefault="00252665" w:rsidP="00252665">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">/ADRES , TELEFON, E-Mail </w:t>
       </w:r>
       <w:r w:rsidRPr="00695BF4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00840D0D" w:rsidRPr="00695BF4" w:rsidRDefault="00840D0D" w:rsidP="00840D0D">
+    <w:p w14:paraId="35D014F4" w14:textId="77777777" w:rsidR="00840D0D" w:rsidRPr="00695BF4" w:rsidRDefault="00840D0D" w:rsidP="00840D0D">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B77F37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>………………………………………………………………………………</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00695BF4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>/nazwa firmy/</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00840D0D" w:rsidRDefault="00840D0D" w:rsidP="00840D0D">
+    <w:p w14:paraId="0AC0AFAF" w14:textId="77777777" w:rsidR="00840D0D" w:rsidRDefault="00840D0D" w:rsidP="00840D0D">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B77F37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>………………………………………………………………………………</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00695BF4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>/siedziba/</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00840D0D" w:rsidRPr="00695BF4" w:rsidRDefault="00840D0D" w:rsidP="00840D0D">
+    <w:p w14:paraId="1D20744A" w14:textId="77777777" w:rsidR="00840D0D" w:rsidRPr="00695BF4" w:rsidRDefault="00840D0D" w:rsidP="00840D0D">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00840D0D" w:rsidRPr="00646D15" w:rsidRDefault="00840D0D" w:rsidP="00646D15">
+    <w:p w14:paraId="0119F8B4" w14:textId="77777777" w:rsidR="00840D0D" w:rsidRPr="00646D15" w:rsidRDefault="00840D0D" w:rsidP="00646D15">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">NIP </w:t>
       </w:r>
       <w:r w:rsidRPr="00B77F37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>…………………..…</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -263,51 +263,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B77F37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>………………..…….</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> PESEL </w:t>
       </w:r>
       <w:r w:rsidRPr="00B77F37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>……………………...</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00840D0D" w:rsidRDefault="009349C8" w:rsidP="005569E0">
+    <w:p w14:paraId="5C66BF3F" w14:textId="77777777" w:rsidR="00840D0D" w:rsidRDefault="009349C8" w:rsidP="005569E0">
       <w:pPr>
         <w:spacing w:before="360" w:after="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B527D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>WNIOSEK O ZAWARCIE UMOWY</w:t>
       </w:r>
       <w:r w:rsidRPr="002B527D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
@@ -337,51 +337,51 @@
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>PRZEZNACZONEJ POD PROWADZENIE DZIAŁALNOŚCI PROMOCYJNEJ</w:t>
       </w:r>
       <w:r w:rsidR="00467832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00467832" w:rsidRPr="008C1B34">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>POZA PASEM DROGOWYM</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00840D0D" w:rsidRDefault="00840D0D" w:rsidP="00840D0D">
+    <w:p w14:paraId="6CC3B405" w14:textId="77777777" w:rsidR="00840D0D" w:rsidRDefault="00840D0D" w:rsidP="00840D0D">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>W</w:t>
       </w:r>
       <w:r w:rsidRPr="00466DF8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">nioskowana powierzchnia </w:t>
       </w:r>
       <w:r w:rsidRPr="00466DF8">
@@ -389,152 +389,152 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">                            </w:t>
       </w:r>
       <w:r w:rsidRPr="00466DF8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">  m</w:t>
       </w:r>
       <w:r w:rsidRPr="00466DF8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r w:rsidRPr="00466DF8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00840D0D" w:rsidRDefault="00840D0D" w:rsidP="00840D0D">
+    <w:p w14:paraId="2ADE0AD8" w14:textId="77777777" w:rsidR="00840D0D" w:rsidRDefault="00840D0D" w:rsidP="00840D0D">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Bytom ul.</w:t>
       </w:r>
       <w:r w:rsidRPr="006E3EB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006E3EB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>…………………………</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
       <w:r w:rsidRPr="006E3EB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00840D0D" w:rsidRPr="00466DF8" w:rsidRDefault="00840D0D" w:rsidP="00840D0D">
+    <w:p w14:paraId="2352D105" w14:textId="77777777" w:rsidR="00840D0D" w:rsidRPr="00466DF8" w:rsidRDefault="00840D0D" w:rsidP="00840D0D">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Działka nr </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidRPr="006E3EB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>…………………</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
       <w:r w:rsidRPr="006E3EB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00646D15" w:rsidRPr="00646D15" w:rsidRDefault="00840D0D" w:rsidP="00646D15">
+    <w:p w14:paraId="3B296A68" w14:textId="77777777" w:rsidR="00646D15" w:rsidRPr="00646D15" w:rsidRDefault="00840D0D" w:rsidP="00646D15">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Termin:</w:t>
       </w:r>
       <w:r w:rsidRPr="00466DF8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006E3EB1">
@@ -556,292 +556,292 @@
         </w:rPr>
         <w:t xml:space="preserve"> do dnia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">                                    </w:t>
       </w:r>
       <w:r w:rsidRPr="006E3EB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B477E" w:rsidRPr="00646D15" w:rsidRDefault="003B477E" w:rsidP="00646D15">
+    <w:p w14:paraId="3EE3FD76" w14:textId="77777777" w:rsidR="003B477E" w:rsidRPr="00646D15" w:rsidRDefault="003B477E" w:rsidP="00646D15">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00646D15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Miejsce w prostokątach proszę obowiązkowo wypełnić</w:t>
       </w:r>
       <w:r w:rsidR="00646D15" w:rsidRPr="00646D15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00646D15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B477E" w:rsidRDefault="003B477E" w:rsidP="009349C8">
+    <w:p w14:paraId="4B7F5E00" w14:textId="77777777" w:rsidR="003B477E" w:rsidRDefault="003B477E" w:rsidP="009349C8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000F4D8C" w:rsidRPr="00646D15" w:rsidRDefault="009349C8" w:rsidP="00646D15">
+    <w:p w14:paraId="70460070" w14:textId="77777777" w:rsidR="000F4D8C" w:rsidRPr="00646D15" w:rsidRDefault="009349C8" w:rsidP="00646D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00646D15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Załączniki:                                                                                                                                          </w:t>
       </w:r>
       <w:r w:rsidR="000F4D8C" w:rsidRPr="00646D15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">                              </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4D8C" w:rsidRDefault="000F4D8C" w:rsidP="000F4D8C">
+    <w:p w14:paraId="488BABBE" w14:textId="77777777" w:rsidR="000F4D8C" w:rsidRDefault="000F4D8C" w:rsidP="000F4D8C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000F4D8C" w:rsidRPr="00646D15" w:rsidRDefault="009349C8" w:rsidP="000F4D8C">
+    <w:p w14:paraId="314876F5" w14:textId="77777777" w:rsidR="000F4D8C" w:rsidRPr="00646D15" w:rsidRDefault="009349C8" w:rsidP="000F4D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00646D15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>szczegółowy plan sytuacyjny w skali 1:1000 lub 1:500 z zaznaczeniem granic i podaniem wymiarów planowanego zajęcia powierzchni;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4D8C" w:rsidRPr="00646D15" w:rsidRDefault="000F4D8C" w:rsidP="000F4D8C">
+    <w:p w14:paraId="4408742A" w14:textId="77777777" w:rsidR="000F4D8C" w:rsidRPr="00646D15" w:rsidRDefault="000F4D8C" w:rsidP="000F4D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00646D15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>opis stanowiska handlowego (projekt, zdjęcia itp.),</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4D8C" w:rsidRPr="00646D15" w:rsidRDefault="000F4D8C" w:rsidP="000F4D8C">
+    <w:p w14:paraId="135D3CF6" w14:textId="77777777" w:rsidR="000F4D8C" w:rsidRPr="00646D15" w:rsidRDefault="000F4D8C" w:rsidP="000F4D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00646D15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>opinia Plastyka z Wydziału Architektury Urzędu Miejskiego w Bytomiu (dotyczy wniosków składanych na okres powyżej 30 dni).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4D8C" w:rsidRPr="00646D15" w:rsidRDefault="000F4D8C" w:rsidP="000F4D8C">
+    <w:p w14:paraId="7AF86AB4" w14:textId="77777777" w:rsidR="000F4D8C" w:rsidRPr="00646D15" w:rsidRDefault="000F4D8C" w:rsidP="000F4D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00646D15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>opinia właściwych służb konserwatorskich - w przypadku postępowań w obszarze uznanym za szczególnie chroniony,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4D8C" w:rsidRPr="00646D15" w:rsidRDefault="000F4D8C" w:rsidP="000F4D8C">
+    <w:p w14:paraId="27226438" w14:textId="77777777" w:rsidR="000F4D8C" w:rsidRPr="00646D15" w:rsidRDefault="000F4D8C" w:rsidP="000F4D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00646D15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">kserokopię zaświadczenia o wpisie do ewidencji działalności gospodarczej lub KRS, a w przypadku materiałów/reklam wyborczych - kopię zawiadomienia właściwego organu wyborczego o utworzeniu komitetu wyborczego oraz kopię postanowienia wydanego przez właściwy organ wyborczy o przyjęciu zawiadomienia,  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009349C8" w:rsidRPr="005569E0" w:rsidRDefault="00646D15" w:rsidP="009349C8">
+    <w:p w14:paraId="6D6B7050" w14:textId="77777777" w:rsidR="009349C8" w:rsidRPr="005569E0" w:rsidRDefault="00646D15" w:rsidP="009349C8">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00646D15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="000F4D8C" w:rsidRPr="00646D15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ryginał lub urzędowo poświadczony odpis pełnomocnictwa wraz z dowodem zapłaty należnej opłaty skarbowej, a w przypadku umieszczania materiałów wyborczych: pełnomocnictwo udzielone przez komitet wyborczy osoby składającej wniosek – może to być pełnomocnik finansowy komitetu wyborczego bądź osoba posiadająca pełnomocnictwo zarówno komitetu wyborczego, jak i upoważnienie pełnomocnika finansowego do zaciągania zobowiązań finansowych. W przypadku, gdy wniosek będzie podpisany przez inną osobę niż pełnomocnik finansowy – pisemna zgoda pełnomocnika finansowego na zaciągnięcie zobowiązania finansowego w postaci opłaty za zajęcie pasa drogowego z tytułu umieszczenia plakatów wyborczych.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005569E0" w:rsidRPr="005569E0" w:rsidRDefault="005569E0" w:rsidP="005569E0">
+    <w:p w14:paraId="4DC0A133" w14:textId="77777777" w:rsidR="005569E0" w:rsidRPr="005569E0" w:rsidRDefault="005569E0" w:rsidP="005569E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00646D15" w:rsidRDefault="009349C8" w:rsidP="00646D15">
+    <w:p w14:paraId="71F51058" w14:textId="77777777" w:rsidR="00646D15" w:rsidRDefault="009349C8" w:rsidP="00646D15">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                           </w:t>
       </w:r>
       <w:r w:rsidR="00646D15">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                               </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -864,822 +864,820 @@
         <w:t xml:space="preserve">                                                                                    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                       </w:t>
       </w:r>
       <w:r w:rsidRPr="00D5478E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  /podpis i pieczęć wnioskodawcy</w:t>
       </w:r>
       <w:r w:rsidRPr="00D5478E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006921C5" w:rsidRPr="00646D15" w:rsidRDefault="006921C5" w:rsidP="00646D15">
+    <w:p w14:paraId="6180F29B" w14:textId="77777777" w:rsidR="006921C5" w:rsidRPr="00646D15" w:rsidRDefault="006921C5" w:rsidP="00646D15">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Pouczenie:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006921C5" w:rsidRDefault="006921C5" w:rsidP="006921C5">
+    <w:p w14:paraId="2AE82137" w14:textId="77777777" w:rsidR="006921C5" w:rsidRDefault="006921C5" w:rsidP="006921C5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Do wydzierżawienia w/w nieruchomości gruntowej upoważnia posiadanie przez wnioskodawcę oryginału umowy dzierżawy – odebranej najpóźniej w dniu rozpoczynającym dzierżawę. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006921C5" w:rsidRDefault="006921C5" w:rsidP="00B86FC8">
+    <w:p w14:paraId="264F0CF4" w14:textId="77777777" w:rsidR="006921C5" w:rsidRDefault="006921C5" w:rsidP="00B86FC8">
       <w:pPr>
         <w:pStyle w:val="Teksttreci60"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0" w:after="0" w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006921C5" w:rsidRDefault="006921C5" w:rsidP="00B86FC8">
+    <w:p w14:paraId="41B0BB8A" w14:textId="77777777" w:rsidR="006921C5" w:rsidRDefault="006921C5" w:rsidP="00B86FC8">
       <w:pPr>
         <w:pStyle w:val="Teksttreci60"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0" w:after="0" w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
+    <w:p w14:paraId="3417813D" w14:textId="77777777" w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
       <w:pPr>
         <w:pStyle w:val="Teksttreci60"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0" w:after="0" w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Klauzula Informacyjna </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
+    <w:p w14:paraId="04C5CE6A" w14:textId="77777777" w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>1. Administratorem Danych Osobowych jest:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> Miejski Zarząd Dróg i Mostów, ul. Smolenia 35, 41-902 Bytom tel. 32 39 69 700, e-mail: sekretariat@mzdim.bytom.pl </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
+    <w:p w14:paraId="338C7666" w14:textId="77777777" w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>2. Reprezentantem Administratora Danych Osobowych jest Dyrektor Miejskiego Zarządu Dróg i Mostów w Bytomiu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
+    <w:p w14:paraId="2EA7023E" w14:textId="738034E5" w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
-        <w:t>3. Dane kontaktowe Inspektora Ochrony Danych: Radosław Schejbal; e-mail: iod@mzdim.bytom.pl</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
+        <w:t xml:space="preserve">3. Dane kontaktowe Inspektora Ochrony Danych: </w:t>
+      </w:r>
+      <w:r w:rsidR="002D100F" w:rsidRPr="002D100F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t>Ewelina Wysocka</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t>; e-mail: iod@mzdim.bytom.pl</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="580DE089" w14:textId="77777777" w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>4. Dane osobowe są przetwarzane przez Administratora w celu: realizacji zadań określonych przepisami prawa, wypełnienia obowiązku prawnego oraz wykonywania zadań przez organ publiczny.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
+    <w:p w14:paraId="276BC3B5" w14:textId="77777777" w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>5. Podstawy prawne przetwarzania: Rozporządzenie Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych) art 6 lit. a-e, w powiązaniu z przepisami prawa, w szczególności:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
+    <w:p w14:paraId="6C3FCBB8" w14:textId="77777777" w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>- Ustawa z dnia 10 maja 2018 r. o ochronie danych osobowych;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
+    <w:p w14:paraId="6677514B" w14:textId="77777777" w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>- Ustawa z dnia 20 czerwca 1997 r. - Prawo o ruchu drogowym;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
+    <w:p w14:paraId="0A76A967" w14:textId="77777777" w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>- Uchwała Nr XLIV/680/05 z dnia 29 czerwca 2005 r. o utworzeniu jednostki budżetowej pod nazwą: Miejski Zarząd Dróg i Mostów w Bytomiu;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
+    <w:p w14:paraId="054D9143" w14:textId="77777777" w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
-        <w:t xml:space="preserve">- Uchwała Rady Miejskiej w Bytomiu nr </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>- Uchwała Rady Miejskiej w Bytomiu nr NR XVIII/242/15 z dnia 23.11.2015 r. dotycząca Strefy Płatnego Parkowania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BCA7DB3" w14:textId="77777777" w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
-        <w:t>NR</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
-        <w:t xml:space="preserve"> XVIII/242/15 z dnia 23.11.2015 r. dotycząca Strefy Płatnego Parkowania.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
+        <w:t>6. Odbiorcami danych osobowych są osoby fizyczne i prawne na podstawie przepisów prawa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72450501" w14:textId="77777777" w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
-        <w:t>6. Odbiorcami danych osobowych są osoby fizyczne i prawne na podstawie przepisów prawa.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
+        <w:t>7. Dane osobowe będą przetwarzane przez czas określony przepisami prawa, w szczególności w celach archiwalnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CDDF46B" w14:textId="77777777" w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
-        <w:t>7. Dane osobowe będą przetwarzane przez czas określony przepisami prawa, w szczególności w celach archiwalnych.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
+        <w:t>8. Prawa przysługujące osobie, której dane są przetwarzane:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49F68CDB" w14:textId="77777777" w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
-        <w:t>8. Prawa przysługujące osobie, której dane są przetwarzane:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
+        <w:t>Osoba, której dane dotyczą ma prawo dostępu do treści swoich danych oraz prawo do ich sprostowania, ograniczenia przetwarzania, prawo do przenoszenia danych, prawo do wniesienia sprzeciwu, prawo do cofnięcia zgody w dowolnym momencie (jeżeli przetwarzanie odbywa się na podstawie zgody) oraz prawo do wniesienia skargi do organu nadzorczego, gdy uzna, iż przetwarzanie danych osobowych jego dotyczących narusza przepisy ogólnego rozporządzenia o ochronie danych osobowych z dnia 27 kwietnia 2016 r. (UE 2016/679).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12867B30" w14:textId="77777777" w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
-        <w:t>Osoba, której dane dotyczą ma prawo dostępu do treści swoich danych oraz prawo do ich sprostowania, ograniczenia przetwarzania, prawo do przenoszenia danych, prawo do wniesienia sprzeciwu, prawo do cofnięcia zgody w dowolnym momencie (jeżeli przetwarzanie odbywa się na podstawie zgody) oraz prawo do wniesienia skargi do organu nadzorczego, gdy uzna, iż przetwarzanie danych osobowych jego dotyczących narusza przepisy ogólnego rozporządzenia o ochronie danych osobowych z dnia 27 kwietnia 2016 r. (UE 2016/679).</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
+        <w:t>9. Podanie danych osobowych jest dobrowolne, jednakże w celu realizacji zadań objętych przepisami prawa jest niezbędne. W niniejszym przypadku jest wymogiem prawnym oraz warunkiem realizacji prawnie uzasadnionych interesów: administratora oraz osób, których dane są przetwarzane.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C309ACE" w14:textId="77777777" w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
-        <w:t>9. Podanie danych osobowych jest dobrowolne, jednakże w celu realizacji zadań objętych przepisami prawa jest niezbędne. W niniejszym przypadku jest wymogiem prawnym oraz warunkiem realizacji prawnie uzasadnionych interesów: administratora oraz osób, których dane są przetwarzane.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
+        <w:t>10 W trakcie przetwarzania Państwa danych osobowych nie dochodzi do wyłącznie zautomatyzowanego podejmowania decyzji ani do profilowania, o których mowa w art.22 ust. 1 i 4 RODO. Oznacza to, że żadne decyzje nie będą zapadać wyłącznie automatycznie oraz, że nie buduje się żadnych profili.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FAFBDC7" w14:textId="77777777" w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
-        <w:t>10 W trakcie przetwarzania Państwa danych osobowych nie dochodzi do wyłącznie zautomatyzowanego podejmowania decyzji ani do profilowania, o których mowa w art.22 ust. 1 i 4 RODO. Oznacza to, że żadne decyzje nie będą zapadać wyłącznie automatycznie oraz, że nie buduje się żadnych profili.</w:t>
-[...17 lines deleted...]
-        </w:rPr>
         <w:t>11. W przypadku uznania, iż przetwarzanie przez Administratora Państwa danych osobowych narusza przepisy RODO, przysługuje Państwu prawo do wniesienia skargi do Prezesa Urzędu Ochrony Danych Osobowych, ul. Stawki 2, 00-193 Warszawa.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
+    <w:p w14:paraId="14107F8B" w14:textId="77777777" w:rsidR="00B86FC8" w:rsidRDefault="00B86FC8" w:rsidP="00B86FC8">
       <w:pPr>
         <w:pStyle w:val="Stopka"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001455A5" w:rsidRDefault="001455A5" w:rsidP="001455A5">
+    <w:p w14:paraId="57F9C1E6" w14:textId="77777777" w:rsidR="001455A5" w:rsidRDefault="001455A5" w:rsidP="001455A5">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:ind w:right="-58"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001455A5" w:rsidRDefault="001455A5" w:rsidP="001455A5">
+    <w:p w14:paraId="23907C8F" w14:textId="77777777" w:rsidR="001455A5" w:rsidRDefault="001455A5" w:rsidP="001455A5">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:ind w:right="-58"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                                                                  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001455A5" w:rsidRDefault="001455A5" w:rsidP="00E667B3">
+    <w:p w14:paraId="790731EB" w14:textId="77777777" w:rsidR="001455A5" w:rsidRDefault="001455A5" w:rsidP="00E667B3">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:ind w:right="-58"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001455A5" w:rsidRPr="00726BE9" w:rsidRDefault="001455A5" w:rsidP="00C372F7">
+    <w:p w14:paraId="2412F883" w14:textId="77777777" w:rsidR="001455A5" w:rsidRPr="00726BE9" w:rsidRDefault="001455A5" w:rsidP="00C372F7">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001455A5" w:rsidRPr="00726BE9" w:rsidSect="00646D15">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1304" w:bottom="851" w:left="1276" w:header="567" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000F4D8C" w:rsidRDefault="000F4D8C" w:rsidP="00726BE9">
+    <w:p w14:paraId="5284978C" w14:textId="77777777" w:rsidR="000F4D8C" w:rsidRDefault="000F4D8C" w:rsidP="00726BE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000F4D8C" w:rsidRDefault="000F4D8C" w:rsidP="00726BE9">
+    <w:p w14:paraId="51AA8145" w14:textId="77777777" w:rsidR="000F4D8C" w:rsidRDefault="000F4D8C" w:rsidP="00726BE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000F4D8C" w:rsidRDefault="000F4D8C" w:rsidP="00726BE9">
+    <w:p w14:paraId="218DD2A3" w14:textId="77777777" w:rsidR="000F4D8C" w:rsidRDefault="000F4D8C" w:rsidP="00726BE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000F4D8C" w:rsidRDefault="000F4D8C" w:rsidP="00726BE9">
+    <w:p w14:paraId="3A035DB5" w14:textId="77777777" w:rsidR="000F4D8C" w:rsidRDefault="000F4D8C" w:rsidP="00726BE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="000F4D8C" w:rsidRPr="00726BE9" w:rsidRDefault="000F4D8C" w:rsidP="00726BE9">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="227C5318" w14:textId="77777777" w:rsidR="000F4D8C" w:rsidRPr="00726BE9" w:rsidRDefault="000F4D8C" w:rsidP="00726BE9">
     <w:pPr>
       <w:pStyle w:val="Bezodstpw"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="-2127"/>
       </w:tabs>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:ind w:left="1134"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="0" w:name="bookmark11"/>
     <w:r w:rsidRPr="00726BE9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
       <w:t>Miejski Zarząd Dróg i Mostów</w:t>
     </w:r>
     <w:bookmarkEnd w:id="0"/>
   </w:p>
-  <w:p w:rsidR="000F4D8C" w:rsidRPr="00726BE9" w:rsidRDefault="000F4D8C" w:rsidP="00726BE9">
+  <w:p w14:paraId="168C8388" w14:textId="77777777" w:rsidR="000F4D8C" w:rsidRPr="00726BE9" w:rsidRDefault="002D100F" w:rsidP="00726BE9">
     <w:pPr>
       <w:pStyle w:val="Bezodstpw"/>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:ind w:left="1134"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
       </w:rPr>
-      <w:pict>
+      <w:pict w14:anchorId="1A1CD7C8">
         <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
           <v:path arrowok="t" fillok="f" o:connecttype="none"/>
           <o:lock v:ext="edit" shapetype="t"/>
         </v:shapetype>
         <v:shape id="_x0000_s1027" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:4.15pt;margin-top:36pt;width:494pt;height:0;z-index:251662336" o:connectortype="straight"/>
       </w:pict>
     </w:r>
-    <w:r w:rsidRPr="00726BE9">
+    <w:r w:rsidR="000F4D8C" w:rsidRPr="00726BE9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:lang w:eastAsia="pl-PL"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="63500" distR="606425" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+        <wp:anchor distT="0" distB="0" distL="63500" distR="606425" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F8EDEF5" wp14:editId="070C4BE7">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>115570</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-353695</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1090930" cy="688975"/>
           <wp:effectExtent l="19050" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="right"/>
           <wp:docPr id="1" name="Obraz 1" descr="image3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="image3"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1090930" cy="688975"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidRPr="00726BE9">
+    <w:r w:rsidR="000F4D8C" w:rsidRPr="00726BE9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:lang w:eastAsia="pl-PL"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="670560" distR="63500" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+        <wp:anchor distT="0" distB="0" distL="670560" distR="63500" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7DC889CC" wp14:editId="115B4FBF">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>5486400</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-353695</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="713105" cy="804545"/>
           <wp:effectExtent l="19050" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="left"/>
           <wp:docPr id="2" name="Obraz 2" descr="image4"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 2" descr="image4"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="713105" cy="804545"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidRPr="00726BE9">
+    <w:r w:rsidR="000F4D8C" w:rsidRPr="00726BE9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t>41 - 902 Bytom, ul. Smolenia 35</w:t>
     </w:r>
-    <w:r w:rsidRPr="00726BE9">
+    <w:r w:rsidR="000F4D8C" w:rsidRPr="00726BE9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:br/>
       <w:t xml:space="preserve">Regon 240136989 </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="000F4D8C">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t xml:space="preserve">       </w:t>
     </w:r>
-    <w:r w:rsidRPr="00726BE9">
+    <w:r w:rsidR="000F4D8C" w:rsidRPr="00726BE9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t>NIP 626 - 279 - 11 - 35</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08E856BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="89EA4C24"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -1724,51 +1722,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A161D34"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AED0E820"/>
     <w:lvl w:ilvl="0" w:tplc="11CE8D0C">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -1813,51 +1811,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1291048B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CE4EFFA0"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -1899,51 +1897,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C0C387A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E0AE3058"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
         <w:u w:val="none"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="pl-PL"/>
       </w:rPr>
@@ -1967,51 +1965,51 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20662580"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8E0E3072"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
         <w:u w:val="none"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="pl-PL"/>
       </w:rPr>
@@ -2035,51 +2033,51 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="207A0F65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B62AFFBC"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -2124,51 +2122,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="220E24CB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6B8653BA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="pl-PL"/>
       </w:rPr>
@@ -2192,51 +2190,51 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F102DE6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="18C47D96"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="pl-PL"/>
       </w:rPr>
@@ -2260,51 +2258,51 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B462E53"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="697292AA"/>
     <w:lvl w:ilvl="0" w:tplc="E7101852">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -2350,51 +2348,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49EF1B87"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7A5CA8B0"/>
     <w:lvl w:ilvl="0" w:tplc="04150017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2436,51 +2434,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5324" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B9C5208"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="27CAD114"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
         <w:u w:val="none"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="pl-PL"/>
       </w:rPr>
@@ -2504,51 +2502,51 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B341CFE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F7E0FC1C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
         <w:u w:val="none"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="pl-PL"/>
       </w:rPr>
@@ -2572,51 +2570,51 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64B953A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B3AAFAD0"/>
     <w:lvl w:ilvl="0" w:tplc="04150017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2658,51 +2656,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="687C2361"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DB5A857E"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="765" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1485" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2744,51 +2742,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5085" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5805" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6525" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="692F0655"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5830AB14"/>
     <w:lvl w:ilvl="0" w:tplc="04150017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2830,51 +2828,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72D93FE9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="199E01DA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
         <w:u w:val="none"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="pl-PL"/>
       </w:rPr>
@@ -2898,380 +2896,623 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1596939770">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="136381211">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="792988993">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="278880223">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1356688780">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1430855737">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="564922974">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="2075931143">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="11761474">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="426462338">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1239096005">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="581180482">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="789318904">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1734426363">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1526093507">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="120267887">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
       <o:rules v:ext="edit">
         <o:r id="V:Rule2" type="connector" idref="#_x0000_s1027"/>
       </o:rules>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00726BE9"/>
     <w:rsid w:val="000F4D8C"/>
     <w:rsid w:val="001455A5"/>
     <w:rsid w:val="00165BDE"/>
     <w:rsid w:val="001D016D"/>
     <w:rsid w:val="00252665"/>
+    <w:rsid w:val="002D100F"/>
+    <w:rsid w:val="00321441"/>
     <w:rsid w:val="0035701C"/>
     <w:rsid w:val="00392DD7"/>
     <w:rsid w:val="003B477E"/>
     <w:rsid w:val="003B5409"/>
     <w:rsid w:val="003F11B3"/>
     <w:rsid w:val="00467832"/>
     <w:rsid w:val="004C1CC8"/>
     <w:rsid w:val="00514D2B"/>
     <w:rsid w:val="005569E0"/>
     <w:rsid w:val="006360BA"/>
     <w:rsid w:val="00642F12"/>
     <w:rsid w:val="00646D15"/>
     <w:rsid w:val="00652286"/>
     <w:rsid w:val="006921C5"/>
     <w:rsid w:val="006A0338"/>
     <w:rsid w:val="00726BE9"/>
     <w:rsid w:val="00833F4E"/>
     <w:rsid w:val="00840D0D"/>
     <w:rsid w:val="009349C8"/>
     <w:rsid w:val="00984FAB"/>
     <w:rsid w:val="00987333"/>
     <w:rsid w:val="00B80C37"/>
     <w:rsid w:val="00B86FC8"/>
     <w:rsid w:val="00BC3AE6"/>
     <w:rsid w:val="00C0664A"/>
     <w:rsid w:val="00C372F7"/>
     <w:rsid w:val="00C80FAB"/>
     <w:rsid w:val="00CD4539"/>
     <w:rsid w:val="00D44011"/>
     <w:rsid w:val="00DB4FF7"/>
     <w:rsid w:val="00DF2CCA"/>
     <w:rsid w:val="00E667B3"/>
     <w:rsid w:val="00EA3514"/>
     <w:rsid w:val="00EE37D2"/>
     <w:rsid w:val="00F039AB"/>
     <w:rsid w:val="00F84633"/>
     <w:rsid w:val="00FC66B2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="18F02379"/>
+  <w15:docId w15:val="{340FDFB9-976A-4D89-BE88-E7963A62921F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C372F7"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="NagwekZnak"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00726BE9"/>
     <w:pPr>
       <w:tabs>
@@ -3633,51 +3874,51 @@
       <w:spacing w:val="0"/>
       <w:w w:val="100"/>
       <w:position w:val="0"/>
       <w:sz w:val="19"/>
       <w:szCs w:val="19"/>
       <w:u w:val="none"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Akapitzlist">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normalny"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00840D0D"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="608049456">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="651714872">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -4002,70 +4243,70 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>834</Words>
-  <Characters>5007</Characters>
+  <Characters>5005</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>41</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>WNIOSEK o zawarcie umowy na wydzierżawienie nieruchomości gruntowej przeznaczonej pod prowadzenie działalności promocyjnej poza pasem drogowym</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5830</CharactersWithSpaces>
+  <CharactersWithSpaces>5828</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>WNIOSEK o zawarcie umowy na wydzierżawienie nieruchomości gruntowej przeznaczonej pod prowadzenie działalności promocyjnej poza pasem drogowym</dc:title>
   <dc:creator>Dawid Skrzypek</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>