--- v0 (2026-01-12)
+++ v1 (2026-03-27)
@@ -1,346 +1,350 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00726BE9" w:rsidRPr="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00726BE9">
+    <w:p w14:paraId="6E88375E" w14:textId="77777777" w:rsidR="00726BE9" w:rsidRPr="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00726BE9">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00542316" w:rsidRDefault="00542316" w:rsidP="00726BE9">
+    <w:p w14:paraId="7AC1007D" w14:textId="77777777" w:rsidR="00542316" w:rsidRDefault="00542316" w:rsidP="00726BE9">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CD4539" w:rsidRDefault="00726BE9" w:rsidP="00726BE9">
+    <w:p w14:paraId="593CB89D" w14:textId="77777777" w:rsidR="00CD4539" w:rsidRDefault="00726BE9" w:rsidP="00726BE9">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00726BE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Bytom, dnia……………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00726BE9">
+    <w:p w14:paraId="09834CF5" w14:textId="77777777" w:rsidR="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00726BE9">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00B02F3D">
+    <w:p w14:paraId="0D2C1864" w14:textId="77777777" w:rsidR="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00B02F3D">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:ind w:right="3628"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>…………………………………………………………….</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00726BE9" w:rsidRPr="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00B02F3D">
+    <w:p w14:paraId="6FB06F72" w14:textId="77777777" w:rsidR="00726BE9" w:rsidRPr="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00B02F3D">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:ind w:right="3628"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00726BE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/imię i nazwisko/</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00B02F3D">
+    <w:p w14:paraId="5EB04E51" w14:textId="77777777" w:rsidR="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00B02F3D">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:ind w:right="3628"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00B02F3D">
+    <w:p w14:paraId="2CB95477" w14:textId="77777777" w:rsidR="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00B02F3D">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:ind w:right="3628"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00726BE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>…………………………</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>……………</w:t>
       </w:r>
       <w:r w:rsidRPr="00726BE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>……………………..</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00726BE9" w:rsidRPr="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00B02F3D">
+    <w:p w14:paraId="5CEA274E" w14:textId="77777777" w:rsidR="00726BE9" w:rsidRPr="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00B02F3D">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:ind w:right="3628"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00726BE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/adres i telefon/</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00B02F3D">
+    <w:p w14:paraId="1DF2BF84" w14:textId="77777777" w:rsidR="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00B02F3D">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:ind w:right="3628"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00B02F3D">
+    <w:p w14:paraId="04A9FF2D" w14:textId="77777777" w:rsidR="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00B02F3D">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:ind w:right="3628"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>……………………………………………………………..</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00726BE9" w:rsidRDefault="00B02F3D" w:rsidP="00B02F3D">
+    <w:p w14:paraId="08AF1B1F" w14:textId="77777777" w:rsidR="00726BE9" w:rsidRDefault="00B02F3D" w:rsidP="00B02F3D">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:ind w:right="3628"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/nazwa firmy</w:t>
       </w:r>
       <w:r w:rsidR="00726BE9" w:rsidRPr="00726BE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00B02F3D">
+    <w:p w14:paraId="40B02976" w14:textId="77777777" w:rsidR="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00B02F3D">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:ind w:right="3628"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00B02F3D">
+    <w:p w14:paraId="41336C5C" w14:textId="77777777" w:rsidR="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00B02F3D">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:ind w:right="3628"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>……………………………………………………………..</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00726BE9" w:rsidRPr="00726BE9" w:rsidRDefault="00B02F3D" w:rsidP="00B02F3D">
+    <w:p w14:paraId="6CD0CCC0" w14:textId="77777777" w:rsidR="00726BE9" w:rsidRPr="00726BE9" w:rsidRDefault="00B02F3D" w:rsidP="00B02F3D">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:ind w:right="3628"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/siedziba</w:t>
       </w:r>
       <w:r w:rsidR="00726BE9" w:rsidRPr="00726BE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00B02F3D">
+    <w:p w14:paraId="214BDEF5" w14:textId="77777777" w:rsidR="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00B02F3D">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:ind w:right="3628"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00726BE9" w:rsidRPr="00B02F3D" w:rsidRDefault="00EA3514" w:rsidP="00B02F3D">
+    <w:p w14:paraId="76B5248F" w14:textId="77777777" w:rsidR="00726BE9" w:rsidRPr="00B02F3D" w:rsidRDefault="00EA3514" w:rsidP="00B02F3D">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="3628"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B02F3D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>NIP…………………………</w:t>
       </w:r>
       <w:r w:rsidR="00B02F3D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>……………………………...</w:t>
@@ -412,2211 +416,2057 @@
       <w:r w:rsidR="00726BE9" w:rsidRPr="00B02F3D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>REGON</w:t>
       </w:r>
       <w:r w:rsidRPr="00B02F3D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>………</w:t>
       </w:r>
       <w:r w:rsidR="00B02F3D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>………………………….………………...</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA3514" w:rsidRDefault="00726BE9" w:rsidP="00EA3514">
+    <w:p w14:paraId="1E486DB3" w14:textId="77777777" w:rsidR="00EA3514" w:rsidRDefault="00726BE9" w:rsidP="00EA3514">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00726BE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>WNIOSEK O WYDANIE ZEZWOLENIA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00EA3514">
+    <w:p w14:paraId="5BA5274B" w14:textId="77777777" w:rsidR="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00EA3514">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00726BE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">NA ZAJĘCIE PASA </w:t>
       </w:r>
       <w:r w:rsidR="00B02F3D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>DROGOWEGO NA PRAWACH WYŁĄCZNOŚCI</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00EA3514">
+    <w:p w14:paraId="69E15C15" w14:textId="77777777" w:rsidR="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00EA3514">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00726BE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Cel zajęcia: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>……………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00726BE9" w:rsidRDefault="00FC66B2" w:rsidP="00726BE9">
+    <w:p w14:paraId="05968ACB" w14:textId="77777777" w:rsidR="00726BE9" w:rsidRDefault="00FC66B2" w:rsidP="00726BE9">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>………………………………………………………………………………………………...</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC66B2" w:rsidRPr="00B02F3D" w:rsidRDefault="00FC66B2" w:rsidP="00B02F3D">
+    <w:p w14:paraId="7B573634" w14:textId="77777777" w:rsidR="00FC66B2" w:rsidRPr="00B02F3D" w:rsidRDefault="00FC66B2" w:rsidP="00B02F3D">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B02F3D" w:rsidRPr="00B02F3D" w:rsidRDefault="00EA3514" w:rsidP="00B02F3D">
+    <w:p w14:paraId="5BC76C63" w14:textId="77777777" w:rsidR="00B02F3D" w:rsidRPr="00B02F3D" w:rsidRDefault="00EA3514" w:rsidP="00B02F3D">
       <w:pPr>
         <w:pStyle w:val="Teksttreci20"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B02F3D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidR="00B02F3D" w:rsidRPr="00B02F3D">
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Lokalizacja, </w:t>
       </w:r>
       <w:r w:rsidR="00B02F3D">
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B02F3D" w:rsidRPr="00B02F3D">
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>powierzchnia i okres zajęcia pasa drogowego:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B02F3D" w:rsidRPr="00B02F3D" w:rsidRDefault="00B02F3D" w:rsidP="00B02F3D">
+    <w:p w14:paraId="0C9609C7" w14:textId="77777777" w:rsidR="00B02F3D" w:rsidRPr="00B02F3D" w:rsidRDefault="00B02F3D" w:rsidP="00B02F3D">
       <w:pPr>
         <w:pStyle w:val="Teksttreci20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="-1843"/>
           <w:tab w:val="left" w:pos="-1701"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="400" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B02F3D">
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>przy ul./na pl./*</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>…………………………………………………………………………….</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B02F3D" w:rsidRPr="00B02F3D" w:rsidRDefault="00B02F3D" w:rsidP="00B02F3D">
+    <w:p w14:paraId="7301DBC6" w14:textId="77777777" w:rsidR="00B02F3D" w:rsidRPr="00B02F3D" w:rsidRDefault="00B02F3D" w:rsidP="00B02F3D">
       <w:pPr>
         <w:pStyle w:val="Teksttreci20"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="2714"/>
           <w:tab w:val="left" w:leader="dot" w:pos="4360"/>
           <w:tab w:val="left" w:leader="dot" w:pos="6021"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="00D826E3">
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">chodnik – </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00D826E3">
+        <w:t>chodnik – dł……….m x szer……….m = pow……….</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B02F3D">
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>dł</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00D826E3">
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B02F3D">
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...32 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B02F3D" w:rsidRPr="00B02F3D" w:rsidRDefault="00B02F3D" w:rsidP="00B02F3D">
+    <w:p w14:paraId="29593BE2" w14:textId="77777777" w:rsidR="00B02F3D" w:rsidRPr="00B02F3D" w:rsidRDefault="00B02F3D" w:rsidP="00B02F3D">
       <w:pPr>
         <w:pStyle w:val="Teksttreci20"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="-567"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B02F3D">
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">w okresie </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B02F3D" w:rsidRPr="00B02F3D" w:rsidRDefault="00B02F3D" w:rsidP="00D826E3">
+    <w:p w14:paraId="5F5B17CE" w14:textId="77777777" w:rsidR="00B02F3D" w:rsidRPr="00B02F3D" w:rsidRDefault="00B02F3D" w:rsidP="00D826E3">
       <w:pPr>
         <w:pStyle w:val="Teksttreci20"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3971"/>
           <w:tab w:val="left" w:leader="dot" w:pos="5920"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="00D826E3">
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">pozostałe elementy – </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>pozostałe elementy – dł……….m x szer……….</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B02F3D">
+        <w:rPr>
+          <w:rStyle w:val="Teksttreci2Exact"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">m = </w:t>
+      </w:r>
       <w:r w:rsidR="00D826E3">
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>dł</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00D826E3">
+        <w:t>pow……….</w:t>
+      </w:r>
+      <w:r w:rsidR="00D826E3" w:rsidRPr="00B02F3D">
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">……….m x </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00D826E3">
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00D826E3" w:rsidRPr="00B02F3D">
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...39 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B02F3D" w:rsidRPr="00B02F3D" w:rsidRDefault="00B02F3D" w:rsidP="00D826E3">
+    <w:p w14:paraId="44AD1759" w14:textId="77777777" w:rsidR="00B02F3D" w:rsidRPr="00B02F3D" w:rsidRDefault="00B02F3D" w:rsidP="00D826E3">
       <w:pPr>
         <w:pStyle w:val="Teksttreci20"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="6745"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B02F3D">
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">w okresie </w:t>
       </w:r>
       <w:r w:rsidR="00D826E3">
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D826E3" w:rsidRPr="00B02F3D" w:rsidRDefault="00D826E3" w:rsidP="00D826E3">
+    <w:p w14:paraId="3F657F2F" w14:textId="77777777" w:rsidR="00D826E3" w:rsidRPr="00B02F3D" w:rsidRDefault="00D826E3" w:rsidP="00D826E3">
       <w:pPr>
         <w:pStyle w:val="Teksttreci20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="-1843"/>
           <w:tab w:val="left" w:pos="-1701"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="400" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B02F3D">
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>przy ul./na pl./*</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>…………………………………………………………………………….</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D826E3" w:rsidRPr="00B02F3D" w:rsidRDefault="00D826E3" w:rsidP="00D826E3">
+    <w:p w14:paraId="33CCFD59" w14:textId="77777777" w:rsidR="00D826E3" w:rsidRPr="00B02F3D" w:rsidRDefault="00D826E3" w:rsidP="00D826E3">
       <w:pPr>
         <w:pStyle w:val="Teksttreci20"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="2714"/>
           <w:tab w:val="left" w:leader="dot" w:pos="4360"/>
           <w:tab w:val="left" w:leader="dot" w:pos="6021"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidRPr="00B02F3D">
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">chodnik - </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>chodnik - dł</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B02F3D">
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>dł</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:tab/>
+        <w:t>m x szer</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B02F3D">
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">m x </w:t>
-[...29 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>m = pow</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B02F3D">
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="00B02F3D">
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D826E3" w:rsidRPr="00B02F3D" w:rsidRDefault="00D826E3" w:rsidP="00D826E3">
+    <w:p w14:paraId="5A201FEA" w14:textId="77777777" w:rsidR="00D826E3" w:rsidRPr="00B02F3D" w:rsidRDefault="00D826E3" w:rsidP="00D826E3">
       <w:pPr>
         <w:pStyle w:val="Teksttreci20"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="-567"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B02F3D">
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">w okresie </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D826E3" w:rsidRPr="00B02F3D" w:rsidRDefault="00D826E3" w:rsidP="00D826E3">
+    <w:p w14:paraId="1D753305" w14:textId="77777777" w:rsidR="00D826E3" w:rsidRPr="00B02F3D" w:rsidRDefault="00D826E3" w:rsidP="00D826E3">
       <w:pPr>
         <w:pStyle w:val="Teksttreci20"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3971"/>
           <w:tab w:val="left" w:leader="dot" w:pos="5920"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidRPr="00B02F3D">
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">pozostałe elementy - </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>pozostałe elementy - dł</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B02F3D">
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>dł</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:tab/>
+        <w:t>m x szer</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B02F3D">
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">m x </w:t>
-[...29 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>m = pow</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>…………</w:t>
       </w:r>
       <w:r w:rsidRPr="00B02F3D">
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="00B02F3D">
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D826E3" w:rsidRPr="00B02F3D" w:rsidRDefault="00D826E3" w:rsidP="00D826E3">
+    <w:p w14:paraId="34330695" w14:textId="77777777" w:rsidR="00D826E3" w:rsidRPr="00B02F3D" w:rsidRDefault="00D826E3" w:rsidP="00D826E3">
       <w:pPr>
         <w:pStyle w:val="Teksttreci20"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="6745"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B02F3D">
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">w okresie </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Exact"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D44011" w:rsidRPr="00D44011" w:rsidRDefault="00D44011" w:rsidP="00D826E3">
+    <w:p w14:paraId="24904BB6" w14:textId="77777777" w:rsidR="00D44011" w:rsidRPr="00D44011" w:rsidRDefault="00D44011" w:rsidP="00D826E3">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D44011">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00D826E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00D826E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> prawidłowe podkreślić</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D44011" w:rsidRPr="00EA3514" w:rsidRDefault="00D44011" w:rsidP="00D44011">
+    <w:p w14:paraId="4EB546D4" w14:textId="77777777" w:rsidR="00D44011" w:rsidRPr="00EA3514" w:rsidRDefault="00D44011" w:rsidP="00D44011">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D826E3" w:rsidRDefault="00D826E3" w:rsidP="00D44011">
+    <w:p w14:paraId="1B6B1852" w14:textId="77777777" w:rsidR="00D826E3" w:rsidRDefault="00D826E3" w:rsidP="00D44011">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D44011" w:rsidRDefault="00D44011" w:rsidP="00D44011">
+    <w:p w14:paraId="7690CB71" w14:textId="77777777" w:rsidR="00D44011" w:rsidRDefault="00D44011" w:rsidP="00D44011">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Upoważniam…………………………………………………………...</w:t>
       </w:r>
       <w:r w:rsidRPr="00D44011">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>do odbioru pism i decyzji.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D44011" w:rsidRDefault="00D44011" w:rsidP="00D44011">
+    <w:p w14:paraId="2BD99D19" w14:textId="77777777" w:rsidR="00D44011" w:rsidRDefault="00D44011" w:rsidP="00D44011">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D44011" w:rsidRDefault="00D44011" w:rsidP="00D44011">
+    <w:p w14:paraId="566C830D" w14:textId="77777777" w:rsidR="00D44011" w:rsidRDefault="00D44011" w:rsidP="00D44011">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D44011" w:rsidRDefault="00D44011" w:rsidP="00D44011">
+    <w:p w14:paraId="1BEC61B1" w14:textId="77777777" w:rsidR="00D44011" w:rsidRDefault="00D44011" w:rsidP="00D44011">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D44011" w:rsidRPr="00D44011" w:rsidRDefault="00D44011" w:rsidP="00D44011">
+    <w:p w14:paraId="566C8037" w14:textId="77777777" w:rsidR="00D44011" w:rsidRPr="00D44011" w:rsidRDefault="00D44011" w:rsidP="00D44011">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:ind w:left="5103"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>……………………………………….</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00ED2CBE" w:rsidRPr="00372EB6" w:rsidRDefault="00D44011" w:rsidP="00372EB6">
+    <w:p w14:paraId="1B7FB1AC" w14:textId="77777777" w:rsidR="00ED2CBE" w:rsidRPr="00372EB6" w:rsidRDefault="00D44011" w:rsidP="00372EB6">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:sectPr w:rsidR="00ED2CBE" w:rsidRPr="00372EB6" w:rsidSect="00FC66B2">
-          <w:headerReference w:type="default" r:id="rId8"/>
-          <w:footerReference w:type="even" r:id="rId9"/>
+          <w:headerReference w:type="even" r:id="rId8"/>
+          <w:headerReference w:type="default" r:id="rId9"/>
+          <w:footerReference w:type="even" r:id="rId10"/>
+          <w:footerReference w:type="default" r:id="rId11"/>
+          <w:headerReference w:type="first" r:id="rId12"/>
+          <w:footerReference w:type="first" r:id="rId13"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1418" w:right="1304" w:bottom="851" w:left="1304" w:header="567" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00D44011">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/ podpis i pieczęć wnioskodawcy/</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B02F3D" w:rsidRPr="00B02F3D" w:rsidRDefault="00FC66B2" w:rsidP="00B61E62">
+    <w:p w14:paraId="0CCFD859" w14:textId="77777777" w:rsidR="00B02F3D" w:rsidRPr="00B02F3D" w:rsidRDefault="00FC66B2" w:rsidP="00B61E62">
       <w:pPr>
         <w:pStyle w:val="Nagwek20"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D44011">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="bookmark7"/>
       <w:r w:rsidR="00B02F3D" w:rsidRPr="00B02F3D">
         <w:t>DODATKOWE OBJAŚNIENIA:</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w:rsidR="00B02F3D" w:rsidRPr="00811589" w:rsidRDefault="00B02F3D" w:rsidP="00B02F3D">
+    <w:p w14:paraId="1CAB7F0A" w14:textId="77777777" w:rsidR="00B02F3D" w:rsidRPr="00811589" w:rsidRDefault="00B02F3D" w:rsidP="00B02F3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek20"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="bookmark8"/>
       <w:r w:rsidRPr="00811589">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Załączniki do wniosku (działalność usługowo - handlowa):</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w:rsidR="00B02F3D" w:rsidRPr="00811589" w:rsidRDefault="00B02F3D" w:rsidP="00E57492">
+    <w:p w14:paraId="7A3558A7" w14:textId="77777777" w:rsidR="00B02F3D" w:rsidRPr="00811589" w:rsidRDefault="00B02F3D" w:rsidP="00E57492">
       <w:pPr>
         <w:pStyle w:val="Teksttreci20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00811589">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Szczegółowy plan sytuacyjny w skali 1:1000 lub 1:500 z zaznaczeniem granic i podaniem wymiarów planowanej powierzchni zajęcia pasa drogowego.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00811589" w:rsidRPr="00811589" w:rsidRDefault="00B02F3D" w:rsidP="00811589">
+    <w:p w14:paraId="6B96FD72" w14:textId="77777777" w:rsidR="00811589" w:rsidRPr="00811589" w:rsidRDefault="00B02F3D" w:rsidP="00811589">
       <w:pPr>
         <w:pStyle w:val="Teksttreci20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1560"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00811589">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Kserokopia zaświadczenia o wpisie do ewidencji dz</w:t>
       </w:r>
       <w:r w:rsidR="00ED2CBE" w:rsidRPr="00811589">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>iałalności gospodarczej lub KRS.</w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="bookmark9"/>
     </w:p>
-    <w:p w:rsidR="00811589" w:rsidRPr="00811589" w:rsidRDefault="00811589" w:rsidP="00811589">
+    <w:p w14:paraId="1A85E525" w14:textId="77777777" w:rsidR="00811589" w:rsidRPr="00811589" w:rsidRDefault="00811589" w:rsidP="00811589">
       <w:pPr>
         <w:pStyle w:val="Teksttreci20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1560"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00811589">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Pełnomocnictwo lub upoważnienie do działania w imieniu wnioskodawcy </w:t>
       </w:r>
       <w:r w:rsidRPr="00811589">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>(W razie ustanowienia pełnomocnika reprezentującego wnioskodawcę, Pełnomocnictwo zgodnie z art. 33 § 3 Kodeks postępowania administracyjnego (</w:t>
-[...17 lines deleted...]
-        <w:t>. Dz.U.</w:t>
+        <w:t>(W razie ustanowienia pełnomocnika reprezentującego wnioskodawcę, Pełnomocnictwo zgodnie z art. 33 § 3 Kodeks postępowania administracyjnego (t.j. Dz.U.</w:t>
       </w:r>
       <w:r w:rsidRPr="00811589">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
         <w:t>z 2023r. poz. 775) wraz z dowodem uiszczenia opłaty skarbowej).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B02F3D" w:rsidRPr="00811589" w:rsidRDefault="00B02F3D" w:rsidP="00B02F3D">
+    <w:p w14:paraId="1DB4711E" w14:textId="77777777" w:rsidR="00B02F3D" w:rsidRPr="00811589" w:rsidRDefault="00B02F3D" w:rsidP="00B02F3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek20"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00811589">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Załączniki do wniosku (letnia kawiarenka):</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w:rsidR="00B02F3D" w:rsidRPr="00811589" w:rsidRDefault="00B02F3D" w:rsidP="00E57492">
+    <w:p w14:paraId="2E6459FA" w14:textId="77777777" w:rsidR="00B02F3D" w:rsidRPr="00811589" w:rsidRDefault="00B02F3D" w:rsidP="00E57492">
       <w:pPr>
         <w:pStyle w:val="Teksttreci20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1985"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00811589">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Szczegółowy plan sytuacyjny w skali 1:1000 lub 1:500 z zaznaczeniem granic i podaniem wymiarów planowanej powierzchni zajęcia pasa drogowego.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B02F3D" w:rsidRPr="00811589" w:rsidRDefault="00B02F3D" w:rsidP="00E57492">
+    <w:p w14:paraId="5ADC89A3" w14:textId="77777777" w:rsidR="00B02F3D" w:rsidRPr="00811589" w:rsidRDefault="00B02F3D" w:rsidP="00E57492">
       <w:pPr>
         <w:pStyle w:val="Teksttreci20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1985"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00811589">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Kserokopia zaświadczenia o wpisie do ewidencji działalności gospodarczej lub KRS.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B02F3D" w:rsidRPr="00811589" w:rsidRDefault="00ED2CBE" w:rsidP="00E57492">
+    <w:p w14:paraId="5999066F" w14:textId="77777777" w:rsidR="00B02F3D" w:rsidRPr="00811589" w:rsidRDefault="00ED2CBE" w:rsidP="00E57492">
       <w:pPr>
         <w:pStyle w:val="Teksttreci20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1985"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00811589">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Opinia</w:t>
       </w:r>
       <w:r w:rsidR="00B02F3D" w:rsidRPr="00811589">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E56961" w:rsidRPr="00811589">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">z Wydziału Architektury Urzędu Miejskiego </w:t>
       </w:r>
       <w:r w:rsidR="00B02F3D" w:rsidRPr="00811589">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>w Bytomiu dot. zagospodarowania terenu, wyposażenia kawiarenki.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00811589" w:rsidRPr="00811589" w:rsidRDefault="00B02F3D" w:rsidP="00811589">
+    <w:p w14:paraId="5E98B075" w14:textId="77777777" w:rsidR="00811589" w:rsidRPr="00811589" w:rsidRDefault="00B02F3D" w:rsidP="00811589">
       <w:pPr>
         <w:pStyle w:val="Teksttreci20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1985"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00811589">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Plan zagospodarowania terenu, opis wyposażenia kawiarenki (prospekt, zdjęcia itp.).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00811589" w:rsidRPr="00811589" w:rsidRDefault="00811589" w:rsidP="00811589">
+    <w:p w14:paraId="22B65412" w14:textId="77777777" w:rsidR="00811589" w:rsidRPr="00811589" w:rsidRDefault="00811589" w:rsidP="00811589">
       <w:pPr>
         <w:pStyle w:val="Teksttreci20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1985"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00811589">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Pełnomocnictwo lub upoważnienie do działania w imieniu wnioskodawcy </w:t>
       </w:r>
       <w:r w:rsidRPr="00811589">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>(W razie ustanowienia pełnomocnika reprezentującego wnioskodawcę, Pełnomocnictwo zgodnie z art. 33 § 3 Kodeks postępowania administracyjnego (</w:t>
-[...38 lines deleted...]
-    <w:p w:rsidR="00B02F3D" w:rsidRPr="00811589" w:rsidRDefault="00B02F3D" w:rsidP="00B02F3D">
+        <w:t>(W razie ustanowienia pełnomocnika reprezentującego wnioskodawcę, Pełnomocnictwo zgodnie z art. 33 § 3 Kodeks postępowania administracyjnego (t.j. Dz.U.z 2023r. poz. 775) wraz z dowodem uiszczenia opłaty skarbowej).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47C3E8AA" w14:textId="77777777" w:rsidR="00B02F3D" w:rsidRPr="00811589" w:rsidRDefault="00B02F3D" w:rsidP="00B02F3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek20"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="bookmark10"/>
       <w:r w:rsidRPr="00811589">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Uwagi:</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w:rsidR="00B02F3D" w:rsidRPr="00811589" w:rsidRDefault="00B02F3D" w:rsidP="00811589">
+    <w:p w14:paraId="41C1AF74" w14:textId="77777777" w:rsidR="00B02F3D" w:rsidRPr="00811589" w:rsidRDefault="00B02F3D" w:rsidP="00811589">
       <w:pPr>
         <w:pStyle w:val="Teksttreci20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00811589">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Niniejszy wniosek należy składać w Miejskim Zarządzie Dróg i Mostów z </w:t>
       </w:r>
       <w:r w:rsidRPr="00811589">
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Pogrubienie"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">4 - tygodniowym terminem wyprzedzenia </w:t>
       </w:r>
       <w:r w:rsidRPr="00811589">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>przed planowanym zajęciem pasa drogowego, ze względu na:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B02F3D" w:rsidRPr="00811589" w:rsidRDefault="00B02F3D" w:rsidP="00372EB6">
+    <w:p w14:paraId="3E74CBFC" w14:textId="77777777" w:rsidR="00B02F3D" w:rsidRPr="00811589" w:rsidRDefault="00B02F3D" w:rsidP="00372EB6">
       <w:pPr>
         <w:pStyle w:val="Teksttreci20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00811589">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">przewidziany w art.35 §3 KPA, 1 - miesięczny termin załatwiania spraw wymagających postępowania </w:t>
       </w:r>
       <w:r w:rsidR="00372EB6" w:rsidRPr="00811589">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidRPr="00811589">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>wyjaśniającego,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B02F3D" w:rsidRPr="00811589" w:rsidRDefault="00B02F3D" w:rsidP="00372EB6">
+    <w:p w14:paraId="21C24A08" w14:textId="77777777" w:rsidR="00B02F3D" w:rsidRPr="00811589" w:rsidRDefault="00B02F3D" w:rsidP="00372EB6">
       <w:pPr>
         <w:pStyle w:val="Teksttreci20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00811589">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>przewidziany w art.129 §2 KPA termin na wniesienie odwołania i zapis art.130 §1 KPA, iż przed upływem terminu do wniesienia odwołania decyzja nie ulega wykonaniu,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B02F3D" w:rsidRPr="00811589" w:rsidRDefault="00B02F3D" w:rsidP="00B61E62">
+    <w:p w14:paraId="359ED353" w14:textId="77777777" w:rsidR="00B02F3D" w:rsidRPr="00811589" w:rsidRDefault="00B02F3D" w:rsidP="00B61E62">
       <w:pPr>
         <w:pStyle w:val="Teksttreci20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="960"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="88" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="600" w:hanging="316"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00811589">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>niezbędny czas do doręczenia pisma przewidziany w art. 39 KPA.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B61E62" w:rsidRPr="00811589" w:rsidRDefault="00B02F3D" w:rsidP="009F68C2">
+    <w:p w14:paraId="291DD665" w14:textId="77777777" w:rsidR="00B61E62" w:rsidRPr="00811589" w:rsidRDefault="00B02F3D" w:rsidP="009F68C2">
       <w:pPr>
         <w:pStyle w:val="Teksttreci20"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00811589">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeżeli wniosek zostanie złożony z krótszym wyprzedzeniem terminu, </w:t>
       </w:r>
       <w:r w:rsidRPr="00811589">
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Pogrubienie"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">zarząd drogi może </w:t>
       </w:r>
       <w:r w:rsidR="00E57492" w:rsidRPr="00811589">
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Pogrubienie"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00811589">
         <w:rPr>
           <w:rStyle w:val="Teksttreci2Pogrubienie"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">w uzasadnionym przypadku odmówić wydania zezwolenia </w:t>
       </w:r>
       <w:r w:rsidRPr="00811589">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>na zajęcie pasa drogowego.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00811589" w:rsidRPr="00811589" w:rsidRDefault="00B61E62" w:rsidP="00811589">
+    <w:p w14:paraId="78B69FDA" w14:textId="77777777" w:rsidR="00811589" w:rsidRPr="00811589" w:rsidRDefault="00B61E62" w:rsidP="00811589">
       <w:pPr>
         <w:pStyle w:val="Teksttreci20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00811589">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Wnioskodawcę poucza się, że umieszczenie obiektów małej architektury, tablic reklamowych i urządzeń reklamowych oraz ogrodzeń w pasie drogowym nie może naruszać przepisów Uchwały NR LXXIII/931/23 Rady Miejskiej w Bytomiu z dnia 30 stycznia 2023 r. w sprawie ustalenia zasad i warunków sytuowania obiektów małej architektury, tablic reklamowych i urządzeń reklamowych oraz ogrodzeń w Bytomiu. Podmiot, który umieścił w/w elementy niezgodne z przepisami uchwały podlega karze pieniężnej na podstawie art. 37d ustawy z dnia 27 marca 2003 r. o planowaniu i zagospodarowaniu przestrzennym.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B61E62" w:rsidRPr="00811589" w:rsidRDefault="00811589" w:rsidP="00811589">
+    <w:p w14:paraId="111F731F" w14:textId="77777777" w:rsidR="00B61E62" w:rsidRPr="00811589" w:rsidRDefault="00811589" w:rsidP="00811589">
       <w:pPr>
         <w:pStyle w:val="Teksttreci20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00811589">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Do zajęcia wnioskowanego miejsca upoważnia posiadanie przez wnioskodawcę oryginału decyzji administracyjnej na zajęcie pasa drogowego lub umowy na dzierżawę drogi wewnętrznej / innych terenów – odebranej najpóźniej w dniu rozpoczynającym zajęcie. </w:t>
       </w:r>
       <w:r w:rsidR="00B61E62" w:rsidRPr="00811589">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B02F3D" w:rsidRPr="00811589" w:rsidRDefault="00B02F3D" w:rsidP="00811589">
+    <w:p w14:paraId="7E9028BA" w14:textId="77777777" w:rsidR="00B02F3D" w:rsidRPr="00811589" w:rsidRDefault="00B02F3D" w:rsidP="00811589">
       <w:pPr>
         <w:pStyle w:val="Teksttreci20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0" w:after="180" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00811589">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Termin uiszczenia opłat za zajęcie pasa drogowego wynosi 14 dni od dnia, w którym decyzja ustalająca ich wysokość stała się ostateczna (art.40 ust.13 ustawy o drogach publicznych). Stawki opłat za zajęcia pasa drogowego ustalone zostały Uchwałą Nr XXVI/376/04 Rady Miejskiej w Bytomiu z dnia 26 maja 2004 r.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00542230" w:rsidRPr="00B02F3D" w:rsidRDefault="00B02F3D" w:rsidP="00B61E62">
+    <w:p w14:paraId="7B7757CF" w14:textId="77777777" w:rsidR="00542230" w:rsidRPr="00B02F3D" w:rsidRDefault="00B02F3D" w:rsidP="00B61E62">
       <w:pPr>
         <w:pStyle w:val="Teksttreci30"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00B61E62">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Wnioskodawcę poucza się, że za zajęcie pasa drogowego bez zezwolenia, tj.: za samowolne zajęcie pasa drogowego, przekroczenie terminu zajęcia pasa drogowego lub zajęcie większej powierzchni niż określona w zezwoleniu wymierza się 10-krotną karę pieniężną zgodnie z art. 40 ust. 12 ustawy o drogach publicznych.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00542230" w:rsidRPr="00B02F3D" w:rsidSect="00ED2CBE">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="1304" w:bottom="851" w:left="1304" w:header="567" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CF3077" w:rsidRDefault="00CF3077" w:rsidP="00726BE9">
+    <w:p w14:paraId="7C643A83" w14:textId="77777777" w:rsidR="00CF3077" w:rsidRDefault="00CF3077" w:rsidP="00726BE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CF3077" w:rsidRDefault="00CF3077" w:rsidP="00726BE9">
+    <w:p w14:paraId="3E04BDC5" w14:textId="77777777" w:rsidR="00CF3077" w:rsidRDefault="00CF3077" w:rsidP="00726BE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="12AAD203" w14:textId="77777777" w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
     <w:pPr>
       <w:pStyle w:val="Teksttreci60"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
       <w:spacing w:before="0" w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:b w:val="0"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b w:val="0"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:u w:val="single"/>
       </w:rPr>
       <w:t xml:space="preserve">Klauzula Informacyjna </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
+  <w:p w14:paraId="3E477237" w14:textId="77777777" w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>1. Administratorem Danych Osobowych jest:</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve"> Miejski Zarząd Dróg i Mostów, ul. Smolenia 35, 41-902 Bytom tel. 32 39 69 700, e-mail: sekretariat@mzdim.bytom.pl </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
+  <w:p w14:paraId="55F57980" w14:textId="77777777" w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>2. Reprezentantem Administratora Danych Osobowych jest Dyrektor Miejskiego Zarządu Dróg i Mostów w Bytomiu.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
+  <w:p w14:paraId="45431551" w14:textId="0841BEC5" w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t>3. Dane kontaktowe Inspektora Ochrony Danych: Radosław Schejbal; e-mail: iod@mzdim.bytom.pl</w:t>
+      <w:t xml:space="preserve">3. Dane kontaktowe Inspektora Ochrony Danych: </w:t>
+    </w:r>
+    <w:r w:rsidR="00486CD5" w:rsidRPr="00486CD5">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>Ewelina Wysocka</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>; e-mail: iod@mzdim.bytom.pl</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
+  <w:p w14:paraId="39959AE5" w14:textId="77777777" w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>4. Dane osobowe są przetwarzane przez Administratora w celu: realizacji zadań określonych przepisami prawa, wypełnienia obowiązku prawnego oraz wykonywania zadań przez organ publiczny.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
+  <w:p w14:paraId="3B640E32" w14:textId="77777777" w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>5. Podstawy prawne przetwarzania: Rozporządzenie Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych) art 6 lit. a-e, w powiązaniu z przepisami prawa, w szczególności:</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
+  <w:p w14:paraId="08816730" w14:textId="77777777" w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>- Ustawa z dnia 10 maja 2018 r. o ochronie danych osobowych;</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
+  <w:p w14:paraId="676059CD" w14:textId="77777777" w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>- Ustawa z dnia 20 czerwca 1997 r. - Prawo o ruchu drogowym;</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
+  <w:p w14:paraId="7662049B" w14:textId="77777777" w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>- Uchwała Nr XLIV/680/05 z dnia 29 czerwca 2005 r. o utworzeniu jednostki budżetowej pod nazwą: Miejski Zarząd Dróg i Mostów w Bytomiu;</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
+  <w:p w14:paraId="2957A72B" w14:textId="77777777" w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t xml:space="preserve">- Uchwała Rady Miejskiej w Bytomiu nr </w:t>
+      <w:t>- Uchwała Rady Miejskiej w Bytomiu nr NR XVIII/242/15 z dnia 23.11.2015 r. dotycząca Strefy Płatnego Parkowania.</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-    <w:r>
+  </w:p>
+  <w:p w14:paraId="22B4F603" w14:textId="77777777" w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t>NR</w:t>
-[...1 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
+    </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t xml:space="preserve"> XVIII/242/15 z dnia 23.11.2015 r. dotycząca Strefy Płatnego Parkowania.</w:t>
+      <w:t>6. Odbiorcami danych osobowych są osoby fizyczne i prawne na podstawie przepisów prawa.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
+  <w:p w14:paraId="134E9F51" w14:textId="77777777" w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t>6. Odbiorcami danych osobowych są osoby fizyczne i prawne na podstawie przepisów prawa.</w:t>
+      <w:t>7. Dane osobowe będą przetwarzane przez czas określony przepisami prawa, w szczególności w celach archiwalnych.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
+  <w:p w14:paraId="4A42B22E" w14:textId="77777777" w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t>7. Dane osobowe będą przetwarzane przez czas określony przepisami prawa, w szczególności w celach archiwalnych.</w:t>
+      <w:t>8. Prawa przysługujące osobie, której dane są przetwarzane:</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
+  <w:p w14:paraId="7BBA5AAF" w14:textId="77777777" w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t>8. Prawa przysługujące osobie, której dane są przetwarzane:</w:t>
+      <w:t>Osoba, której dane dotyczą ma prawo dostępu do treści swoich danych oraz prawo do ich sprostowania, ograniczenia przetwarzania, prawo do przenoszenia danych, prawo do wniesienia sprzeciwu, prawo do cofnięcia zgody w dowolnym momencie (jeżeli przetwarzanie odbywa się na podstawie zgody) oraz prawo do wniesienia skargi do organu nadzorczego, gdy uzna, iż przetwarzanie danych osobowych jego dotyczących narusza przepisy ogólnego rozporządzenia o ochronie danych osobowych z dnia 27 kwietnia 2016 r. (UE 2016/679).</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
+  <w:p w14:paraId="3735F2D2" w14:textId="77777777" w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t>Osoba, której dane dotyczą ma prawo dostępu do treści swoich danych oraz prawo do ich sprostowania, ograniczenia przetwarzania, prawo do przenoszenia danych, prawo do wniesienia sprzeciwu, prawo do cofnięcia zgody w dowolnym momencie (jeżeli przetwarzanie odbywa się na podstawie zgody) oraz prawo do wniesienia skargi do organu nadzorczego, gdy uzna, iż przetwarzanie danych osobowych jego dotyczących narusza przepisy ogólnego rozporządzenia o ochronie danych osobowych z dnia 27 kwietnia 2016 r. (UE 2016/679).</w:t>
+      <w:t>9. Podanie danych osobowych jest dobrowolne, jednakże w celu realizacji zadań objętych przepisami prawa jest niezbędne. W niniejszym przypadku jest wymogiem prawnym oraz warunkiem realizacji prawnie uzasadnionych interesów: administratora oraz osób, których dane są przetwarzane.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
+  <w:p w14:paraId="2BB136E2" w14:textId="77777777" w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t>9. Podanie danych osobowych jest dobrowolne, jednakże w celu realizacji zadań objętych przepisami prawa jest niezbędne. W niniejszym przypadku jest wymogiem prawnym oraz warunkiem realizacji prawnie uzasadnionych interesów: administratora oraz osób, których dane są przetwarzane.</w:t>
+      <w:t>10 W trakcie przetwarzania Państwa danych osobowych nie dochodzi do wyłącznie zautomatyzowanego podejmowania decyzji ani do profilowania, o których mowa w art.22 ust. 1 i 4 RODO. Oznacza to, że żadne decyzje nie będą zapadać wyłącznie automatycznie oraz, że nie buduje się żadnych profili.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
+  <w:p w14:paraId="489358B6" w14:textId="77777777" w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t>10 W trakcie przetwarzania Państwa danych osobowych nie dochodzi do wyłącznie zautomatyzowanego podejmowania decyzji ani do profilowania, o których mowa w art.22 ust. 1 i 4 RODO. Oznacza to, że żadne decyzje nie będą zapadać wyłącznie automatycznie oraz, że nie buduje się żadnych profili.</w:t>
-[...17 lines deleted...]
-      </w:rPr>
       <w:t>11. W przypadku uznania, iż przetwarzanie przez Administratora Państwa danych osobowych narusza przepisy RODO, przysługuje Państwu prawo do wniesienia skargi do Prezesa Urzędu Ochrony Danych Osobowych, ul. Stawki 2, 00-193 Warszawa.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
+  <w:p w14:paraId="57BF2B70" w14:textId="77777777" w:rsidR="004A7B3E" w:rsidRDefault="004A7B3E" w:rsidP="004A7B3E">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00B61E62" w:rsidRDefault="00B61E62" w:rsidP="00B61E62">
+  <w:p w14:paraId="5BF2420D" w14:textId="77777777" w:rsidR="00B61E62" w:rsidRDefault="00B61E62" w:rsidP="00B61E62">
     <w:pPr>
       <w:pStyle w:val="Bezodstpw"/>
       <w:ind w:right="-58"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00ED2CBE" w:rsidRDefault="008D6C5D" w:rsidP="00DA37B5">
+  <w:p w14:paraId="77DCC8CE" w14:textId="77777777" w:rsidR="00ED2CBE" w:rsidRDefault="008D6C5D" w:rsidP="00DA37B5">
     <w:pPr>
       <w:pStyle w:val="Bezodstpw"/>
       <w:ind w:right="-58"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                                                                                   </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00ED2CBE" w:rsidRDefault="00ED2CBE" w:rsidP="00ED2CBE">
+  <w:p w14:paraId="6C10901A" w14:textId="77777777" w:rsidR="00ED2CBE" w:rsidRDefault="00ED2CBE" w:rsidP="00ED2CBE">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00ED2CBE" w:rsidRDefault="00ED2CBE">
+  <w:p w14:paraId="52752CA8" w14:textId="77777777" w:rsidR="00ED2CBE" w:rsidRDefault="00ED2CBE">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2C4EB8AA" w14:textId="77777777" w:rsidR="00486CD5" w:rsidRDefault="00486CD5">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4D2D0EFD" w14:textId="77777777" w:rsidR="00486CD5" w:rsidRDefault="00486CD5">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CF3077" w:rsidRDefault="00CF3077" w:rsidP="00726BE9">
+    <w:p w14:paraId="785BDA70" w14:textId="77777777" w:rsidR="00CF3077" w:rsidRDefault="00CF3077" w:rsidP="00726BE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CF3077" w:rsidRDefault="00CF3077" w:rsidP="00726BE9">
+    <w:p w14:paraId="545C8A32" w14:textId="77777777" w:rsidR="00CF3077" w:rsidRDefault="00CF3077" w:rsidP="00726BE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00726BE9" w:rsidRPr="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00726BE9">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3020ACE3" w14:textId="77777777" w:rsidR="00486CD5" w:rsidRDefault="00486CD5">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="75780AFF" w14:textId="77777777" w:rsidR="00726BE9" w:rsidRPr="00726BE9" w:rsidRDefault="00726BE9" w:rsidP="00726BE9">
     <w:pPr>
       <w:pStyle w:val="Bezodstpw"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="-2127"/>
       </w:tabs>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:ind w:left="1134"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="0" w:name="bookmark11"/>
     <w:r w:rsidRPr="00726BE9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
       <w:t>Miejski Zarząd Dróg i Mostów</w:t>
     </w:r>
     <w:bookmarkEnd w:id="0"/>
   </w:p>
-  <w:p w:rsidR="00726BE9" w:rsidRPr="00726BE9" w:rsidRDefault="00E0100F" w:rsidP="00726BE9">
+  <w:p w14:paraId="194AD3D2" w14:textId="77777777" w:rsidR="00726BE9" w:rsidRPr="00726BE9" w:rsidRDefault="00486CD5" w:rsidP="00726BE9">
     <w:pPr>
       <w:pStyle w:val="Bezodstpw"/>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:ind w:left="1134"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
       </w:rPr>
-      <w:pict>
+      <w:pict w14:anchorId="66B3C98D">
         <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
           <v:path arrowok="t" fillok="f" o:connecttype="none"/>
           <o:lock v:ext="edit" shapetype="t"/>
         </v:shapetype>
         <v:shape id="_x0000_s1027" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:4.15pt;margin-top:36pt;width:494pt;height:0;z-index:251662336" o:connectortype="straight"/>
       </w:pict>
     </w:r>
     <w:r w:rsidR="00726BE9" w:rsidRPr="00726BE9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:lang w:eastAsia="pl-PL"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="63500" distR="606425" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+        <wp:anchor distT="0" distB="0" distL="63500" distR="606425" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A4800E3" wp14:editId="5756D610">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>115570</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-353695</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1090930" cy="688975"/>
           <wp:effectExtent l="19050" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="right"/>
           <wp:docPr id="1" name="Obraz 1" descr="image3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="image3"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
@@ -2626,51 +2476,51 @@
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1090930" cy="688975"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00726BE9" w:rsidRPr="00726BE9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:lang w:eastAsia="pl-PL"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="670560" distR="63500" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+        <wp:anchor distT="0" distB="0" distL="670560" distR="63500" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="395EF63C" wp14:editId="0B192E26">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>5486400</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-353695</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="713105" cy="804545"/>
           <wp:effectExtent l="19050" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="left"/>
           <wp:docPr id="2" name="Obraz 2" descr="image4"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 2" descr="image4"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2"/>
@@ -2702,52 +2552,62 @@
       <w:t>41 - 902 Bytom, ul. Smolenia 35</w:t>
     </w:r>
     <w:r w:rsidR="00726BE9" w:rsidRPr="00726BE9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:br/>
       <w:t xml:space="preserve">Regon 240136989 </w:t>
     </w:r>
     <w:r w:rsidR="00726BE9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t xml:space="preserve">       </w:t>
     </w:r>
     <w:r w:rsidR="00726BE9" w:rsidRPr="00726BE9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t>NIP 626 - 279 - 11 - 35</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="57396790" w14:textId="77777777" w:rsidR="00486CD5" w:rsidRDefault="00486CD5">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="039E7D22"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AB8A7B8C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
         <w:u w:val="none"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="pl-PL"/>
@@ -4715,157 +4575,159 @@
   <w:num w:numId="16" w16cid:durableId="116342607">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="956250843">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1310937792">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="2062171146">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1314799134">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1279530636">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1633825434">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
       <o:rules v:ext="edit">
         <o:r id="V:Rule2" type="connector" idref="#_x0000_s1027"/>
       </o:rules>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00726BE9"/>
     <w:rsid w:val="00101B60"/>
     <w:rsid w:val="001B2CFE"/>
     <w:rsid w:val="001D016D"/>
     <w:rsid w:val="002C014D"/>
     <w:rsid w:val="003500A6"/>
     <w:rsid w:val="00372EB6"/>
     <w:rsid w:val="004815BE"/>
+    <w:rsid w:val="00486CD5"/>
     <w:rsid w:val="004A7B3E"/>
     <w:rsid w:val="005270BF"/>
     <w:rsid w:val="00542230"/>
     <w:rsid w:val="00542316"/>
     <w:rsid w:val="005C7F92"/>
     <w:rsid w:val="005E4A9E"/>
     <w:rsid w:val="00633D2E"/>
     <w:rsid w:val="00642F12"/>
     <w:rsid w:val="00684766"/>
     <w:rsid w:val="00726BE9"/>
     <w:rsid w:val="00763CCF"/>
     <w:rsid w:val="007906B0"/>
     <w:rsid w:val="00811589"/>
     <w:rsid w:val="008D6C5D"/>
     <w:rsid w:val="00987333"/>
     <w:rsid w:val="009F68C2"/>
     <w:rsid w:val="00A04D06"/>
     <w:rsid w:val="00A36E60"/>
     <w:rsid w:val="00B02F3D"/>
     <w:rsid w:val="00B61E62"/>
+    <w:rsid w:val="00BA06D6"/>
     <w:rsid w:val="00C70239"/>
     <w:rsid w:val="00CC70FF"/>
     <w:rsid w:val="00CD4539"/>
     <w:rsid w:val="00CF3077"/>
     <w:rsid w:val="00D44011"/>
     <w:rsid w:val="00D826E3"/>
     <w:rsid w:val="00DA37B5"/>
     <w:rsid w:val="00E0100F"/>
     <w:rsid w:val="00E4105F"/>
     <w:rsid w:val="00E56961"/>
     <w:rsid w:val="00E57492"/>
     <w:rsid w:val="00EA3514"/>
     <w:rsid w:val="00ED2CBE"/>
     <w:rsid w:val="00F10836"/>
     <w:rsid w:val="00F2285F"/>
     <w:rsid w:val="00F673FC"/>
     <w:rsid w:val="00F72AC5"/>
     <w:rsid w:val="00FC66B2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="4954A3CA"/>
   <w15:docId w15:val="{E0F8F15A-CE5F-4367-B40C-6FB6C3963F2D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5223,118 +5085,115 @@
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00CD4539"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="NagwekZnak"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00726BE9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
     <w:name w:val="Nagłówek Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00726BE9"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Stopka">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="StopkaZnak"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00726BE9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
     <w:name w:val="Stopka Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Stopka"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00726BE9"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstdymka">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="TekstdymkaZnak"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00726BE9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
     <w:name w:val="Tekst dymka Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Tekstdymka"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -5664,51 +5523,51 @@
       <w:sz w:val="19"/>
       <w:szCs w:val="19"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Akapitzlist">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normalny"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00B61E62"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="49698447">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="263272881">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -5726,54 +5585,54 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1090086152">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -6073,32 +5932,33 @@
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>4563</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>WNIOSEK o wydanie zezwolenia na zajęcia pasa drogowego na prawach wyłączności</dc:title>
-  <dc:creator/>
+  <dc:creator>Dawid Skrzypek</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>