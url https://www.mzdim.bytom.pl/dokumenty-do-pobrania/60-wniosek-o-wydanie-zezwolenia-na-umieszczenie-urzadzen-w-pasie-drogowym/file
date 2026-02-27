--- v0 (2026-01-13)
+++ v1 (2026-02-27)
@@ -1,55 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="053426EF" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="004D541F">
+    <w:p w14:paraId="053426EF" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00122267">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="2184"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict w14:anchorId="7FF05679">
           <v:group id="Group 2374" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:7.7pt;margin-top:-3.4pt;width:478.55pt;height:65.3pt;z-index:-251658240" coordsize="60777,8290">
             <v:shape id="Picture 12" o:spid="_x0000_s1029" style="position:absolute;width:10850;height:6858" coordsize="60777,8290" o:spt="100" adj="0,,0" path="" filled="f">
               <v:stroke joinstyle="round"/>
               <v:imagedata r:id="rId8" o:title="image0"/>
               <v:formulas/>
               <v:path o:connecttype="segments"/>
             </v:shape>
             <v:shape id="Shape 13" o:spid="_x0000_s1028" style="position:absolute;top:8290;width:60579;height:0" coordsize="6057900,0" path="m,l6057900,e" filled="f" fillcolor="black" strokeweight=".5pt">
               <v:fill opacity="0"/>
             </v:shape>
             <v:shape id="Picture 15" o:spid="_x0000_s1027" style="position:absolute;left:53721;width:7056;height:8001" coordsize="6057900,0" o:spt="100" adj="0,,0" path="" filled="f">
               <v:stroke joinstyle="round"/>
               <v:imagedata r:id="rId9" o:title="image10"/>
               <v:formulas/>
               <v:path o:connecttype="segments"/>
             </v:shape>
@@ -711,51 +716,50 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7038A8C1" w14:textId="77777777" w:rsidR="00C662C9" w:rsidRDefault="00C662C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="50"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48AEDC7D" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3">
       <w:pPr>
         <w:spacing w:after="17"/>
         <w:ind w:left="50"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="774D824C" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3" w:rsidP="00AA20AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="25"/>
         <w:ind w:left="142" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:t>Do wniosku należy dołączyć :</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -832,91 +836,51 @@
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="10" w:line="248" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00F51F7E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">ełnomocnictwo lub upoważnienie do działania w imieniu wnioskodawcy </w:t>
       </w:r>
       <w:r w:rsidRPr="00F51F7E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>(W razie ustanowienia pełnomocnika reprezentującego wnioskodawcę, Pełnomocnictwo zgodnie z art. 33 § 3 Kodeks postępowania administracyjnego (</w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> 2023r. poz. 775) wraz z dowodem uiszczenia opłaty skarbowej).</w:t>
+        <w:t>(W razie ustanowienia pełnomocnika reprezentującego wnioskodawcę, Pełnomocnictwo zgodnie z art. 33 § 3 Kodeks postępowania administracyjnego (t.j. Dz.U.z 2023r. poz. 775) wraz z dowodem uiszczenia opłaty skarbowej).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38688FC8" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00084299" w:rsidP="00F51F7E">
       <w:pPr>
         <w:spacing w:after="10" w:line="248" w:lineRule="auto"/>
         <w:ind w:left="1490"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E60C3A0" w14:textId="77777777" w:rsidR="00084299" w:rsidRDefault="00D12FF3" w:rsidP="00AA20AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="10" w:line="248" w:lineRule="auto"/>
         <w:ind w:left="142" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">W przypadku prowadzenia robót w pasie drogowym uzyskanie zezwolenia na umieszczenie urządzeń podziemnych zobowiązuje wnioskodawcę do jednoczesnego uzyskania zezwolenia na zajęcie pasa drogowego. </w:t>
       </w:r>
@@ -1342,134 +1306,150 @@
       <w:r w:rsidRPr="00F51F7E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">w którym decyzja ustalająca ich wysokość stała się ostateczna, a za lata następne w terminie do dnia 15 stycznia każdego roku, z góry za dany rok (art. 40 ust. 13a ustawy o drogach publicznych).  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09B8570D" w14:textId="77777777" w:rsidR="00B572CF" w:rsidRPr="00F51F7E" w:rsidRDefault="00D12FF3" w:rsidP="001F39C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="248" w:lineRule="auto"/>
         <w:ind w:left="405" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F51F7E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Stawki opłat za zajęcia pasa drogowego ustalone zostały Uchwałą Nr XXVI/376/04 Rady Miejskiej </w:t>
       </w:r>
       <w:r w:rsidR="001F39C5" w:rsidRPr="00F51F7E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00F51F7E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">w Bytomiu z dnia 26 maja 2004 r.    </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B572CF" w:rsidRPr="00F51F7E" w:rsidSect="00C662C9">
-      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="793" w:right="843" w:bottom="1209" w:left="1368" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5A5E9F0E" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00C662C9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="17749F91" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00C662C9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="37D2C8A0" w14:textId="77777777" w:rsidR="00122267" w:rsidRDefault="00122267">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3991632F" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00D94E04">
     <w:pPr>
       <w:pStyle w:val="Teksttreci60"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
       <w:spacing w:before="0" w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:b w:val="0"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b w:val="0"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:u w:val="single"/>
       </w:rPr>
       <w:t xml:space="preserve">Klauzula Informacyjna </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="1996CF07" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00D94E04">
     <w:pPr>
@@ -1499,67 +1479,83 @@
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve"> Miejski Zarząd Dróg i Mostów, ul. Smolenia 35, 41-902 Bytom tel. 32 39 69 700, e-mail: sekretariat@mzdim.bytom.pl </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="499107EC" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00D94E04">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>2. Reprezentantem Administratora Danych Osobowych jest Dyrektor Miejskiego Zarządu Dróg i Mostów w Bytomiu.</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5BE9D468" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00D94E04">
+  <w:p w14:paraId="5BE9D468" w14:textId="5FDFEED6" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00D94E04">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t>3. Dane kontaktowe Inspektora Ochrony Danych: Radosław Schejbal; e-mail: iod@mzdim.bytom.pl</w:t>
+      <w:t xml:space="preserve">3. Dane kontaktowe Inspektora Ochrony Danych: </w:t>
+    </w:r>
+    <w:r w:rsidR="00122267" w:rsidRPr="00122267">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>Ewelina Wysocka</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>; e-mail: iod@mzdim.bytom.pl</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3486744C" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00D94E04">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>4. Dane osobowe są przetwarzane przez Administratora w celu: realizacji zadań określonych przepisami prawa, wypełnienia obowiązku prawnego oraz wykonywania zadań przez organ publiczny.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="25284B46" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00D94E04">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
@@ -1629,69 +1625,51 @@
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>- Uchwała Nr XLIV/680/05 z dnia 29 czerwca 2005 r. o utworzeniu jednostki budżetowej pod nazwą: Miejski Zarząd Dróg i Mostów w Bytomiu;</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3B681D5D" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00D94E04">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t xml:space="preserve">- Uchwała Rady Miejskiej w Bytomiu nr </w:t>
-[...17 lines deleted...]
-      <w:t xml:space="preserve"> XVIII/242/15 z dnia 23.11.2015 r. dotycząca Strefy Płatnego Parkowania.</w:t>
+      <w:t>- Uchwała Rady Miejskiej w Bytomiu nr NR XVIII/242/15 z dnia 23.11.2015 r. dotycząca Strefy Płatnego Parkowania.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="243B442B" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00D94E04">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>6. Odbiorcami danych osobowych są osoby fizyczne i prawne na podstawie przepisów prawa.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="10B2DA39" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00D94E04">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
@@ -1802,77 +1780,117 @@
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>11. W przypadku uznania, iż przetwarzanie przez Administratora Państwa danych osobowych narusza przepisy RODO, przysługuje Państwu prawo do wniesienia skargi do Prezesa Urzędu Ochrony Danych Osobowych, ul. Stawki 2, 00-193 Warszawa.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="09E2CE02" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00D94E04">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="5D05D54D" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRPr="00D94E04" w:rsidRDefault="00AA20AF" w:rsidP="00D94E04">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:rPr>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4D006784" w14:textId="77777777" w:rsidR="00122267" w:rsidRDefault="00122267">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="42326E79" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00C662C9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="528612EC" w14:textId="77777777" w:rsidR="00AA20AF" w:rsidRDefault="00AA20AF" w:rsidP="00C662C9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3FDA4584" w14:textId="77777777" w:rsidR="00122267" w:rsidRDefault="00122267">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0EDB5754" w14:textId="77777777" w:rsidR="00122267" w:rsidRDefault="00122267">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="189B6973" w14:textId="77777777" w:rsidR="00122267" w:rsidRDefault="00122267">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="19D53297"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1AEAE1F8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
         <w:u w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
@@ -3318,133 +3336,134 @@
   <w:num w:numId="2" w16cid:durableId="1069814182">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1603680277">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="821191795">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1746494177">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1140725817">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="623463830">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2129666240">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="22529"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00084299"/>
     <w:rsid w:val="00005F6B"/>
     <w:rsid w:val="00084299"/>
+    <w:rsid w:val="00122267"/>
     <w:rsid w:val="001430B4"/>
     <w:rsid w:val="001A5349"/>
     <w:rsid w:val="001F39C5"/>
     <w:rsid w:val="002A3E84"/>
     <w:rsid w:val="0040509C"/>
+    <w:rsid w:val="00414175"/>
     <w:rsid w:val="004152A7"/>
     <w:rsid w:val="004D541F"/>
     <w:rsid w:val="00542F68"/>
     <w:rsid w:val="007C54CF"/>
     <w:rsid w:val="008158A1"/>
     <w:rsid w:val="009A6AF6"/>
     <w:rsid w:val="009F3513"/>
     <w:rsid w:val="00AA20AF"/>
     <w:rsid w:val="00AB4DDE"/>
     <w:rsid w:val="00B06E21"/>
     <w:rsid w:val="00B572CF"/>
     <w:rsid w:val="00C662C9"/>
     <w:rsid w:val="00D12FF3"/>
     <w:rsid w:val="00D94E04"/>
     <w:rsid w:val="00DA6669"/>
     <w:rsid w:val="00DC646F"/>
     <w:rsid w:val="00DE06AC"/>
     <w:rsid w:val="00E31099"/>
     <w:rsid w:val="00F51F7E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="22529"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5C3D02B9"/>
   <w15:docId w15:val="{E0F8F15A-CE5F-4367-B40C-6FB6C3963F2D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3827,51 +3846,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek1">
     <w:name w:val="heading 1"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek1Znak"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="004152A7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="26"/>
       <w:ind w:left="2198"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
     <w:name w:val="Nagłówek 1 Znak"/>
@@ -3911,181 +3929,177 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Teksttreci60">
     <w:name w:val="Tekst treści (6)"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="Teksttreci6"/>
     <w:rsid w:val="00B572CF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:spacing w:before="420" w:after="240" w:line="365" w:lineRule="exact"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="NagwekZnak"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C662C9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
     <w:name w:val="Nagłówek Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00C662C9"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Stopka">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="StopkaZnak"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C662C9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
     <w:name w:val="Stopka Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Stopka"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00C662C9"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Teksttreci2">
     <w:name w:val="Tekst treści (2)_"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Teksttreci20"/>
     <w:rsid w:val="00F51F7E"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="19"/>
       <w:szCs w:val="19"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Teksttreci20">
     <w:name w:val="Tekst treści (2)"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="Teksttreci2"/>
     <w:rsid w:val="00F51F7E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:spacing w:before="600" w:after="480" w:line="0" w:lineRule="atLeast"/>
       <w:ind w:hanging="460"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="19"/>
       <w:szCs w:val="19"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalny1">
     <w:name w:val="Normalny1"/>
     <w:rsid w:val="00F51F7E"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="132867071">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="241642598">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4359,51 +4373,51 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E076D1C-B21B-476F-BD30-C6E769E987F6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
+  <Pages>3</Pages>
   <Words>780</Words>
   <Characters>4681</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>39</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>UMIESZCZENIE</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>5451</CharactersWithSpaces>