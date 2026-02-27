--- v0 (2026-01-12)
+++ v1 (2026-02-27)
@@ -1,304 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="057B5C8F" w14:textId="5A59EB0C" w:rsidR="00AA0064" w:rsidRDefault="00002BB2">
+    <w:p w14:paraId="057B5C8F" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00B466B4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="2134"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <mc:AlternateContent>
-[...240 lines deleted...]
-        </mc:AlternateContent>
+        <w:pict w14:anchorId="34897029">
+          <v:group id="Group 2537" o:spid="_x0000_s1030" style="position:absolute;left:0;text-align:left;margin-left:5.15pt;margin-top:-3.4pt;width:478.55pt;height:65.3pt;z-index:-251658240" coordsize="60777,8290">
+            <v:shape id="Picture 12" o:spid="_x0000_s1033" style="position:absolute;width:10850;height:6858" coordsize="60777,8290" o:spt="100" adj="0,,0" path="" filled="f">
+              <v:stroke joinstyle="round"/>
+              <v:imagedata r:id="rId7" o:title="image0"/>
+              <v:formulas/>
+              <v:path o:connecttype="segments"/>
+            </v:shape>
+            <v:shape id="Shape 13" o:spid="_x0000_s1032" style="position:absolute;top:8290;width:60579;height:0" coordsize="6057900,0" path="m,l6057900,e" filled="f" fillcolor="black" strokeweight=".5pt">
+              <v:fill opacity="0"/>
+            </v:shape>
+            <v:shape id="Picture 15" o:spid="_x0000_s1031" style="position:absolute;left:53721;width:7056;height:8001" coordsize="6057900,0" o:spt="100" adj="0,,0" path="" filled="f">
+              <v:stroke joinstyle="round"/>
+              <v:imagedata r:id="rId8" o:title="image10"/>
+              <v:formulas/>
+              <v:path o:connecttype="segments"/>
+            </v:shape>
+          </v:group>
+        </w:pict>
       </w:r>
       <w:r w:rsidR="00D0765F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">       Miejski Zarząd Dróg i Mostów </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="689A8269" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="6"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">          41 – 902 Bytom, ul. Smolenia 35 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A89D349" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
@@ -544,197 +326,116 @@
         <w:t xml:space="preserve"> . . . . . . . . . . . . . . . . . . . . . .        </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>PESEL/REGON  . .</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> . . . . . . . . . . . . . . . .  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D700F96" w14:textId="77777777" w:rsidR="00002BB2" w:rsidRDefault="00002BB2" w:rsidP="00E16D70">
+    <w:p w14:paraId="7E95D233" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F" w:rsidP="00E16D70">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="279" w:lineRule="auto"/>
         <w:ind w:left="142" w:right="1680" w:firstLine="1581"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:ind w:left="142" w:right="1680" w:firstLine="1581"/>
+        <w:t xml:space="preserve">WNIOSEK  O  WYDANIE  ZEZWOLENIA NA  ZAJĘCIE  PASA  DROGOWEGO </w:t>
+      </w:r>
+      <w:r w:rsidR="00E16D70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...59 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (z naruszeniem nawierzchni)</w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="54ADDAF3" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F" w:rsidP="00E16D70">
       <w:pPr>
         <w:spacing w:after="84" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CB56FD3" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="112" w:line="249" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Cel  zajęcia : . . . . .  . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="478FB96F" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
       <w:pPr>
         <w:spacing w:after="157" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="355" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . .  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AE0FF67" w14:textId="77777777" w:rsidR="00002BB2" w:rsidRPr="00002BB2" w:rsidRDefault="00002BB2" w:rsidP="00002BB2">
-[...5 lines deleted...]
-    <w:p w14:paraId="6FC9B19C" w14:textId="6AF1D764" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+    <w:p w14:paraId="6FC9B19C" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Lokalizacja  i  powierzchnia  zajętego  pasa  drogowego : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27AFA928" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
       <w:pPr>
         <w:spacing w:after="80"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -934,237 +635,77 @@
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="136" w:line="249" w:lineRule="auto"/>
         <w:ind w:hanging="295"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>chodnik  – o pow. . . . . . . . . . . . m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">  w okresie . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . .  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59CC5D52" w14:textId="77777777" w:rsidR="00002BB2" w:rsidRPr="00002BB2" w:rsidRDefault="00D0765F">
+    <w:p w14:paraId="4BABE919" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="48" w:line="249" w:lineRule="auto"/>
         <w:ind w:hanging="295"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>pobocze  – o pow. . . . . . . . . . . . m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">  w okresie . . . . . . . . . . . . . . . . . . . . . .  . . . . . . . . . . . . . . . . . . . . . .</w:t>
-[...147 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">  w okresie . . . . . . . . . . . . . . . . . . . . . .  . . . . . . . . . . . . . . . . . . . . . . </w:t>
-      </w:r>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D1A5454" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F" w:rsidP="006A7585">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1621D1BE" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="20"/>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
@@ -1285,50 +826,51 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">kserokopia zaświadczenia o wpisie do ewidencji działalności gospodarczej lub KRS. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="438224C7" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72C9B3B1" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
       <w:pPr>
         <w:spacing w:after="127"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EFF7F7E" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F" w:rsidP="009D2700">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="1" w:line="263" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Gwarancja na nawierzchnię zajmowanego pasa drogowego wynosi 24 miesiące </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">(§ 2 pkt.3 ppkt.3  rozporządzenia Rady Ministrów z dnia 1 czerwca 2004 roku w sprawie określenia warunków udzielania zezwoleń na zajęcie pasa drogowego). </w:t>
       </w:r>
@@ -1412,129 +954,104 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Upoważniam . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . do odbioru pism i decyzji. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67AB4588" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F" w:rsidP="006A7585">
       <w:pPr>
         <w:spacing w:after="8"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B16C8D8" w14:textId="77777777" w:rsidR="00002BB2" w:rsidRDefault="00002BB2">
+    <w:p w14:paraId="30975C6E" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
       <w:pPr>
         <w:spacing w:after="10" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="10" w:right="-11" w:hanging="10"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...9 lines deleted...]
-        <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39C1C2A0" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
       <w:pPr>
         <w:spacing w:after="56"/>
         <w:ind w:left="4951" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">                             </w:t>
       </w:r>
       <w:r w:rsidR="006A7585">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">   / podpis i  pieczęć wnioskodawcy/ </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="595445B8" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F" w:rsidP="006A7585">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="025FCDF0" w14:textId="77777777" w:rsidR="00002BB2" w:rsidRDefault="00002BB2">
-[...13 lines deleted...]
-    <w:p w14:paraId="11039CA2" w14:textId="5F7ABADE" w:rsidR="00AA0064" w:rsidRPr="006A7585" w:rsidRDefault="00D0765F">
+    <w:p w14:paraId="11039CA2" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRPr="006A7585" w:rsidRDefault="00D0765F">
       <w:pPr>
         <w:spacing w:after="0" w:line="265" w:lineRule="auto"/>
         <w:ind w:right="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A7585">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Wnioskodawcę poucza się, że za zajęcie pasa drogowego bez zezwolenia, tj.: za samowolne zajęcie pasa drogowego, przekroczenie terminu zajęcia pasa drogowego  lub zajęcie większej powierzchni niż określona w zezwoleniu wymierza się 10-krotną karę pieniężną zgodnie z art. 40 ust. 12 ustawy o drogach publicznych. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="529C9ED5" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00AA0064" w:rsidP="006A7585">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
@@ -1777,1105 +1294,736 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00D0765F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">z dnia 26 maja 2004 r. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10FFD270" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="283"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="409DF70D" w14:textId="77777777" w:rsidR="00002BB2" w:rsidRDefault="00002BB2" w:rsidP="006A7585">
+    <w:p w14:paraId="4138CDF5" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRPr="006A7585" w:rsidRDefault="00D0765F" w:rsidP="006A7585">
       <w:pPr>
         <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006A7585">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:t>O ś w i a d c z a m, że :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A7585">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:u w:val="single" w:color="000000"/>
-[...5 lines deleted...]
-        <w:spacing w:after="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B41FD7B" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRPr="006A7585" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:spacing w:after="21"/>
+        <w:ind w:left="283"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A7585">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:u w:val="single" w:color="000000"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006A7585">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DA62A7A" w14:textId="77777777" w:rsidR="006A7585" w:rsidRPr="006A7585" w:rsidRDefault="00B466B4">
+      <w:pPr>
+        <w:spacing w:after="2" w:line="262" w:lineRule="auto"/>
+        <w:ind w:left="10" w:hanging="10"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="006A7585">
+        <w:pict w14:anchorId="17A0926A">
+          <v:group id="Group 2780" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:-3.5pt;margin-top:-.2pt;width:12.85pt;height:45pt;z-index:251659264" coordsize="1630,5715">
+            <v:shape id="Shape 352" o:spid="_x0000_s1029" style="position:absolute;width:1630;height:1143" coordsize="163068,114300" path="m,114300r163068,l163068,,,xe" filled="f" fillcolor="black">
+              <v:fill opacity="0"/>
+              <v:stroke joinstyle="miter" endcap="round"/>
+            </v:shape>
+            <v:shape id="Shape 354" o:spid="_x0000_s1028" style="position:absolute;top:4572;width:1630;height:1143" coordsize="163068,114300" path="m,114300r163068,l163068,,,xe" filled="f" fillcolor="black">
+              <v:fill opacity="0"/>
+              <v:stroke joinstyle="miter" endcap="round"/>
+            </v:shape>
+            <v:shape id="Shape 356" o:spid="_x0000_s1027" style="position:absolute;top:1706;width:1630;height:1143" coordsize="163068,114300" path="m,114300r163068,l163068,,,xe" filled="f" fillcolor="black">
+              <v:fill opacity="0"/>
+              <v:stroke joinstyle="miter" endcap="round"/>
+            </v:shape>
+            <w10:wrap type="square"/>
+          </v:group>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00D0765F" w:rsidRPr="006A7585">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6DA62A7A" w14:textId="1271AC21" w:rsidR="006A7585" w:rsidRPr="006A7585" w:rsidRDefault="00002BB2">
+        <w:t xml:space="preserve">a/ posiadam ważne pozwolenie na budowę obiektu umieszczonego w pasie drogowym,  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AB87F83" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRPr="006A7585" w:rsidRDefault="00D0765F">
       <w:pPr>
         <w:spacing w:after="2" w:line="262" w:lineRule="auto"/>
         <w:ind w:left="10" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A7585">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:noProof/>
+        <w:t xml:space="preserve">b/ zgłosiłem budowę /prowadzenie robót/ właściwemu organowi administracji architektonicznobudowlanej, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33007B5D" w14:textId="77777777" w:rsidR="009D2700" w:rsidRPr="00C51864" w:rsidRDefault="00D0765F" w:rsidP="00C51864">
+      <w:pPr>
+        <w:spacing w:after="2" w:line="262" w:lineRule="auto"/>
+        <w:ind w:left="10" w:hanging="10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <mc:AlternateContent>
-[...310 lines deleted...]
-      <w:r w:rsidR="00D0765F" w:rsidRPr="006A7585">
+      </w:pPr>
+      <w:r w:rsidRPr="006A7585">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">a/ posiadam ważne pozwolenie na budowę obiektu umieszczonego w pasie drogowym,  </w:t>
-[...26 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">c/ mam zamiar wybudować przyłącze : elektroenergetyczne, wodociągowe, kanalizacyjne, gazowe, cieplne, telekomunikacyjne, dla których sporządzono plan sytuacyjny na kopii aktualnej mapy zasadniczej lub mapy jednostkowej przyjętego do państwowego zasobu geodezyjnego  i kartograficznego.   </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6316F70D" w14:textId="77777777" w:rsidR="00002BB2" w:rsidRDefault="00002BB2" w:rsidP="00C51864">
-[...460 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId11"/>
+    <w:sectPr w:rsidR="009D2700" w:rsidRPr="00C51864" w:rsidSect="006A7585">
+      <w:headerReference w:type="even" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="even" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="793" w:right="842" w:bottom="976" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="14F9E362" w14:textId="77777777" w:rsidR="005C70E4" w:rsidRDefault="005C70E4" w:rsidP="006A7585">
+    <w:p w14:paraId="5638FE6A" w14:textId="77777777" w:rsidR="003B08A3" w:rsidRDefault="003B08A3" w:rsidP="006A7585">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="59816047" w14:textId="77777777" w:rsidR="005C70E4" w:rsidRDefault="005C70E4" w:rsidP="006A7585">
+    <w:p w14:paraId="04E531E6" w14:textId="77777777" w:rsidR="003B08A3" w:rsidRDefault="003B08A3" w:rsidP="006A7585">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5B7C04C7" w14:textId="77777777" w:rsidR="00B466B4" w:rsidRDefault="00B466B4">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="17DB5AC5" w14:textId="77777777" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:pStyle w:val="Teksttreci60"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:spacing w:before="0" w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="left"/>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+        <w:u w:val="single"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+        <w:u w:val="single"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Klauzula Informacyjna </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="5535FDA0" w14:textId="77777777" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>1. Administratorem Danych Osobowych jest:</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Miejski Zarząd Dróg i Mostów, ul. Smolenia 35, 41-902 Bytom tel. 32 39 69 700, e-mail: sekretariat@mzdim.bytom.pl </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="134FB699" w14:textId="77777777" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>2. Reprezentantem Administratora Danych Osobowych jest Dyrektor Miejskiego Zarządu Dróg i Mostów w Bytomiu.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="741CCC64" w14:textId="72E34147" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t xml:space="preserve">3. Dane kontaktowe Inspektora Ochrony Danych: </w:t>
+    </w:r>
+    <w:r w:rsidR="00B466B4" w:rsidRPr="00B466B4">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>Ewelina Wysocka</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>; e-mail: iod@mzdim.bytom.pl</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="0FDA1D1B" w14:textId="77777777" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>4. Dane osobowe są przetwarzane przez Administratora w celu: realizacji zadań określonych przepisami prawa, wypełnienia obowiązku prawnego oraz wykonywania zadań przez organ publiczny.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="3D9B4331" w14:textId="77777777" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>5. Podstawy prawne przetwarzania: Rozporządzenie Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych) art 6 lit. a-e, w powiązaniu z przepisami prawa, w szczególności:</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="086D72FD" w14:textId="77777777" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>- Ustawa z dnia 10 maja 2018 r. o ochronie danych osobowych;</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="69E1129F" w14:textId="77777777" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>- Ustawa z dnia 20 czerwca 1997 r. - Prawo o ruchu drogowym;</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="7A945F3C" w14:textId="77777777" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>- Uchwała Nr XLIV/680/05 z dnia 29 czerwca 2005 r. o utworzeniu jednostki budżetowej pod nazwą: Miejski Zarząd Dróg i Mostów w Bytomiu;</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="29167C35" w14:textId="77777777" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>- Uchwała Rady Miejskiej w Bytomiu nr NR XVIII/242/15 z dnia 23.11.2015 r. dotycząca Strefy Płatnego Parkowania.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="5EA7B706" w14:textId="77777777" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>6. Odbiorcami danych osobowych są osoby fizyczne i prawne na podstawie przepisów prawa.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="63253CBE" w14:textId="77777777" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>7. Dane osobowe będą przetwarzane przez czas określony przepisami prawa, w szczególności w celach archiwalnych.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="26981D84" w14:textId="77777777" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>8. Prawa przysługujące osobie, której dane są przetwarzane:</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="34B11849" w14:textId="77777777" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>Osoba, której dane dotyczą ma prawo dostępu do treści swoich danych oraz prawo do ich sprostowania, ograniczenia przetwarzania, prawo do przenoszenia danych, prawo do wniesienia sprzeciwu, prawo do cofnięcia zgody w dowolnym momencie (jeżeli przetwarzanie odbywa się na podstawie zgody) oraz prawo do wniesienia skargi do organu nadzorczego, gdy uzna, iż przetwarzanie danych osobowych jego dotyczących narusza przepisy ogólnego rozporządzenia o ochronie danych osobowych z dnia 27 kwietnia 2016 r. (UE 2016/679).</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="08FD7F5D" w14:textId="77777777" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>9. Podanie danych osobowych jest dobrowolne, jednakże w celu realizacji zadań objętych przepisami prawa jest niezbędne. W niniejszym przypadku jest wymogiem prawnym oraz warunkiem realizacji prawnie uzasadnionych interesów: administratora oraz osób, których dane są przetwarzane.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="000BDA45" w14:textId="77777777" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>10 W trakcie przetwarzania Państwa danych osobowych nie dochodzi do wyłącznie zautomatyzowanego podejmowania decyzji ani do profilowania, o których mowa w art.22 ust. 1 i 4 RODO. Oznacza to, że żadne decyzje nie będą zapadać wyłącznie automatycznie oraz, że nie buduje się żadnych profili.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="61C1477B" w14:textId="77777777" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>11. W przypadku uznania, iż przetwarzanie przez Administratora Państwa danych osobowych narusza przepisy RODO, przysługuje Państwu prawo do wniesienia skargi do Prezesa Urzędu Ochrony Danych Osobowych, ul. Stawki 2, 00-193 Warszawa.</w:t>
+    </w:r>
+  </w:p>
   <w:p w14:paraId="4EE01F4A" w14:textId="77777777" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="071D26B0" w14:textId="77777777" w:rsidR="006A7585" w:rsidRDefault="006A7585" w:rsidP="006A7585">
     <w:pPr>
       <w:pStyle w:val="Bezodstpw"/>
       <w:ind w:right="-58"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve">             </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0461E863" w14:textId="77777777" w:rsidR="006A7585" w:rsidRDefault="006A7585" w:rsidP="006A7585">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="3B1CC527" w14:textId="77777777" w:rsidR="006A7585" w:rsidRDefault="006A7585">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="22A3BA0E" w14:textId="77777777" w:rsidR="00B466B4" w:rsidRDefault="00B466B4">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="232BF2A4" w14:textId="77777777" w:rsidR="005C70E4" w:rsidRDefault="005C70E4" w:rsidP="006A7585">
+    <w:p w14:paraId="061DA4DC" w14:textId="77777777" w:rsidR="003B08A3" w:rsidRDefault="003B08A3" w:rsidP="006A7585">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="20FD8D57" w14:textId="77777777" w:rsidR="005C70E4" w:rsidRDefault="005C70E4" w:rsidP="006A7585">
+    <w:p w14:paraId="4B1918A0" w14:textId="77777777" w:rsidR="003B08A3" w:rsidRDefault="003B08A3" w:rsidP="006A7585">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="54725172" w14:textId="77777777" w:rsidR="00B466B4" w:rsidRDefault="00B466B4">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0BDEDA2E" w14:textId="77777777" w:rsidR="00B466B4" w:rsidRDefault="00B466B4">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2F31013B" w14:textId="77777777" w:rsidR="00B466B4" w:rsidRDefault="00B466B4">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01793702"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2158B074"/>
     <w:lvl w:ilvl="0" w:tplc="DA8A9508">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
@@ -4126,128 +3274,127 @@
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1422877629">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1321814884">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="215354716">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="947808517">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1919903623">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="711807458">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AA0064"/>
-    <w:rsid w:val="00002BB2"/>
     <w:rsid w:val="00041573"/>
     <w:rsid w:val="00066194"/>
     <w:rsid w:val="000704BD"/>
     <w:rsid w:val="00296571"/>
     <w:rsid w:val="00313C6A"/>
     <w:rsid w:val="0035623C"/>
     <w:rsid w:val="00374CD4"/>
     <w:rsid w:val="003B08A3"/>
+    <w:rsid w:val="003D530E"/>
     <w:rsid w:val="00454A35"/>
-    <w:rsid w:val="005C70E4"/>
     <w:rsid w:val="006A7585"/>
     <w:rsid w:val="00826DD2"/>
     <w:rsid w:val="009D2700"/>
     <w:rsid w:val="00A15A67"/>
     <w:rsid w:val="00AA0064"/>
+    <w:rsid w:val="00B466B4"/>
     <w:rsid w:val="00C51864"/>
     <w:rsid w:val="00D0765F"/>
     <w:rsid w:val="00DC4987"/>
     <w:rsid w:val="00E16D70"/>
     <w:rsid w:val="00E72A5A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3AB5CA70"/>
   <w15:docId w15:val="{E0F8F15A-CE5F-4367-B40C-6FB6C3963F2D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4609,51 +3756,50 @@
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00066194"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Bezodstpw">
     <w:name w:val="No Spacing"/>
@@ -4774,97 +3920,97 @@
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Teksttreci20">
     <w:name w:val="Tekst treści (2)"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="Teksttreci2"/>
     <w:rsid w:val="00C51864"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:spacing w:before="600" w:after="480" w:line="0" w:lineRule="atLeast"/>
       <w:ind w:hanging="460"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="19"/>
       <w:szCs w:val="19"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="27067670">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1445999114">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1473986525">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5120,69 +4266,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>8303</Characters>
+  <Pages>2</Pages>
+  <Words>844</Words>
+  <Characters>5067</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>69</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>42</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ZAJĘCIE</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9667</CharactersWithSpaces>
+  <CharactersWithSpaces>5900</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>WNIOSEK o wydanie zezwolenia na zajęcie pasa drogowego (z naruszeniem nawierzchni)</dc:title>
-  <dc:creator>Paweł Mirosławski</dc:creator>
+  <dc:creator/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>