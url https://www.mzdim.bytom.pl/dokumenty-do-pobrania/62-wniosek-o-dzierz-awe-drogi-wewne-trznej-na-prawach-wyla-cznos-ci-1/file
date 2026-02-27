--- v0 (2026-01-13)
+++ v1 (2026-02-27)
@@ -1,2452 +1,3131 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="28E04FD5" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="009F2192">
+    <w:p w14:paraId="796EEAE1" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="009F2192">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="406373DF" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="2F35A9FB" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Bytom, dnia……………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42611584" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="009F2192">
+    <w:p w14:paraId="38C6DFEB" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="009F2192">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21834B30" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="40891D20" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="3628"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>…………………………………………………………….</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44E828EF" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="672F3DE6" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="3628"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/imię i nazwisko/</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19773104" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="009F2192">
+    <w:p w14:paraId="1A668244" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="009F2192">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="3628"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CA03847" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="69A018C8" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="3628"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>……………………………………………………………..</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="799BBCC1" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="3DE3A5B2" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="3628"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/adres i telefon/</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66A52475" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="009F2192">
+    <w:p w14:paraId="61586CDD" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="009F2192">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="3628"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68748F84" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="185533E7" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="3628"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>……………………………………………………………..</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AB2B430" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="17B4E1B0" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="3628"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/nazwa firmy/</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14B76B3C" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="009F2192">
+    <w:p w14:paraId="1142DC54" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="009F2192">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="3628"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B998F72" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="4D0B4F9E" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="3628"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>……………………………………………………………..</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D210087" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="45FA36B7" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="3628"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/siedziba/</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="661DF509" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="009F2192">
+    <w:p w14:paraId="2B11EDE9" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="009F2192">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="3628"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="264E4ABD" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="009F2192">
+    <w:p w14:paraId="69E0DEE8" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="009F2192">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="3628"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="009F2192">
-          <w:headerReference w:type="default" r:id="rId7"/>
+          <w:headerReference w:type="even" r:id="rId8"/>
+          <w:headerReference w:type="default" r:id="rId9"/>
+          <w:footerReference w:type="even" r:id="rId10"/>
+          <w:footerReference w:type="default" r:id="rId11"/>
+          <w:headerReference w:type="first" r:id="rId12"/>
+          <w:footerReference w:type="first" r:id="rId13"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1418" w:right="1304" w:bottom="851" w:left="1304" w:header="567" w:footer="709" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="708" w:equalWidth="0">
             <w:col w:w="9406"/>
           </w:cols>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="249600CA" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="72D44D42" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="009F2192">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1418" w:right="1304" w:bottom="851" w:left="1304" w:header="567" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708" w:equalWidth="0">
             <w:col w:w="9406"/>
           </w:cols>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>NIP/KRS…………………………... PESEL/REGON……………….…………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29A90DD7" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2" w:rsidP="0085152C">
+    <w:p w14:paraId="55A4DB28" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2" w:rsidP="0085152C">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>WNIOSEK O DZIERŻAWĘ DROGI WEWNĘTRZNEJ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>NA PRAWACH WYŁĄCZNOŚCI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5584BD62" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="307862E0" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Cel dzierżawy: ……………………………………………………………………………………</w:t>
       </w:r>
       <w:r w:rsidR="0085152C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60622EFE" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2" w:rsidP="0085152C">
+    <w:p w14:paraId="157600F2" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2" w:rsidP="0085152C">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>………………………………………………………………………………………………...</w:t>
       </w:r>
       <w:r w:rsidR="0085152C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>....</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31B1B0AC" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="009F2192">
+    <w:p w14:paraId="6B0F0806" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="009F2192">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08D38DA1" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="3AB3AC4A" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2. Lokalizacja,  powierzchnia i okres dzierżawy drogi wewnętrznej:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36ED167B" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="19E5721F" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1843"/>
           <w:tab w:val="left" w:pos="-1701"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="400"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>przy ul./na pl./*…………………………………………………………………………….</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="408440FA" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="1257BD92" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2714"/>
           <w:tab w:val="left" w:pos="4360"/>
           <w:tab w:val="left" w:pos="6021"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>- chodnik – dł………….m x szer………….m = pow………….m</w:t>
+        <w:t xml:space="preserve">- chodnik – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dł</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">………….m x </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>szer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">………….m = </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>………….m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CBD9DEC" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="4B104741" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2714"/>
           <w:tab w:val="left" w:pos="4360"/>
           <w:tab w:val="left" w:pos="6021"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>w okresie …………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01603E2E" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="4A8A71D0" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2714"/>
           <w:tab w:val="left" w:pos="4360"/>
           <w:tab w:val="left" w:pos="6021"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>- jezdnia – dł………….m x szer……….….m = pow………….m</w:t>
+        <w:t xml:space="preserve">- jezdnia – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dł</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">………….m x </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>szer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">……….….m = </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>………….m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="643E1D36" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="3C3D134D" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-567"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>w okresie …………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DF38ACB" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="0E1A498B" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3971"/>
           <w:tab w:val="left" w:pos="5920"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>- ………………………… – dł………….m x szer………….m = pow………….m</w:t>
+        <w:t xml:space="preserve">- ………………………… – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dł</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">………….m x </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>szer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">………….m = </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>………….m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43205B72" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="2184016F" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6745"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>w okresie …………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B610C1D" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="6037D20B" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1843"/>
           <w:tab w:val="left" w:pos="-1701"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="400"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>przy ul./na pl./*…………………………………………………………………………….</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="651A9D5C" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="5881DE37" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2714"/>
           <w:tab w:val="left" w:pos="4360"/>
           <w:tab w:val="left" w:pos="6021"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>- chodnik - dł</w:t>
-      </w:r>
+        <w:t xml:space="preserve">- chodnik - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dł</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>.…m x szer</w:t>
-      </w:r>
+        <w:t xml:space="preserve">.…m x </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>szer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>..….m = pow……….…m</w:t>
+        <w:t xml:space="preserve">..….m = </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>……….…m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4913B0AE" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="0936C53E" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-567"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>w okresie …………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="136DF062" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="15398629" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2714"/>
           <w:tab w:val="left" w:pos="4360"/>
           <w:tab w:val="left" w:pos="6021"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>- jezdnia – dł………….m x szer………….m = pow………….m</w:t>
+        <w:t xml:space="preserve">- jezdnia – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dł</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">………….m x </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>szer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">………….m = </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>………….m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BABAC06" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="5ADC93EE" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-567"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>w okresie …………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03F36CE0" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="5B2404C6" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3971"/>
           <w:tab w:val="left" w:pos="5920"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>- …………………………. – dł………...m x szer………..…m = pow…………m</w:t>
+        <w:t xml:space="preserve">- …………………………. – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dł</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">………...m x </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>szer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">………..…m = </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…………m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CA4893F" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="0FD80EAD" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6745"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>w okresie …………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F31EE62" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="6EB7C827" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> prawidłowe podkreślić</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7992FDCA" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="009F2192">
+    <w:p w14:paraId="1B86810C" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="009F2192">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="171F2692" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="12116D06" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Upoważniam…………………………………………………………...do odbioru pism i  umowy cywilnoprawnej.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21177001" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="009F2192">
-[...18 lines deleted...]
-    <w:p w14:paraId="1B309C59" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="4190337B" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5103"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>……………………………………….</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32EACED6" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="5413C748" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/ podpis i pieczęć wnioskodawcy/</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="750DACAC" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="15D0E795" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="236"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="gjdgxs" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>DODATKOWE OBJAŚNIENIA:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28A646E2" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="0A50EB1E" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="30j0zll" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Załączniki do wniosku:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DFA2472" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="5D5882E9" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Szczegółowy plan sytuacyjny w skali 1:1000 lub 1:500 z zaznaczeniem granic i podaniem wymiarów planowanej powierzchni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> dzierżawionej</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> drogi wewnętrznej.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5054E2CF" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="27A31A82" w14:textId="77777777" w:rsidR="009F2192" w:rsidRPr="00685109" w:rsidRDefault="002009F2" w:rsidP="00685109">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="-1985"/>
           <w:tab w:val="left" w:pos="-1560"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
-      </w:pPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="638DFE48" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00685109">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Kserokopia zaświadczenia o wpisie do ewidencji dz</w:t>
+      </w:r>
+      <w:r w:rsidR="00685109">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>iałalności gospodarczej lub KRS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="373CBC5A" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="00685109">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1985"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>opinię z Wydziału Architektury Urzędu Miejskiego w Bytomiu dot. zagospodarowania terenu, wyposażenia kawiarenki.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5960FD40" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="002009F2" w:rsidRPr="00685109">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>pinię z Wydziału Architektury Urzędu Miejskiego w Bytomiu dot. zagospodarowania terenu, wyposażenia kawiarenki</w:t>
+      </w:r>
+      <w:r w:rsidR="002009F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30129B58" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1560"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Plan zagospodarowania terenu, opis wyposażenia kawiarenki (prospekt, zdjęcia itp.).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78E06C12" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
-[...29 lines deleted...]
-    <w:p w14:paraId="549ED6FD" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+    <w:p w14:paraId="54DE3FDB" w14:textId="77777777" w:rsidR="005A3535" w:rsidRPr="005B3EBF" w:rsidRDefault="002009F2" w:rsidP="00232D39">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="353"/>
         </w:tabs>
         <w:spacing w:after="180"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...32 lines deleted...]
-    <w:p w14:paraId="6576E674" w14:textId="77777777" w:rsidR="00EB30E5" w:rsidRDefault="00EB30E5" w:rsidP="00EB30E5">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Pełnomocnictwo lub upoważnienie do działania w imieniu wnioskodawcy</w:t>
+      </w:r>
+      <w:r w:rsidR="001B456C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B3EBF" w:rsidRPr="005B3EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="001B456C" w:rsidRPr="005B3EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>W razie ustanowienia pełnomocnika reprezentującego wnioskodawcę</w:t>
+      </w:r>
+      <w:r w:rsidR="005B3EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="001B456C" w:rsidRPr="005B3EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pełnomocnictwo zgodnie z art. 33 § 3 Kodeks postępowania administracyjnego (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001B456C" w:rsidRPr="005B3EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>t.j</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001B456C" w:rsidRPr="005B3EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001B456C" w:rsidRPr="005B3EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Dz.U.z</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001B456C" w:rsidRPr="005B3EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023r. poz. 775) wraz z dowodem uiszczenia opłaty skarbowej).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D4499EF" w14:textId="77777777" w:rsidR="00EB30E5" w:rsidRDefault="00EB30E5" w:rsidP="00EB30E5">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Uwagi :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D73D8F8" w14:textId="77777777" w:rsidR="00EB30E5" w:rsidRDefault="00EB30E5" w:rsidP="00EB30E5">
-[...2 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w14:paraId="7BD25CCF" w14:textId="77777777" w:rsidR="003E0E45" w:rsidRDefault="00685109" w:rsidP="00F20560">
+      <w:pPr>
+        <w:pStyle w:val="Teksttreci20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wnioskodawcę poucza się, że umieszczenie obiektów małej architektury, tablic reklamowych i urządzeń reklamowych oraz ogrodzeń w pasie drogowym nie może naruszać przepisów Uchwały NR LXXIII/931/23 Rady Miejskiej w Bytomiu z dnia 30 stycznia 2023 r. w sprawie ustalenia zasad i warunków sytuowania obiektów małej architektury, tablic reklamowych i urządzeń reklamowych oraz ogrodzeń w Bytomiu. Podmiot, który umieścił w/w elementy niezgodne z przepisami uchwały podlega karze pieniężnej na podstawie art. 37d ustawy </w:t>
+      </w:r>
+      <w:r w:rsidR="00F20560">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>z dnia 27 marca 2003 r. o planowaniu i zagospodarowaniu przestrzennym</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="503F5C1F" w14:textId="77777777" w:rsidR="00937E1E" w:rsidRDefault="00937E1E" w:rsidP="00937E1E">
+      <w:pPr>
+        <w:pStyle w:val="Teksttreci20"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29BDF2E5" w14:textId="77777777" w:rsidR="00937E1E" w:rsidRPr="00937E1E" w:rsidRDefault="003E0E45" w:rsidP="00685109">
+      <w:pPr>
+        <w:pStyle w:val="Teksttreci20"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-2127"/>
         </w:tabs>
-        <w:spacing w:after="300"/>
-        <w:ind w:left="426" w:hanging="426"/>
+        <w:spacing w:before="0" w:after="300" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">niniejszy wniosek należy składać w Miejskim Zarządzie Dróg i Mostów z </w:t>
-[...43 lines deleted...]
-        <w:widowControl w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Do zajęcia wnioskowanego miejsca upoważnia posiadanie przez wnioskodawcę oryginału decyzji administracyjnej na zajęc</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7505">
+        <w:t>ie pasa drogowego lub umowy na dzierżawę</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> drogi wewnętrznej / innych terenów – odebranej najpóźniej w dniu rozpoczynającym zajęcie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="771C08AA" w14:textId="77777777" w:rsidR="00EB30E5" w:rsidRPr="00937E1E" w:rsidRDefault="00F20560" w:rsidP="00937E1E">
+      <w:pPr>
+        <w:pStyle w:val="Teksttreci20"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-2127"/>
         </w:tabs>
-        <w:spacing w:after="304"/>
-        <w:ind w:left="426"/>
+        <w:spacing w:before="0" w:after="300" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00937E1E">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Jeżeli wniosek zostanie złożony z krótszym wyprzedzeniem terminu, zarząd drogi może odmówić wydania zezwolenia na </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0E45" w:rsidRPr="00937E1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">dzierżawę </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937E1E">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>drogi wewnętrznej.</w:t>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB30E5" w:rsidRPr="00937E1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...37 lines deleted...]
-    <w:p w14:paraId="30BBEE0F" w14:textId="716D2735" w:rsidR="00947693" w:rsidRDefault="00947693" w:rsidP="00947693">
+        <w:t xml:space="preserve">Termin uiszczenia czynszu za dzierżawę drogi wewnętrznej jest wskazany w umowie cywilnoprawnej. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09855AEC" w14:textId="77777777" w:rsidR="00232D39" w:rsidRPr="001B456C" w:rsidRDefault="00947693" w:rsidP="001B456C">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Stawki czynszu  za dzierżawę drogi wewnętrznej ustalone zostały w Zarządzeniu nr 20</w:t>
-[...155 lines deleted...]
-    <w:sectPr w:rsidR="009F2192" w:rsidSect="009F2192">
+        <w:t>Stawki czynszu  za dzierżawę drogi wewnętrznej ustalone zostały w Zarządzeniu nr 208/21 Prezydenta Miasta Bytomia z dnia 20 maja 2021 r.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BFDB845" w14:textId="77777777" w:rsidR="00232D39" w:rsidRPr="00232D39" w:rsidRDefault="00232D39" w:rsidP="00232D39"/>
+    <w:p w14:paraId="2F93132C" w14:textId="77777777" w:rsidR="00232D39" w:rsidRPr="00232D39" w:rsidRDefault="00232D39" w:rsidP="00232D39"/>
+    <w:p w14:paraId="38534C3C" w14:textId="77777777" w:rsidR="009F2192" w:rsidRPr="00232D39" w:rsidRDefault="00232D39" w:rsidP="00232D39">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4125"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="009F2192" w:rsidRPr="00232D39" w:rsidSect="009F2192">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1304" w:bottom="851" w:left="1304" w:header="567" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708" w:equalWidth="0">
         <w:col w:w="9406"/>
       </w:cols>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2576DD39" w14:textId="77777777" w:rsidR="00BF7E44" w:rsidRDefault="00BF7E44" w:rsidP="009F2192">
+    <w:p w14:paraId="1554A5F5" w14:textId="77777777" w:rsidR="005B3EBF" w:rsidRDefault="005B3EBF" w:rsidP="009F2192">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="295ED205" w14:textId="77777777" w:rsidR="00BF7E44" w:rsidRDefault="00BF7E44" w:rsidP="009F2192">
+    <w:p w14:paraId="2A06F001" w14:textId="77777777" w:rsidR="005B3EBF" w:rsidRDefault="005B3EBF" w:rsidP="009F2192">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
-    <w:charset w:val="00"/>
-[...1 lines deleted...]
-    <w:pitch w:val="default"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4E26FDDA" w14:textId="77777777" w:rsidR="005B3EBF" w:rsidRDefault="005B3EBF" w:rsidP="00004C0C">
+    <w:pPr>
+      <w:pStyle w:val="Teksttreci60"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:spacing w:before="0" w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="left"/>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+        <w:u w:val="single"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+        <w:u w:val="single"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Klauzula Informacyjna </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="48E585C9" w14:textId="77777777" w:rsidR="005B3EBF" w:rsidRDefault="005B3EBF" w:rsidP="00004C0C">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>1. Administratorem Danych Osobowych jest:</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Miejski Zarząd Dróg i Mostów, ul. Smolenia 35, 41-902 Bytom tel. 32 39 69 700, e-mail: sekretariat@mzdim.bytom.pl </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="284A57F2" w14:textId="77777777" w:rsidR="005B3EBF" w:rsidRDefault="005B3EBF" w:rsidP="00004C0C">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>2. Reprezentantem Administratora Danych Osobowych jest Dyrektor Miejskiego Zarządu Dróg i Mostów w Bytomiu.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="471CB648" w14:textId="0807FB8E" w:rsidR="005B3EBF" w:rsidRDefault="005B3EBF" w:rsidP="00004C0C">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t xml:space="preserve">3. Dane kontaktowe Inspektora Ochrony Danych: </w:t>
+    </w:r>
+    <w:r w:rsidR="00A014E0">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>Ewelina Wysocka</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>; e-mail: iod@mzdim.bytom.pl</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="3389BA0E" w14:textId="77777777" w:rsidR="005B3EBF" w:rsidRDefault="005B3EBF" w:rsidP="00004C0C">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>4. Dane osobowe są przetwarzane przez Administratora w celu: realizacji zadań określonych przepisami prawa, wypełnienia obowiązku prawnego oraz wykonywania zadań przez organ publiczny.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="45B37304" w14:textId="77777777" w:rsidR="005B3EBF" w:rsidRDefault="005B3EBF" w:rsidP="00004C0C">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>5. Podstawy prawne przetwarzania: Rozporządzenie Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych) art 6 lit. a-e, w powiązaniu z przepisami prawa, w szczególności:</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="105048AE" w14:textId="77777777" w:rsidR="005B3EBF" w:rsidRDefault="005B3EBF" w:rsidP="00004C0C">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>- Ustawa z dnia 10 maja 2018 r. o ochronie danych osobowych;</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="73010816" w14:textId="77777777" w:rsidR="005B3EBF" w:rsidRDefault="005B3EBF" w:rsidP="00004C0C">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>- Ustawa z dnia 20 czerwca 1997 r. - Prawo o ruchu drogowym;</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="09A01BC6" w14:textId="77777777" w:rsidR="005B3EBF" w:rsidRDefault="005B3EBF" w:rsidP="00004C0C">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>- Uchwała Nr XLIV/680/05 z dnia 29 czerwca 2005 r. o utworzeniu jednostki budżetowej pod nazwą: Miejski Zarząd Dróg i Mostów w Bytomiu;</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="5E561E12" w14:textId="77777777" w:rsidR="005B3EBF" w:rsidRDefault="005B3EBF" w:rsidP="00004C0C">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t xml:space="preserve">- Uchwała Rady Miejskiej w Bytomiu nr </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>NR</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> XVIII/242/15 z dnia 23.11.2015 r. dotycząca Strefy Płatnego Parkowania.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="28CC79A6" w14:textId="77777777" w:rsidR="005B3EBF" w:rsidRDefault="005B3EBF" w:rsidP="00004C0C">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>6. Odbiorcami danych osobowych są osoby fizyczne i prawne na podstawie przepisów prawa.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="4763985E" w14:textId="77777777" w:rsidR="005B3EBF" w:rsidRDefault="005B3EBF" w:rsidP="00004C0C">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>7. Dane osobowe będą przetwarzane przez czas określony przepisami prawa, w szczególności w celach archiwalnych.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="52D9176D" w14:textId="77777777" w:rsidR="005B3EBF" w:rsidRDefault="005B3EBF" w:rsidP="00004C0C">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>8. Prawa przysługujące osobie, której dane są przetwarzane:</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="6D64A329" w14:textId="77777777" w:rsidR="005B3EBF" w:rsidRDefault="005B3EBF" w:rsidP="00004C0C">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>Osoba, której dane dotyczą ma prawo dostępu do treści swoich danych oraz prawo do ich sprostowania, ograniczenia przetwarzania, prawo do przenoszenia danych, prawo do wniesienia sprzeciwu, prawo do cofnięcia zgody w dowolnym momencie (jeżeli przetwarzanie odbywa się na podstawie zgody) oraz prawo do wniesienia skargi do organu nadzorczego, gdy uzna, iż przetwarzanie danych osobowych jego dotyczących narusza przepisy ogólnego rozporządzenia o ochronie danych osobowych z dnia 27 kwietnia 2016 r. (UE 2016/679).</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="48D451AE" w14:textId="77777777" w:rsidR="005B3EBF" w:rsidRDefault="005B3EBF" w:rsidP="00004C0C">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>9. Podanie danych osobowych jest dobrowolne, jednakże w celu realizacji zadań objętych przepisami prawa jest niezbędne. W niniejszym przypadku jest wymogiem prawnym oraz warunkiem realizacji prawnie uzasadnionych interesów: administratora oraz osób, których dane są przetwarzane.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="144E6EBC" w14:textId="77777777" w:rsidR="005B3EBF" w:rsidRDefault="005B3EBF" w:rsidP="00004C0C">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>10 W trakcie przetwarzania Państwa danych osobowych nie dochodzi do wyłącznie zautomatyzowanego podejmowania decyzji ani do profilowania, o których mowa w art.22 ust. 1 i 4 RODO. Oznacza to, że żadne decyzje nie będą zapadać wyłącznie automatycznie oraz, że nie buduje się żadnych profili.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="1FFAD2B4" w14:textId="77777777" w:rsidR="005B3EBF" w:rsidRDefault="005B3EBF" w:rsidP="00004C0C">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>11. W przypadku uznania, iż przetwarzanie przez Administratora Państwa danych osobowych narusza przepisy RODO, przysługuje Państwu prawo do wniesienia skargi do Prezesa Urzędu Ochrony Danych Osobowych, ul. Stawki 2, 00-193 Warszawa.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="747203E7" w14:textId="77777777" w:rsidR="005B3EBF" w:rsidRDefault="005B3EBF" w:rsidP="00004C0C">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="550C9DD1" w14:textId="77777777" w:rsidR="005B3EBF" w:rsidRDefault="005B3EBF">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="600F4027" w14:textId="77777777" w:rsidR="005B3EBF" w:rsidRDefault="005B3EBF">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5D6AA6B8" w14:textId="77777777" w:rsidR="00A014E0" w:rsidRDefault="00A014E0">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="589CC6C0" w14:textId="77777777" w:rsidR="00A014E0" w:rsidRDefault="00A014E0">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="387725EF" w14:textId="77777777" w:rsidR="00BF7E44" w:rsidRDefault="00BF7E44" w:rsidP="009F2192">
+    <w:p w14:paraId="6EA07E0C" w14:textId="77777777" w:rsidR="005B3EBF" w:rsidRDefault="005B3EBF" w:rsidP="009F2192">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C5495C7" w14:textId="77777777" w:rsidR="00BF7E44" w:rsidRDefault="00BF7E44" w:rsidP="009F2192">
+    <w:p w14:paraId="7D072DBA" w14:textId="77777777" w:rsidR="005B3EBF" w:rsidRDefault="005B3EBF" w:rsidP="009F2192">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="0AC1E0C0" w14:textId="77777777" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5A8A25D7" w14:textId="77777777" w:rsidR="00A014E0" w:rsidRDefault="00A014E0">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="08B86BDD" w14:textId="77777777" w:rsidR="005B3EBF" w:rsidRDefault="005B3EBF">
     <w:pPr>
       <w:pStyle w:val="Normalny1"/>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-2127"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="1134"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="0" w:name="3znysh7" w:colFirst="0" w:colLast="0"/>
     <w:bookmarkEnd w:id="0"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
       <w:t>Miejski Zarząd Dróg i Mostów</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4AD7D69A" w14:textId="03D1FB62" w:rsidR="009F2192" w:rsidRDefault="002009F2">
+  <w:p w14:paraId="260EB02A" w14:textId="77777777" w:rsidR="005B3EBF" w:rsidRDefault="005B3EBF">
     <w:pPr>
       <w:pStyle w:val="Normalny1"/>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:spacing w:after="0"/>
       <w:ind w:left="1134"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t>41 - 902 Bytom, ul. Smolenia 35</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:br/>
       <w:t>Regon 240136989        NIP 626 - 279 - 11 - 35</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="63500" distR="606425" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D78D2A3" wp14:editId="5F358B22">
+        <wp:anchor distT="0" distB="0" distL="63500" distR="606425" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A8E0240" wp14:editId="74F91ECC">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>115570</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-353693</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1090930" cy="688975"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="right" distT="0" distB="0" distL="63500" distR="606425"/>
           <wp:docPr id="1" name="image1.png" descr="image3"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="image1.png" descr="image3"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1090930" cy="688975"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="670560" distR="63500" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="242781FA" wp14:editId="1AB21982">
+        <wp:anchor distT="0" distB="0" distL="670560" distR="63500" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="141F783D" wp14:editId="16548704">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5486400</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-353693</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="713105" cy="804545"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="left" distT="0" distB="0" distL="670560" distR="63500"/>
           <wp:docPr id="2" name="image2.png" descr="image4"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="image2.png" descr="image4"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="713105" cy="804545"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00907FA4">
+    <w:r w:rsidR="00A014E0">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <mc:AlternateContent>
-[...72 lines deleted...]
-      </mc:AlternateContent>
+      <w:pict w14:anchorId="43CC6989">
+        <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+          <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+          <o:lock v:ext="edit" shapetype="t"/>
+        </v:shapetype>
+        <v:shape id="AutoShape 3" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:4.15pt;margin-top:35pt;width:494pt;height:0;z-index:251662336;visibility:visible;mso-position-horizontal-relative:margin;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYBmkIuAEAAFYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YytOuMOD2k6y7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJWmy3oT4IlEg+Pj7Sy9vD6MTeEFv0rZzPaimMV6it71v5++n+040U&#10;HMFrcOhNK4+G5e3q44flFBqzwAGdNiQSiOdmCq0cYgxNVbEazAg8w2B8cnZII8R0pb7SBFNCH121&#10;qOvrakLSgVAZ5vR69+KUq4LfdUbFX13HJgrXysQtlpPKuc1ntVpC0xOEwaoTDfgPFiNYn4peoO4g&#10;gtiR/QdqtIqQsYszhWOFXWeVKT2kbub1X908DhBM6SWJw+EiE78frPq5X/sNZerq4B/DA6pnFh7X&#10;A/jeFAJPx5AGN89SVVPg5pKSLxw2JLbTD9QpBnYRiwqHjsYMmfoThyL28SK2OUSh0uP14svnmzrN&#10;RJ19FTTnxEAcvxscRTZayZHA9kNco/dppEjzUgb2DxwzLWjOCbmqx3vrXJms82Jq5derxVVJYHRW&#10;Z2cOY+q3a0diD3k3yld6TJ63YYQ7rwvYYEB/O9kRrHuxU3HnT9JkNfLqcbNFfdzQWbI0vMLytGh5&#10;O97eS/br77D6AwAA//8DAFBLAwQUAAYACAAAACEAcjwZRtwAAAAHAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPzU7DMBCE70i8g7WVuKDWbhGlCXGqCokDx/5IXN14m4TG6yh2mtCnZysOcNyZ0ew32Xp0&#10;jbhgF2pPGuYzBQKp8LamUsNh/z5dgQjRkDWNJ9TwjQHW+f1dZlLrB9riZRdLwSUUUqOhirFNpQxF&#10;hc6EmW+R2Dv5zpnIZ1dK25mBy10jF0otpTM18YfKtPhWYXHe9U4Dhv55rjaJKw8f1+Hxc3H9Gtq9&#10;1g+TcfMKIuIY/8Jww2d0yJnp6HuyQTQaVk8c1PCieBHbSbJk4fgryDyT//nzHwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQCYBmkIuAEAAFYDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQByPBlG3AAAAAcBAAAPAAAAAAAAAAAAAAAAABIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAGwUAAAAA&#10;">
+          <w10:wrap anchorx="margin"/>
+        </v:shape>
+      </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6867E5DD" w14:textId="77777777" w:rsidR="00A014E0" w:rsidRDefault="00A014E0">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0FD812D6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="61382C26"/>
+    <w:lvl w:ilvl="0" w:tplc="04150013">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="19D53297"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1AEAE1F8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
         <w:u w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
@@ -2500,51 +3179,51 @@
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BAA20C2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D4CA02E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -2589,51 +3268,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="416E6CCC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2BDC0AC2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
@@ -2687,51 +3366,51 @@
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="628D187C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7C5A1B50"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2773,51 +3452,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64487B59"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D4E019F8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2859,141 +3538,354 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2053193762">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="660D4D78"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="65B89EB2"/>
+    <w:lvl w:ilvl="0" w:tplc="04150013">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="900" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1620" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2340" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3060" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3780" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4500" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5220" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5940" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6660" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="71C55C1B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8B8035A6"/>
+    <w:lvl w:ilvl="0" w:tplc="66042E0A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="2098473709">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1645163106">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1693458691">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="252975687">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="103892848">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1962035250">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1471434746">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1271743414">
-[...9 lines deleted...]
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="8" w16cid:durableId="1963069579">
+    <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+      <o:rules v:ext="edit">
+        <o:r id="V:Rule2" type="connector" idref="#AutoShape 3"/>
+      </o:rules>
+    </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009F2192"/>
+    <w:rsid w:val="00004C0C"/>
+    <w:rsid w:val="001A6E5F"/>
+    <w:rsid w:val="001B456C"/>
+    <w:rsid w:val="001E27FF"/>
     <w:rsid w:val="001F1B4C"/>
     <w:rsid w:val="002009F2"/>
+    <w:rsid w:val="00203C84"/>
     <w:rsid w:val="00224B8B"/>
+    <w:rsid w:val="00232D39"/>
     <w:rsid w:val="002419F4"/>
+    <w:rsid w:val="00292F71"/>
     <w:rsid w:val="002E5938"/>
+    <w:rsid w:val="00385AAB"/>
+    <w:rsid w:val="003E0E45"/>
+    <w:rsid w:val="00453F31"/>
+    <w:rsid w:val="005A3535"/>
+    <w:rsid w:val="005B3EBF"/>
+    <w:rsid w:val="00685109"/>
+    <w:rsid w:val="006F347D"/>
+    <w:rsid w:val="007905CC"/>
+    <w:rsid w:val="007E621D"/>
     <w:rsid w:val="0085152C"/>
+    <w:rsid w:val="00861F68"/>
     <w:rsid w:val="00907FA4"/>
+    <w:rsid w:val="00937E1E"/>
     <w:rsid w:val="00947693"/>
     <w:rsid w:val="00991537"/>
     <w:rsid w:val="009F2192"/>
-    <w:rsid w:val="00AD452D"/>
-    <w:rsid w:val="00BF7E44"/>
+    <w:rsid w:val="00A014E0"/>
+    <w:rsid w:val="00B5766F"/>
+    <w:rsid w:val="00BD051A"/>
+    <w:rsid w:val="00DE6155"/>
+    <w:rsid w:val="00EA3EF0"/>
     <w:rsid w:val="00EB30E5"/>
+    <w:rsid w:val="00EC1E7A"/>
+    <w:rsid w:val="00ED1F12"/>
+    <w:rsid w:val="00EF7505"/>
     <w:rsid w:val="00F1356F"/>
+    <w:rsid w:val="00F20560"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="266EE15C"/>
-  <w15:docId w15:val="{C9701FBD-6E0A-48F0-8F75-5A8C5AA98372}"/>
+  <w14:docId w14:val="6965810B"/>
+  <w15:docId w15:val="{E0F8F15A-CE5F-4367-B40C-6FB6C3963F2D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3528,80 +4420,250 @@
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Podtytu">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normalny1"/>
     <w:next w:val="Normalny1"/>
     <w:rsid w:val="009F2192"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:i/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="NagwekZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00685109"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00685109"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Stopka">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="StopkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00685109"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
+    <w:name w:val="Stopka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Stopka"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00685109"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstdymka">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstdymkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00685109"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
+    <w:name w:val="Tekst dymka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstdymka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00685109"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Bezodstpw">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00685109"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Teksttreci6">
+    <w:name w:val="Tekst treści (6)_"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Teksttreci60"/>
+    <w:locked/>
+    <w:rsid w:val="00685109"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Teksttreci60">
+    <w:name w:val="Tekst treści (6)"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="Teksttreci6"/>
+    <w:rsid w:val="00685109"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:spacing w:before="420" w:after="240" w:line="365" w:lineRule="exact"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Teksttreci2">
+    <w:name w:val="Tekst treści (2)_"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Teksttreci20"/>
+    <w:rsid w:val="00685109"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Teksttreci20">
+    <w:name w:val="Tekst treści (2)"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="Teksttreci2"/>
+    <w:rsid w:val="00685109"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:spacing w:before="600" w:after="480" w:line="0" w:lineRule="atLeast"/>
+      <w:ind w:hanging="460"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="751509103">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1584021540">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1819882805">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -3881,56 +4943,88 @@
     </a:spDef>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{716275CA-49D5-4439-A13E-1893827FFF7D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>389</Words>
-  <Characters>2340</Characters>
+  <Words>443</Words>
+  <Characters>2658</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>22</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Tytuł</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2724</CharactersWithSpaces>
+  <CharactersWithSpaces>3095</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>E. J.</dc:creator>
+  <dc:title>WNIOSEK o dzierżawę drogi wewnętrznej na prawach wyłączności</dc:title>
+  <dc:creator>Dawid Skrzypek</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>