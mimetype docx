--- v0 (2026-01-13)
+++ v1 (2026-02-27)
@@ -1,2089 +1,2432 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0A0D25EB" w14:textId="128BDE3F" w:rsidR="00251C53" w:rsidRDefault="00AA764E">
+    <w:p w14:paraId="5D5CF967" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00D96462">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="216"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <mc:AlternateContent>
-[...367 lines deleted...]
-    <w:p w14:paraId="35746CDB" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict w14:anchorId="5DBEA7DE">
+          <v:group id="Group 2" o:spid="_x0000_s1026" style="width:478.55pt;height:65.55pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="9571,1311">
+            <v:line id="Line 5" o:spid="_x0000_s1027" style="position:absolute;visibility:visible" from="0,1305" to="9540,1305" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBIqlBRwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhbyD2EAupZGTFre4UUIImBRfSlI/wGKtf6i1MpIcO29fFQo9DjPzDbM7zKYXN3K+s6xgs05A&#10;EFdWd9woKL/ypzcQPiBr7C2Tgjt5OOwXDzvMtJ34QrdraESEsM9QQRvCkEnpq5YM+rUdiKNXW2cw&#10;ROkaqR1OEW56uU2SVBrsOC60ONCpper7OhoFR/c51+eieHmtyrTOsRvH4vKo1Go5H99BBJrDf/iv&#10;/aEVPMPvlXgD5P4HAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEASKpQUcMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokeweight=".17625mm"/>
+            <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+              <v:stroke joinstyle="miter"/>
+              <v:formulas>
+                <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                <v:f eqn="sum @0 1 0"/>
+                <v:f eqn="sum 0 0 @1"/>
+                <v:f eqn="prod @2 1 2"/>
+                <v:f eqn="prod @3 21600 pixelWidth"/>
+                <v:f eqn="prod @3 21600 pixelHeight"/>
+                <v:f eqn="sum @0 0 1"/>
+                <v:f eqn="prod @6 1 2"/>
+                <v:f eqn="prod @7 21600 pixelWidth"/>
+                <v:f eqn="sum @8 21600 0"/>
+                <v:f eqn="prod @7 21600 pixelHeight"/>
+                <v:f eqn="sum @10 21600 0"/>
+              </v:formulas>
+              <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+              <o:lock v:ext="edit" aspectratio="t"/>
+            </v:shapetype>
+            <v:shape id="Picture 4" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:8459;width:1112;height:1260;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAp45QawQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RisIw&#10;FETfF/yHcAXf1lSRxXRNiyjKsm/a/YBLc22LzU1pola/3iwIPg4zc4ZZ5YNtxZV63zjWMJsmIIhL&#10;ZxquNPwVu88lCB+QDbaOScOdPOTZ6GOFqXE3PtD1GCoRIexT1FCH0KVS+rImi37qOuLonVxvMUTZ&#10;V9L0eItw28p5knxJiw3HhRo72tRUno8Xq2FTKYXFY6+U2v6WfmebxWy4az0ZD+tvEIGG8A6/2j9G&#10;wwL+r8QbILMnAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACnjlBrBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
+              <v:imagedata r:id="rId7" o:title=""/>
+            </v:shape>
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 3" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;width:9571;height:1311;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBXZw8vwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gRvdWNBqdFVRCwUhGKMB4/P7DNZzL6N2a3Gf98VCh6HmfmGmS87W4sbtd44VjAaJiCI&#10;C6cNlwoO+df7JwgfkDXWjknBgzwsF723Oaba3Tmj2z6UIkLYp6igCqFJpfRFRRb90DXE0Tu71mKI&#10;si2lbvEe4baWH0kykRYNx4UKG1pXVFz2v1bB6sjZxlx/TrvsnJk8nya8nVyUGvS71QxEoC68wv/t&#10;b61gDM8r8QbIxR8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAV2cPL8MAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="1DE09AF4" w14:textId="77777777" w:rsidR="00855445" w:rsidRDefault="00855445">
+                    <w:pPr>
+                      <w:pStyle w:val="Normalny1"/>
+                      <w:spacing w:before="69"/>
+                      <w:ind w:left="490"/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="36"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="36"/>
+                      </w:rPr>
+                      <w:t>Miejski Zarząd Dróg i Mostów</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="4CA5336B" w14:textId="77777777" w:rsidR="00855445" w:rsidRDefault="00855445">
+                    <w:pPr>
+                      <w:pStyle w:val="Normalny1"/>
+                      <w:spacing w:before="25"/>
+                      <w:ind w:left="458"/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:sz w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="24"/>
+                      </w:rPr>
+                      <w:t>41 – 902 Bytom, ul. Smolenia 35</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="78B27339" w14:textId="77777777" w:rsidR="00855445" w:rsidRDefault="00855445">
+                    <w:pPr>
+                      <w:pStyle w:val="Normalny1"/>
+                      <w:tabs>
+                        <w:tab w:val="left" w:pos="2816"/>
+                      </w:tabs>
+                      <w:spacing w:before="19"/>
+                      <w:ind w:left="510"/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:sz w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="24"/>
+                      </w:rPr>
+                      <w:t>Regon</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="24"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="24"/>
+                      </w:rPr>
+                      <w:t>240136989</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="24"/>
+                      </w:rPr>
+                      <w:tab/>
+                      <w:t>NIP 626 – 279 – 11 –</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="3"/>
+                        <w:sz w:val="24"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="24"/>
+                      </w:rPr>
+                      <w:t>35</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+            <w10:anchorlock/>
+          </v:group>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52D8BD0F" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="43"/>
         <w:ind w:left="6542"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Bytom, dnia . . . . . . . . . . . . . </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7297D0B8" wp14:editId="452F1FCA">
+          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="763AD878" wp14:editId="4A8F7837">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>140335</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-851569</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1086751" cy="686562"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="image2.png"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image2.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print"/>
+                    <a:blip r:embed="rId8" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1086751" cy="686562"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E80E825" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00251C53">
+    <w:p w14:paraId="5FD9BDB7" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00251C53">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="10"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4256C46F" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+    <w:p w14:paraId="3F500A72" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:spacing w:before="90"/>
         <w:ind w:left="104"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . .</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15BAACDF" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+    <w:p w14:paraId="7CAD7FA4" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:spacing w:before="20"/>
         <w:ind w:left="110" w:right="4313"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/imię i nazwisko/</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3586929F" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00251C53">
+    <w:p w14:paraId="2706BAAE" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00251C53">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06B3ACAA" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+    <w:p w14:paraId="483461AE" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="124"/>
         <w:ind w:left="104"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . .</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35F3B380" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+    <w:p w14:paraId="1C941A18" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:spacing w:before="20"/>
         <w:ind w:left="110" w:right="4339"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/adres i telefon/</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="613A02C0" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00251C53">
+    <w:p w14:paraId="78B9C1F0" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00251C53">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09886402" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+    <w:p w14:paraId="09520F60" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="124"/>
         <w:ind w:left="104"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . .</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5071558D" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+    <w:p w14:paraId="2C247AAB" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:spacing w:before="21"/>
         <w:ind w:left="110" w:right="4349"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/wnioskodawca (firma, osoba fizyczna) – podmiot zajmujący dzierżawiony teren/</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26EBDE3D" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00251C53">
+    <w:p w14:paraId="0E82ACB8" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00251C53">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41B97FBC" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+    <w:p w14:paraId="4628C3F8" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="121"/>
         <w:ind w:left="104"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . .</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04662445" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+    <w:p w14:paraId="24F2D29E" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:spacing w:before="20"/>
         <w:ind w:left="54" w:right="4349"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/siedziba/</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D8A1DCB" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00251C53">
+    <w:p w14:paraId="1286C2DB" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00251C53">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="3"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="29"/>
           <w:szCs w:val="29"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16A5CD77" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+    <w:p w14:paraId="56EDFBA9" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="6"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>NIP/KRS…………………………... PESEL/REGON………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71C8041A" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00251C53">
+    <w:p w14:paraId="02DC73C4" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00251C53">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:spacing w:before="21"/>
         <w:ind w:left="95" w:right="119"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21524A4A" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+    <w:p w14:paraId="5E51D2DC" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:spacing w:before="21"/>
         <w:ind w:left="95" w:right="119"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>WNIOSEK O DZIERŻAWĘ DROGI WEWNĘTRZNEJ NA ZAWIESZENIE / UMIESZCZENIE* REKLAMY W DRODZE WEWNĘTRZNEJ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CF8C1A3" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00251C53">
+    <w:p w14:paraId="041325A8" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00251C53" w:rsidP="00BB6B3E">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="41"/>
           <w:szCs w:val="41"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E29725E" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+    <w:p w14:paraId="6D985F71" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:ind w:left="104"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Zwracam się z prośbą o wydanie zezwolenia na zawieszenie / umieszczenie tablicy reklamowej </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(jedno / dwustronna )</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37154635" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+    <w:p w14:paraId="099261D9" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="136"/>
         <w:ind w:left="104"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>w Bytomiu przy : . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . .</w:t>
       </w:r>
       <w:r w:rsidR="00BA61C6">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> . . . . . . . </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="463332B9" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+    <w:p w14:paraId="4FC0759B" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:spacing w:before="119"/>
         <w:ind w:left="114"/>
       </w:pPr>
       <w:r>
         <w:t>. . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . .</w:t>
       </w:r>
       <w:r w:rsidR="00BA61C6">
         <w:t xml:space="preserve"> . . . . . . . . . . . . </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="352DCA62" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+    <w:p w14:paraId="256CA8DB" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:spacing w:before="145" w:line="364" w:lineRule="auto"/>
         <w:ind w:left="114" w:right="-23" w:hanging="10"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">w obrębie chodnika, pobocza </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">(zieleńca) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38B9F003" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+    <w:p w14:paraId="5496A277" w14:textId="77777777" w:rsidR="0048677E" w:rsidRDefault="0048677E" w:rsidP="0048677E">
+      <w:pPr>
+        <w:pStyle w:val="Normalny1"/>
+        <w:spacing w:before="17"/>
+        <w:ind w:left="159"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>prawidłowe podkreślić/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31E37EF5" w14:textId="77777777" w:rsidR="0048677E" w:rsidRDefault="0048677E">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:spacing w:before="145" w:line="364" w:lineRule="auto"/>
         <w:ind w:left="114" w:right="-23" w:hanging="10"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F8A3AAB" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+      <w:pPr>
+        <w:pStyle w:val="Normalny1"/>
+        <w:spacing w:before="145" w:line="364" w:lineRule="auto"/>
+        <w:ind w:left="114" w:right="-23" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:t>Powierzchnia tablicy reklamowej :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="503977D5" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+    <w:p w14:paraId="74F99EC4" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5059"/>
           <w:tab w:val="left" w:pos="6563"/>
         </w:tabs>
         <w:spacing w:before="21"/>
         <w:ind w:left="118"/>
       </w:pPr>
       <w:r>
         <w:t>-  wysokość . . . . . . . . . . .  x  szerokość . . . . . . . . . . .</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>=</w:t>
       </w:r>
       <w:r w:rsidR="00BA61C6">
         <w:t xml:space="preserve"> ………………</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47B710ED" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00251C53">
+    <w:p w14:paraId="274CADBB" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00251C53">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5511392D" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+    <w:p w14:paraId="43B1A165" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:spacing w:before="165"/>
         <w:ind w:left="104"/>
       </w:pPr>
       <w:r>
         <w:t>Planowany  okres dzierżawy od dnia . . . . . . . . . . . . . . . . . . . . . . . . . . . do dnia . . . . . . . . . . .</w:t>
       </w:r>
       <w:r w:rsidR="00BA61C6">
         <w:t xml:space="preserve"> . . . . . . . . . . </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10CB4E77" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00251C53">
+    <w:p w14:paraId="10897DF4" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00251C53">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="628DD9E9" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+    <w:p w14:paraId="05B1C074" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:spacing w:before="177"/>
         <w:ind w:left="104"/>
       </w:pPr>
       <w:r>
         <w:t>Imię, nazwisko i telefon osoby odpowiedzialnej za reklamę  . . . . . . . . . . . . . . . . . . . . . . .</w:t>
       </w:r>
       <w:r w:rsidR="00BA61C6">
         <w:t xml:space="preserve"> . . . . . . . . . . . . . </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76ED9FB3" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+    <w:p w14:paraId="0F30C835" w14:textId="77777777" w:rsidR="00251C53" w:rsidRPr="001F25B5" w:rsidRDefault="00F27858" w:rsidP="001F25B5">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:spacing w:before="121"/>
         <w:ind w:left="104"/>
       </w:pPr>
       <w:r>
         <w:t>. . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . .</w:t>
       </w:r>
       <w:r w:rsidR="00BA61C6">
         <w:t xml:space="preserve"> . . . . . . . ……………….. . </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="151490FD" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00251C53">
-[...16 lines deleted...]
-    <w:p w14:paraId="510AF03C" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+    <w:p w14:paraId="5D7D5738" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:spacing w:before="165"/>
         <w:ind w:left="118"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Do wniosku należy dołączyć</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BAEFBB9" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+    <w:p w14:paraId="2C87E180" w14:textId="77777777" w:rsidR="00251C53" w:rsidRPr="0048677E" w:rsidRDefault="00F27858" w:rsidP="0048677E">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="838"/>
-          <w:tab w:val="left" w:pos="839"/>
+          <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="22"/>
-        <w:ind w:hanging="361"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="72FBBE72" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+        <w:ind w:right="402" w:hanging="696"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0048677E">
+        <w:t>plan sytuacyjny z zaznaczeniem miejsca reklamy (lub zdjęcie),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73E2C363" w14:textId="77777777" w:rsidR="00251C53" w:rsidRPr="0048677E" w:rsidRDefault="00F27858" w:rsidP="0048677E">
+      <w:pPr>
+        <w:pStyle w:val="Normalny1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="39" w:line="254" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="402" w:hanging="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0048677E">
+        <w:t>opinię z Wydziału Architektury Urzędu Miejs</w:t>
+      </w:r>
+      <w:r w:rsidR="00F175B4" w:rsidRPr="0048677E">
+        <w:t xml:space="preserve">kiego w Bytomiu dot.: grafiki i </w:t>
+      </w:r>
+      <w:r w:rsidR="0048677E">
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="0048677E" w:rsidRPr="0048677E">
+        <w:t>okalizacji w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0048677E">
+        <w:t>nioskowanej reklamy,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D6EAFA3" w14:textId="77777777" w:rsidR="00251C53" w:rsidRPr="0048677E" w:rsidRDefault="00F27858" w:rsidP="0048677E">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="838"/>
-          <w:tab w:val="left" w:pos="839"/>
+          <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
+        <w:spacing w:before="26"/>
+        <w:ind w:right="402" w:hanging="696"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0048677E">
+        <w:t>opinię MZDiM Bytom dot.: lokalizacji tablicy reklamowej,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A54F806" w14:textId="77777777" w:rsidR="0048677E" w:rsidRDefault="00F27858" w:rsidP="0048677E">
+      <w:pPr>
+        <w:pStyle w:val="Normalny1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:spacing w:before="39" w:line="254" w:lineRule="auto"/>
-        <w:ind w:right="1299"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="3EC61E3D" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+        <w:ind w:left="426" w:right="402" w:hanging="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0048677E">
+        <w:t>kserokopię zaświadczenia o wpisie do ewidencji działalności gospodarczej lub KRS</w:t>
+      </w:r>
+      <w:r w:rsidR="0048677E" w:rsidRPr="0048677E">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0048677E">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0048677E" w:rsidRPr="0048677E">
+        <w:t xml:space="preserve">a w przypadku materiałów/reklam wyborczych - kopię zawiadomienia właściwego organu wyborczego o utworzeniu komitetu wyborczego oraz kopię postanowienia wydanego przez właściwy organ wyborczy o przyjęciu zawiadomienia, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28BBE907" w14:textId="77777777" w:rsidR="006A353F" w:rsidRDefault="006A353F" w:rsidP="006A353F">
+      <w:pPr>
+        <w:pStyle w:val="Normalny1"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="39" w:line="254" w:lineRule="auto"/>
+        <w:ind w:right="402"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BE78C48" w14:textId="77777777" w:rsidR="006A353F" w:rsidRDefault="006A353F" w:rsidP="006A353F">
+      <w:pPr>
+        <w:pStyle w:val="Normalny1"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="39" w:line="254" w:lineRule="auto"/>
+        <w:ind w:right="402"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CFD7EBA" w14:textId="77777777" w:rsidR="006A353F" w:rsidRPr="0048677E" w:rsidRDefault="006A353F" w:rsidP="006A353F">
+      <w:pPr>
+        <w:pStyle w:val="Normalny1"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="39" w:line="254" w:lineRule="auto"/>
+        <w:ind w:right="402"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73F34D81" w14:textId="77777777" w:rsidR="00610AB1" w:rsidRDefault="00610AB1" w:rsidP="0048677E">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="838"/>
-          <w:tab w:val="left" w:pos="839"/>
+          <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:before="26"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="5182E9B1" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+        <w:spacing w:before="39" w:line="254" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="544"/>
+        <w:jc w:val="both"/>
+        <w:sectPr w:rsidR="00610AB1" w:rsidSect="006A353F">
+          <w:headerReference w:type="even" r:id="rId9"/>
+          <w:headerReference w:type="default" r:id="rId10"/>
+          <w:footerReference w:type="even" r:id="rId11"/>
+          <w:footerReference w:type="default" r:id="rId12"/>
+          <w:headerReference w:type="first" r:id="rId13"/>
+          <w:footerReference w:type="first" r:id="rId14"/>
+          <w:pgSz w:w="11900" w:h="16850"/>
+          <w:pgMar w:top="720" w:right="700" w:bottom="280" w:left="1300" w:header="708" w:footer="708" w:gutter="0"/>
+          <w:cols w:space="708" w:equalWidth="0">
+            <w:col w:w="9406"/>
+          </w:cols>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="299"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57F146F2" w14:textId="77777777" w:rsidR="0048677E" w:rsidRPr="0048677E" w:rsidRDefault="0048677E" w:rsidP="0048677E">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="838"/>
-          <w:tab w:val="left" w:pos="839"/>
+          <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:before="39"/>
-[...44 lines deleted...]
-        <w:pStyle w:val="Normalny1"/>
+        <w:spacing w:before="39" w:line="254" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="544"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0048677E">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">pisemną zgodę właściciela urządzeń energetycznych, telekomunikacyjnych i in. zlokalizowanych w pasie drogowym (w przypadku wnioskowania o wydanie zezwolenia na wykorzystanie infrastruktury pasa drogowego), </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E3BA022" w14:textId="77777777" w:rsidR="0048677E" w:rsidRPr="0048677E" w:rsidRDefault="006E2043" w:rsidP="0048677E">
+      <w:pPr>
+        <w:pStyle w:val="Normalny1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:before="39" w:line="254" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="544"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="0048677E" w:rsidRPr="0048677E">
+        <w:t xml:space="preserve">ryginał lub urzędowo poświadczony odpis pełnomocnictwa wraz z dowodem zapłaty należnej opłaty skarbowej, a w przypadku umieszczania materiałów wyborczych: pełnomocnictwo udzielone przez komitet wyborczy osoby składającej wniosek – może to być pełnomocnik finansowy komitetu wyborczego bądź osoba posiadająca pełnomocnictwo zarówno komitetu wyborczego, jak i upoważnienie pełnomocnika finansowego do zaciągania zobowiązań finansowych. W przypadku, gdy wniosek będzie podpisany przez inną osobę niż pełnomocnik finansowy – pisemna zgoda pełnomocnika finansowego na zaciągnięcie zobowiązania finansowego w postaci opłaty za zajęcie pasa drogowego z tytułu umieszczenia plakatów wyborczych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="307B199C" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00251C53" w:rsidP="0048677E">
+      <w:pPr>
+        <w:pStyle w:val="Normalny1"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="838"/>
+          <w:tab w:val="left" w:pos="839"/>
+        </w:tabs>
+        <w:spacing w:before="39"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D9246AA" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00251C53">
+      <w:pPr>
+        <w:pStyle w:val="Normalny1"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16837F03" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+    <w:p w14:paraId="6FADF585" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4923"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="104"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Upoważniam</w:t>
       </w:r>
       <w:r w:rsidR="00BA61C6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>………………………………………</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>do odbioru pism i decyzji.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DAC62BE" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00251C53">
+    <w:p w14:paraId="7FB0E2A1" w14:textId="77777777" w:rsidR="00BB6B3E" w:rsidRDefault="00BB6B3E">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6954E5E4" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00251C53">
+    <w:p w14:paraId="3FF3294F" w14:textId="77777777" w:rsidR="002C07D6" w:rsidRDefault="002C07D6">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="790457FB" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+    <w:p w14:paraId="6E84880C" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="5840" w:right="119"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. . . . . . . . . . . . . . . .</w:t>
       </w:r>
       <w:r w:rsidR="00BA61C6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> . . . . . . . . . . . . . </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36B03790" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+    <w:p w14:paraId="6D643815" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:spacing w:before="21"/>
         <w:ind w:left="5756" w:right="119"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>/podpis i pieczęć wnioskodawcy/</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21506110" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00251C53">
-[...1 lines deleted...]
-        <w:pStyle w:val="Normalny1"/>
+    <w:p w14:paraId="38C8640F" w14:textId="77777777" w:rsidR="0048677E" w:rsidRDefault="0048677E">
+      <w:pPr>
+        <w:pStyle w:val="Normalny1"/>
+        <w:spacing w:before="21"/>
+        <w:ind w:left="5756" w:right="119"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00251C53">
-[...9 lines deleted...]
-    <w:p w14:paraId="23A85CCF" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858" w:rsidP="00BA61C6">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AB3529C" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858" w:rsidP="00BA61C6">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="133"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Warunki ustawiania tablic reklamowych w drodze wewnętrznej na terenie miasta Bytomia:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CFD3B4F" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+    <w:p w14:paraId="4C752F98" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="20" w:line="268" w:lineRule="auto"/>
         <w:ind w:left="118" w:right="208" w:firstLine="50"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>W celu wykluczenia elementów kojarzących się  z  informacją  drogową, należy uzgodnić  z  Miejskim Zarządem  Dróg i Mostów następujące warunki:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69D8EB76" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+    <w:p w14:paraId="46AFBD0D" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="6" w:line="268" w:lineRule="auto"/>
         <w:ind w:left="118"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">a/ </w:t>
       </w:r>
       <w:r w:rsidR="005218BA">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>grafika, kolorystyka</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> oraz wymiary tablicy nie powinny kojarzyć się z znakami drogowymi oraz nie mogą być wykonane z materiałów odblaskowych,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41CDFCB0" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+    <w:p w14:paraId="5EF4659A" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="6"/>
         <w:ind w:left="118"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">b/ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>konstrukcje i sposób montażu tablicy:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1663B838" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+    <w:p w14:paraId="60EAA287" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="302"/>
         </w:tabs>
         <w:spacing w:before="36"/>
         <w:ind w:hanging="184"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>dolna krawędź tablicy winna zachować min. 2,5m od nawierzchni chodnika lub pobocza,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A9EEC60" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+    <w:p w14:paraId="246A103A" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="302"/>
         </w:tabs>
         <w:spacing w:before="33"/>
         <w:ind w:hanging="184"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>tablica łącznie z konstrukcją nie powinna wchodzić w skrajnię drogową,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DDEE2EA" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+    <w:p w14:paraId="13FD4C3A" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="302"/>
         </w:tabs>
         <w:spacing w:before="36"/>
         <w:ind w:hanging="184"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>tablica nie powinna zasłaniać istniejących znaków drogowych.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AB3DBC9" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+    <w:p w14:paraId="776207A9" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="34"/>
         <w:ind w:left="118"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">c/ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>tablica reklamowa nie może stanowić ZAGROŻENIA zarówno dla ruchu kołowego jak i ruchu pieszego.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21039160" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00251C53">
+    <w:p w14:paraId="06CCE040" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00251C53">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20ECE42C" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00F27858">
+    <w:p w14:paraId="7CC3A27B" w14:textId="77777777" w:rsidR="006A353F" w:rsidRPr="006A353F" w:rsidRDefault="00F27858" w:rsidP="006A353F">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="140" w:line="266" w:lineRule="auto"/>
         <w:ind w:left="104" w:firstLine="707"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Pełną odpowiedzialność za tablicę reklamową umieszczona/ zawieszoną w drodze wewnętrznej, ponosi jej właściciel.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Normalny1"/>
+        <w:t xml:space="preserve">Pełną odpowiedzialność </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0EAC">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>za tablicę reklamową umieszczoną</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0261F">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/ zawieszoną w drodze wewnętrznej, ponosi jej właściciel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="783D4177" w14:textId="77777777" w:rsidR="0048677E" w:rsidRDefault="0048677E" w:rsidP="005218BA">
+      <w:pPr>
+        <w:pStyle w:val="Normalny1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61056AF0" w14:textId="77777777" w:rsidR="005218BA" w:rsidRPr="006A353F" w:rsidRDefault="005218BA" w:rsidP="005218BA">
+      <w:pPr>
+        <w:pStyle w:val="Normalny1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A353F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Uwagi :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27E46B01" w14:textId="77777777" w:rsidR="00F175B4" w:rsidRPr="006A353F" w:rsidRDefault="00F175B4" w:rsidP="00F175B4">
+      <w:pPr>
+        <w:pStyle w:val="Teksttreci20"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A353F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wnioskodawcę poucza się, że umieszczenie obiektów małej architektury, tablic reklamowych i urządzeń reklamowych oraz ogrodzeń w pasie drogowym nie może naruszać przepisów Uchwały NR LXXIII/931/23 Rady Miejskiej w Bytomiu z dnia 30 stycznia 2023 r. w sprawie ustalenia zasad i warunków sytuowania obiektów małej architektury, tablic reklamowych i urządzeń reklamowych oraz ogrodzeń w Bytomiu. Podmiot, który umieścił w/w elementy niezgodne z przepisami uchwały podlega karze pieniężnej na podstawie art. 37d ustawy </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A353F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>z dnia 27 marca 2003 r. o planowaniu i zagospodarowaniu przestrzennym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00E9DBD6" w14:textId="77777777" w:rsidR="00F175B4" w:rsidRPr="006A353F" w:rsidRDefault="00F175B4" w:rsidP="00F175B4">
+      <w:pPr>
+        <w:pStyle w:val="Teksttreci20"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26A34562" w14:textId="77777777" w:rsidR="006A353F" w:rsidRPr="006A353F" w:rsidRDefault="00F175B4" w:rsidP="006A353F">
+      <w:pPr>
+        <w:pStyle w:val="Teksttreci20"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:before="3"/>
-[...11 lines deleted...]
-        <w:pStyle w:val="Normalny1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-2127"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="300" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A353F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Do zajęcia wnioskowanego miejsca upoważnia posiadanie przez wnioskodawcę oryginału decyzji administracyjnej na zajęcie pasa drogowego lub umowy na </w:t>
+      </w:r>
+      <w:r w:rsidR="00100A84" w:rsidRPr="006A353F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dzierżawę</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A353F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> drogi wewnętrznej / innych terenów – odebranej najpóźniej w dniu rozpoczynającym zajęcie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60A9939F" w14:textId="77777777" w:rsidR="00F175B4" w:rsidRPr="006A353F" w:rsidRDefault="00F175B4" w:rsidP="00F175B4">
+      <w:pPr>
+        <w:pStyle w:val="Teksttreci20"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:rPr>
-[...55 lines deleted...]
-        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-2127"/>
         </w:tabs>
-        <w:spacing w:after="300" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="426" w:hanging="426"/>
+        <w:spacing w:before="0" w:after="300" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A353F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">III. Termin uiszczenia czynszu za dzierżawę drogi wewnętrznej jest wskazany w umowie cywilnoprawnej. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="649129FE" w14:textId="77777777" w:rsidR="00AD614C" w:rsidRDefault="00AD614C" w:rsidP="00D97D01">
+      <w:pPr>
+        <w:pStyle w:val="Normalny1"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A353F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Stawki czynszu  za dzierżawę drogi wewnętrznej ustalone zostały w Zarządzeniu nr 208/21 Prezydenta Miasta Bytomia z dnia 20 maja 2021 r.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3004D4BC" w14:textId="77777777" w:rsidR="006A353F" w:rsidRDefault="006A353F" w:rsidP="00D97D01">
+      <w:pPr>
+        <w:pStyle w:val="Normalny1"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4461F382" w14:textId="77777777" w:rsidR="006A353F" w:rsidRDefault="006A353F" w:rsidP="00D97D01">
+      <w:pPr>
+        <w:pStyle w:val="Normalny1"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CC79971" w14:textId="77777777" w:rsidR="006A353F" w:rsidRDefault="006A353F" w:rsidP="00D97D01">
+      <w:pPr>
+        <w:pStyle w:val="Normalny1"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10566E61" w14:textId="77777777" w:rsidR="006A353F" w:rsidRPr="006A353F" w:rsidRDefault="006A353F" w:rsidP="00D97D01">
+      <w:pPr>
+        <w:pStyle w:val="Normalny1"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5ED5291F" w14:textId="77777777" w:rsidR="005218BA" w:rsidRPr="006A353F" w:rsidRDefault="005218BA" w:rsidP="005218BA">
+      <w:pPr>
+        <w:pStyle w:val="Normalny1"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="329778B5" w14:textId="77777777" w:rsidR="0046307F" w:rsidRDefault="0046307F" w:rsidP="005218BA">
+      <w:pPr>
+        <w:pStyle w:val="Normalny1"/>
+        <w:ind w:left="426"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">niniejszy wniosek należy składać w Miejskim Zarządzie Dróg i Mostów z </w:t>
-[...167 lines deleted...]
-    <w:p w14:paraId="1BA7BE53" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="00251C53">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77FE878D" w14:textId="77777777" w:rsidR="00251C53" w:rsidRDefault="006A353F" w:rsidP="006A353F">
       <w:pPr>
         <w:pStyle w:val="Normalny1"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="561"/>
+          <w:tab w:val="left" w:pos="2475"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="268" w:lineRule="auto"/>
-        <w:ind w:left="560" w:right="741"/>
-[...5 lines deleted...]
-    <w:sectPr w:rsidR="00251C53" w:rsidSect="00251C53">
+        <w:ind w:right="741"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00251C53" w:rsidSect="00610AB1">
       <w:pgSz w:w="11900" w:h="16850"/>
-      <w:pgMar w:top="720" w:right="700" w:bottom="280" w:left="1300" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="697" w:bottom="278" w:left="1298" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708" w:equalWidth="0">
-        <w:col w:w="9406"/>
+        <w:col w:w="9409"/>
       </w:cols>
+      <w:titlePg/>
+      <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="301A463E" w14:textId="77777777" w:rsidR="00855445" w:rsidRDefault="00855445" w:rsidP="001F25B5">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="1CD02DDC" w14:textId="77777777" w:rsidR="00855445" w:rsidRDefault="00855445" w:rsidP="001F25B5">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5249A5A0" w14:textId="77777777" w:rsidR="00D96462" w:rsidRDefault="00D96462">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7B84FA61" w14:textId="77777777" w:rsidR="00855445" w:rsidRDefault="00855445" w:rsidP="004F2A27">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="37864F61" w14:textId="77777777" w:rsidR="00855445" w:rsidRDefault="00855445" w:rsidP="00BB6B3E">
+    <w:pPr>
+      <w:pStyle w:val="Bezodstpw"/>
+      <w:ind w:right="-58"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="36A004B2" w14:textId="77777777" w:rsidR="00855445" w:rsidRDefault="00855445">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2CCC518D" w14:textId="77777777" w:rsidR="00D96462" w:rsidRDefault="00D96462">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="14683B57" w14:textId="77777777" w:rsidR="00855445" w:rsidRDefault="00855445" w:rsidP="001F25B5">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="4438EF2A" w14:textId="77777777" w:rsidR="00855445" w:rsidRDefault="00855445" w:rsidP="001F25B5">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="01F16B12" w14:textId="77777777" w:rsidR="00D96462" w:rsidRDefault="00D96462">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="28FD697C" w14:textId="77777777" w:rsidR="006A353F" w:rsidRDefault="006A353F" w:rsidP="006A353F">
+    <w:pPr>
+      <w:pStyle w:val="Teksttreci60"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:spacing w:before="0" w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="left"/>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+        <w:u w:val="single"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+        <w:u w:val="single"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Klauzula Informacyjna </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="1CC46FA0" w14:textId="77777777" w:rsidR="006A353F" w:rsidRDefault="006A353F" w:rsidP="006A353F">
+    <w:pPr>
+      <w:spacing w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>1. Administratorem Danych Osobowych jest:</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Miejski Zarząd Dróg i Mostów, ul. Smolenia 35, 41-902 Bytom tel. 32 39 69 700, e-mail: sekretariat@mzdim.bytom.pl </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="36FAFBBB" w14:textId="77777777" w:rsidR="006A353F" w:rsidRDefault="006A353F" w:rsidP="006A353F">
+    <w:pPr>
+      <w:spacing w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>2. Reprezentantem Administratora Danych Osobowych jest Dyrektor Miejskiego Zarządu Dróg i Mostów w Bytomiu.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="55980E06" w14:textId="063491E4" w:rsidR="006A353F" w:rsidRDefault="006A353F" w:rsidP="006A353F">
+    <w:pPr>
+      <w:spacing w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t xml:space="preserve">3. Dane kontaktowe Inspektora Ochrony Danych: </w:t>
+    </w:r>
+    <w:r w:rsidR="00D96462" w:rsidRPr="00D96462">
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>Ewelina Wysocka</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>; e-mail: iod@mzdim.bytom.pl</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="455ED4E5" w14:textId="77777777" w:rsidR="006A353F" w:rsidRDefault="006A353F" w:rsidP="006A353F">
+    <w:pPr>
+      <w:spacing w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>4. Dane osobowe są przetwarzane przez Administratora w celu: realizacji zadań określonych przepisami prawa, wypełnienia obowiązku prawnego oraz wykonywania zadań przez organ publiczny.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="621A316D" w14:textId="77777777" w:rsidR="006A353F" w:rsidRDefault="006A353F" w:rsidP="006A353F">
+    <w:pPr>
+      <w:spacing w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>5. Podstawy prawne przetwarzania: Rozporządzenie Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych) art 6 lit. a-e, w powiązaniu z przepisami prawa, w szczególności:</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="21E71371" w14:textId="77777777" w:rsidR="006A353F" w:rsidRDefault="006A353F" w:rsidP="006A353F">
+    <w:pPr>
+      <w:spacing w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>- Ustawa z dnia 10 maja 2018 r. o ochronie danych osobowych;</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="38E19EA8" w14:textId="77777777" w:rsidR="006A353F" w:rsidRDefault="006A353F" w:rsidP="006A353F">
+    <w:pPr>
+      <w:spacing w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>- Ustawa z dnia 20 czerwca 1997 r. - Prawo o ruchu drogowym;</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="42906D3F" w14:textId="77777777" w:rsidR="006A353F" w:rsidRDefault="006A353F" w:rsidP="006A353F">
+    <w:pPr>
+      <w:spacing w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>- Uchwała Nr XLIV/680/05 z dnia 29 czerwca 2005 r. o utworzeniu jednostki budżetowej pod nazwą: Miejski Zarząd Dróg i Mostów w Bytomiu;</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="39BBD80A" w14:textId="77777777" w:rsidR="006A353F" w:rsidRDefault="006A353F" w:rsidP="006A353F">
+    <w:pPr>
+      <w:spacing w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>- Uchwała Rady Miejskiej w Bytomiu nr NR XVIII/242/15 z dnia 23.11.2015 r. dotycząca Strefy Płatnego Parkowania.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="765BBC6A" w14:textId="77777777" w:rsidR="006A353F" w:rsidRDefault="006A353F" w:rsidP="006A353F">
+    <w:pPr>
+      <w:spacing w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>6. Odbiorcami danych osobowych są osoby fizyczne i prawne na podstawie przepisów prawa.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="385824F8" w14:textId="77777777" w:rsidR="006A353F" w:rsidRDefault="006A353F" w:rsidP="006A353F">
+    <w:pPr>
+      <w:spacing w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>7. Dane osobowe będą przetwarzane przez czas określony przepisami prawa, w szczególności w celach archiwalnych.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="288F1EAE" w14:textId="77777777" w:rsidR="006A353F" w:rsidRDefault="006A353F" w:rsidP="006A353F">
+    <w:pPr>
+      <w:spacing w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>8. Prawa przysługujące osobie, której dane są przetwarzane:</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="1598B1DC" w14:textId="77777777" w:rsidR="006A353F" w:rsidRDefault="006A353F" w:rsidP="006A353F">
+    <w:pPr>
+      <w:spacing w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>Osoba, której dane dotyczą ma prawo dostępu do treści swoich danych oraz prawo do ich sprostowania, ograniczenia przetwarzania, prawo do przenoszenia danych, prawo do wniesienia sprzeciwu, prawo do cofnięcia zgody w dowolnym momencie (jeżeli przetwarzanie odbywa się na podstawie zgody) oraz prawo do wniesienia skargi do organu nadzorczego, gdy uzna, iż przetwarzanie danych osobowych jego dotyczących narusza przepisy ogólnego rozporządzenia o ochronie danych osobowych z dnia 27 kwietnia 2016 r. (UE 2016/679).</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="1DEC04B0" w14:textId="77777777" w:rsidR="006A353F" w:rsidRDefault="006A353F" w:rsidP="006A353F">
+    <w:pPr>
+      <w:spacing w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>9. Podanie danych osobowych jest dobrowolne, jednakże w celu realizacji zadań objętych przepisami prawa jest niezbędne. W niniejszym przypadku jest wymogiem prawnym oraz warunkiem realizacji prawnie uzasadnionych interesów: administratora oraz osób, których dane są przetwarzane.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="027C9D85" w14:textId="77777777" w:rsidR="006A353F" w:rsidRDefault="006A353F" w:rsidP="006A353F">
+    <w:pPr>
+      <w:spacing w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>10 W trakcie przetwarzania Państwa danych osobowych nie dochodzi do wyłącznie zautomatyzowanego podejmowania decyzji ani do profilowania, o których mowa w art.22 ust. 1 i 4 RODO. Oznacza to, że żadne decyzje nie będą zapadać wyłącznie automatycznie oraz, że nie buduje się żadnych profili.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="01B3B908" w14:textId="77777777" w:rsidR="006A353F" w:rsidRDefault="006A353F" w:rsidP="006A353F">
+    <w:pPr>
+      <w:spacing w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>11. W przypadku uznania, iż przetwarzanie przez Administratora Państwa danych osobowych narusza przepisy RODO, przysługuje Państwu prawo do wniesienia skargi do Prezesa Urzędu Ochrony Danych Osobowych, ul. Stawki 2, 00-193 Warszawa.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="66CE26D9" w14:textId="77777777" w:rsidR="006A353F" w:rsidRDefault="006A353F">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="03EFB043" w14:textId="77777777" w:rsidR="00D96462" w:rsidRDefault="00D96462">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="078B1445"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B726CC44"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="301" w:hanging="183"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1259" w:hanging="183"/>
@@ -2218,61 +2561,156 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="540E6223"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D13CA158"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="838" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1745" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3557" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4463" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5369" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6275" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7181" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8087" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="628D187C"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="7C5A1B50"/>
+    <w:tmpl w:val="5BF2B71C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2303,66 +2741,66 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64D45F11"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="D13CA158"/>
+    <w:tmpl w:val="21565B54"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="838" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1745" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2651" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
@@ -2394,152 +2832,294 @@
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6275" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7181" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8087" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="331180996">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="71C55C1B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8B8035A6"/>
+    <w:lvl w:ilvl="0" w:tplc="66042E0A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="722950821">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1523126035">
+  <w:num w:numId="2" w16cid:durableId="1125393861">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1658731294">
+  <w:num w:numId="3" w16cid:durableId="928194236">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1987775815">
     <w:abstractNumId w:val="3"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
+  <w:num w:numId="5" w16cid:durableId="2122993294">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="63112561">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
+  <w:evenAndOddHeaders/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00251C53"/>
-    <w:rsid w:val="00000FC8"/>
+    <w:rsid w:val="000A4B73"/>
+    <w:rsid w:val="00100A84"/>
+    <w:rsid w:val="00121994"/>
     <w:rsid w:val="001C1610"/>
+    <w:rsid w:val="001F25B5"/>
+    <w:rsid w:val="002102C8"/>
     <w:rsid w:val="00251C53"/>
+    <w:rsid w:val="002B4DC0"/>
+    <w:rsid w:val="002C07D6"/>
     <w:rsid w:val="002E75C5"/>
     <w:rsid w:val="00325664"/>
+    <w:rsid w:val="003B7E86"/>
+    <w:rsid w:val="003F60A1"/>
+    <w:rsid w:val="00442780"/>
+    <w:rsid w:val="004624AD"/>
+    <w:rsid w:val="0046307F"/>
+    <w:rsid w:val="004724E6"/>
+    <w:rsid w:val="0048677E"/>
+    <w:rsid w:val="00494AB5"/>
+    <w:rsid w:val="004F2A27"/>
     <w:rsid w:val="005218BA"/>
+    <w:rsid w:val="00610AB1"/>
+    <w:rsid w:val="006A353F"/>
+    <w:rsid w:val="006B3F49"/>
+    <w:rsid w:val="006E2043"/>
+    <w:rsid w:val="007C3BC8"/>
     <w:rsid w:val="007D44CC"/>
+    <w:rsid w:val="00855445"/>
+    <w:rsid w:val="008F0188"/>
+    <w:rsid w:val="009B0F09"/>
+    <w:rsid w:val="00A07120"/>
     <w:rsid w:val="00AA764E"/>
     <w:rsid w:val="00AD614C"/>
     <w:rsid w:val="00B267A5"/>
+    <w:rsid w:val="00B83312"/>
     <w:rsid w:val="00BA61C6"/>
+    <w:rsid w:val="00BB6B3E"/>
+    <w:rsid w:val="00C0261F"/>
+    <w:rsid w:val="00C45CE4"/>
+    <w:rsid w:val="00CF4CF5"/>
+    <w:rsid w:val="00D641FA"/>
+    <w:rsid w:val="00D96462"/>
+    <w:rsid w:val="00D97D01"/>
+    <w:rsid w:val="00EB7584"/>
     <w:rsid w:val="00EE3997"/>
+    <w:rsid w:val="00F175B4"/>
     <w:rsid w:val="00F27858"/>
+    <w:rsid w:val="00F41E50"/>
+    <w:rsid w:val="00FB0EAC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4B7AD719"/>
-  <w15:docId w15:val="{17DE41D9-D01A-4E52-ADD5-F33DA0CFF496}"/>
+  <w14:docId w14:val="4C58F7FB"/>
+  <w15:docId w15:val="{2B85E681-8AB4-4530-80BA-1B6D9B4FE7A9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2997,51 +3577,50 @@
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normalny1"/>
     <w:next w:val="Normalny1"/>
     <w:rsid w:val="00251C53"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalny1">
     <w:name w:val="Normalny1"/>
@@ -3071,90 +3650,249 @@
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Podtytu">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normalny1"/>
     <w:next w:val="Normalny1"/>
     <w:rsid w:val="00251C53"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:i/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Akapitzlist">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="001F25B5"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="NagwekZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001F25B5"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="001F25B5"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Stopka">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="StopkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001F25B5"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
+    <w:name w:val="Stopka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Stopka"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="001F25B5"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstdymka">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstdymkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001F25B5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
+    <w:name w:val="Tekst dymka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstdymka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001F25B5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Bezodstpw">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="001F25B5"/>
+    <w:pPr>
+      <w:widowControl/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Teksttreci6">
+    <w:name w:val="Tekst treści (6)_"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Teksttreci60"/>
+    <w:locked/>
+    <w:rsid w:val="001F25B5"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Teksttreci60">
+    <w:name w:val="Tekst treści (6)"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="Teksttreci6"/>
+    <w:rsid w:val="001F25B5"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:spacing w:before="420" w:after="240" w:line="365" w:lineRule="exact"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Teksttreci2">
+    <w:name w:val="Tekst treści (2)_"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Teksttreci20"/>
+    <w:rsid w:val="00F175B4"/>
+    <w:rPr>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Teksttreci20">
+    <w:name w:val="Tekst treści (2)"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="Teksttreci2"/>
+    <w:rsid w:val="00F175B4"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:spacing w:before="600" w:after="480" w:line="0" w:lineRule="atLeast"/>
+      <w:ind w:hanging="460"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="47463130">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1646351632">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2010786296">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3437,53 +4175,68 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3141</Characters>
+  <Pages>3</Pages>
+  <Words>756</Words>
+  <Characters>4540</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>37</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Tytuł</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3657</CharactersWithSpaces>
+  <CharactersWithSpaces>5286</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:creator>E. J.</dc:creator>
+  <dc:title>WNIOSEK o dzierżawę drogi wewnętrznej na zawieszenie, umieszczenie reklamy w drodze wewnętrznej</dc:title>
+  <dc:creator>Dawid Skrzypek</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>