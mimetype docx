--- v0 (2026-01-13)
+++ v1 (2026-02-27)
@@ -1,3081 +1,3412 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7CC75509" w14:textId="77777777" w:rsidR="002B6041" w:rsidRDefault="002B6041">
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="057B5C8F" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00B466B4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2134"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict w14:anchorId="34897029">
+          <v:group id="Group 2537" o:spid="_x0000_s1030" style="position:absolute;left:0;text-align:left;margin-left:5.15pt;margin-top:-3.4pt;width:478.55pt;height:65.3pt;z-index:-251658240" coordsize="60777,8290">
+            <v:shape id="Picture 12" o:spid="_x0000_s1033" style="position:absolute;width:10850;height:6858" coordsize="60777,8290" o:spt="100" adj="0,,0" path="" filled="f">
+              <v:stroke joinstyle="round"/>
+              <v:imagedata r:id="rId7" o:title="image0"/>
+              <v:formulas/>
+              <v:path o:connecttype="segments"/>
+            </v:shape>
+            <v:shape id="Shape 13" o:spid="_x0000_s1032" style="position:absolute;top:8290;width:60579;height:0" coordsize="6057900,0" path="m,l6057900,e" filled="f" fillcolor="black" strokeweight=".5pt">
+              <v:fill opacity="0"/>
+            </v:shape>
+            <v:shape id="Picture 15" o:spid="_x0000_s1031" style="position:absolute;left:53721;width:7056;height:8001" coordsize="6057900,0" o:spt="100" adj="0,,0" path="" filled="f">
+              <v:stroke joinstyle="round"/>
+              <v:imagedata r:id="rId8" o:title="image10"/>
+              <v:formulas/>
+              <v:path o:connecttype="segments"/>
+            </v:shape>
+          </v:group>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00D0765F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Miejski Zarząd Dróg i Mostów </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="689A8269" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="6"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          41 – 902 Bytom, ul. Smolenia 35 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A89D349" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:spacing w:after="5" w:line="252" w:lineRule="auto"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                               Regon 240136989         NIP 626 – 279 – 11 – 35  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="647B4287" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="1196"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67B418EC" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="1196"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="032CF473" w14:textId="77777777" w:rsidR="000704BD" w:rsidRDefault="00D0765F" w:rsidP="000704BD">
+      <w:pPr>
+        <w:spacing w:after="10" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="-11" w:hanging="10"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bytom, dnia . . . . . . . . . . . . . . . . .  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EAA83AA" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRPr="000704BD" w:rsidRDefault="00D0765F" w:rsidP="000704BD">
+      <w:pPr>
+        <w:spacing w:after="10" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="-11" w:hanging="10"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . .  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E8A1131" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:spacing w:after="1" w:line="263" w:lineRule="auto"/>
+        <w:ind w:left="2134" w:hanging="10"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/imię i nazwisko/ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31C235BB" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:spacing w:after="56"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
-[...12 lines deleted...]
-        </w:pBdr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="029411DE" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:spacing w:after="5" w:line="252" w:lineRule="auto"/>
+        <w:ind w:left="2109" w:right="3810" w:hanging="2124"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/adres i telefon/ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="057E1757" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:spacing w:after="56"/>
+        <w:ind w:left="2124"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51522618" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:spacing w:after="5" w:line="252" w:lineRule="auto"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="578C4E1C" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:spacing w:after="1" w:line="263" w:lineRule="auto"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/wnioskodawca (firma, osoba fizyczna) – podmiot zajmujący pas drogowy/ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C9D6C34" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:spacing w:after="53"/>
+        <w:ind w:left="2124"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E4CCD2B" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:spacing w:after="5" w:line="252" w:lineRule="auto"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6367F95C" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:spacing w:after="1" w:line="263" w:lineRule="auto"/>
+        <w:ind w:left="-15" w:right="6578" w:firstLine="2124"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/siedziba/ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26D61950" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:spacing w:after="5" w:line="252" w:lineRule="auto"/>
+        <w:ind w:left="4802" w:right="2574" w:hanging="4817"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>NIP</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . . . . . . . . . . . . . . . . . . . . .        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>PESEL/REGON  . .</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . . . . . . . . . . . . . . .  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E95D233" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F" w:rsidP="00E16D70">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="279" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1680" w:firstLine="1581"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">WNIOSEK  O  WYDANIE  ZEZWOLENIA NA  ZAJĘCIE  PASA  DROGOWEGO </w:t>
+      </w:r>
+      <w:r w:rsidR="00E16D70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (z naruszeniem nawierzchni)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54ADDAF3" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F" w:rsidP="00E16D70">
+      <w:pPr>
+        <w:spacing w:after="84" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CB56FD3" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="112" w:line="249" w:lineRule="auto"/>
+        <w:ind w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cel  zajęcia : . . . . .  . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="478FB96F" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:spacing w:after="157" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="355" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . .  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FC9B19C" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lokalizacja  i  powierzchnia  zajętego  pasa  drogowego : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27AFA928" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18F92432" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="109" w:line="249" w:lineRule="auto"/>
+        <w:ind w:hanging="166"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">przy  ul. . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . w  Bytomiu </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28EE62A4" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="5" w:line="378" w:lineRule="auto"/>
+        <w:ind w:hanging="295"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>jezdnia do 20% szer. – o pow. . . . . . . . . . . . m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  w okresie . . . . . . . . . . . . . . . . . . . . . . . . . . . . .      jezdnia od 20%  szer. – o pow. . . . . . . . . . . . . .m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  w okresie . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C4AE433" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="136" w:line="249" w:lineRule="auto"/>
+        <w:ind w:hanging="295"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chodnik  – o pow. . . . . . . . . . . . m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  w okresie . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . .  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40216254" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="48" w:line="249" w:lineRule="auto"/>
+        <w:ind w:hanging="295"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>pobocze  – o pow. . . . . . . . . . . . m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  w okresie . . . . . . . . . . . . . . . . . . . . . .  . . . . . . . . . . . . . . . . . . . . . . </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BC5F646" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5485B964" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="109" w:line="249" w:lineRule="auto"/>
+        <w:ind w:hanging="166"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">przy  ul. . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . w  Bytomiu </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="292602A1" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="5" w:line="378" w:lineRule="auto"/>
+        <w:ind w:hanging="295"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>jezdnia do 20% szer. – o pow. . . . . . . . . . . . m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  w okresie . . . . . . . . . . . . . . . . . . . . . . . . . . . . .      jezdnia od 20%  szer. – o pow. . . . . . . . . . . . . .m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  w okresie . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="323F910A" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="136" w:line="249" w:lineRule="auto"/>
+        <w:ind w:hanging="295"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>chodnik  – o pow. . . . . . . . . . . . m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  w okresie . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . .  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BABE919" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="48" w:line="249" w:lineRule="auto"/>
+        <w:ind w:hanging="295"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>pobocze  – o pow. . . . . . . . . . . . m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  w okresie . . . . . . . . . . . . . . . . . . . . . .  . . . . . . . . . . . . . . . . . . . . . . </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D1A5454" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F" w:rsidP="006A7585">
+      <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1621D1BE" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="20"/>
+        <w:ind w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+        <w:t>Do  wniosku  należy dołączyć :</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A78147B" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">plan sytuacyjny w skali 1:1000 z naniesioną trasą przebiegu planowanej powierzchni zajęcia pasa  drogowego, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BB67DD6" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="34" w:line="249" w:lineRule="auto"/>
+        <w:ind w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zatwierdzony projekt organizacji ruchu lub plan oznakowania </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(zabezpieczenia)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> robót, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03065BB4" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="27" w:line="249" w:lineRule="auto"/>
+        <w:ind w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">warunki odtworzenia i przywrócenia pasa drogowego do poprzedniego stanu użyteczności wydane przez Miejski Zarząd Dróg i Mostów, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25F8BD84" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="36" w:line="249" w:lineRule="auto"/>
+        <w:ind w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">harmonogram robót prowadzonych w pasie drogowym </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(w przypadku etapowego prowadzenia robót),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="528B427A" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kserokopia zaświadczenia o wpisie do ewidencji działalności gospodarczej lub KRS. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="438224C7" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72C9B3B1" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:spacing w:after="127"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EFF7F7E" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F" w:rsidP="009D2700">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="1" w:line="263" w:lineRule="auto"/>
+        <w:ind w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gwarancja na nawierzchnię zajmowanego pasa drogowego wynosi 24 miesiące </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(§ 2 pkt.3 ppkt.3  rozporządzenia Rady Ministrów z dnia 1 czerwca 2004 roku w sprawie określenia warunków udzielania zezwoleń na zajęcie pasa drogowego). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ACAD7B7" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02C28A9C" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="5" w:line="252" w:lineRule="auto"/>
+        <w:ind w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Kierownikiem  robót  będzie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . .   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C4C3159" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:spacing w:after="53"/>
+        <w:ind w:left="2180"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     / imię i nazwisko, telefon / </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="120E29C2" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:spacing w:after="25"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4464BCC9" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="006A7585">
+      <w:pPr>
+        <w:spacing w:after="5" w:line="252" w:lineRule="auto"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0765F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Upoważniam . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . do odbioru pism i decyzji. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67AB4588" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F" w:rsidP="006A7585">
+      <w:pPr>
+        <w:spacing w:after="8"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30975C6E" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:spacing w:after="10" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="-11" w:hanging="10"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39C1C2A0" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:spacing w:after="56"/>
+        <w:ind w:left="4951" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             </w:t>
+      </w:r>
+      <w:r w:rsidR="006A7585">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   / podpis i  pieczęć wnioskodawcy/ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="595445B8" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F" w:rsidP="006A7585">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...88 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11039CA2" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRPr="006A7585" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="265" w:lineRule="auto"/>
+        <w:ind w:right="2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...24 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="006A7585">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...10 lines deleted...]
-        </w:pBdr>
+        <w:t xml:space="preserve">Wnioskodawcę poucza się, że za zajęcie pasa drogowego bez zezwolenia, tj.: za samowolne zajęcie pasa drogowego, przekroczenie terminu zajęcia pasa drogowego  lub zajęcie większej powierzchni niż określona w zezwoleniu wymierza się 10-krotną karę pieniężną zgodnie z art. 40 ust. 12 ustawy o drogach publicznych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="529C9ED5" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00AA0064" w:rsidP="006A7585">
+      <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:right="3628"/>
-[...164 lines deleted...]
-        <w:spacing w:after="272"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D86431E" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:spacing w:after="2" w:line="262" w:lineRule="auto"/>
+        <w:ind w:left="10" w:hanging="10"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...37 lines deleted...]
-        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t xml:space="preserve">Uwagi : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02C9CBC4" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRPr="000704BD" w:rsidRDefault="00D0765F" w:rsidP="000704BD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="31" w:line="248" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Niniejszy wniosek należy składać w Miejskim Zarządzie Dróg i Mostów  z </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="Normalny1"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+        <w:t>3 - tygodniowym terminem</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+        <w:t>wyprzedzenia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> przed planowanym zajęciem pasa </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000704BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">drogowego /nie dot.: przedłużenia okresu zajęcia /, ze względu na : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="129AC6F8" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="31" w:line="248" w:lineRule="auto"/>
+        <w:ind w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">przewidziany w art.129 §2 KPA termin na wniesienie odwołania i zapis art.130 §1 KPA, iż przed upływem terminu do wniesienia odwołania decyzja nie ulega wykonaniu, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56CFC461" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F" w:rsidP="006A7585">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="31" w:line="248" w:lineRule="auto"/>
+        <w:ind w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">niezbędny czas do doręczenia pisma przewidziany w art.39 KPA. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A7585">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BAD9520" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F" w:rsidP="00C51864">
+      <w:pPr>
+        <w:spacing w:after="31" w:line="248" w:lineRule="auto"/>
+        <w:ind w:left="441"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jeżeli wniosek zostanie złożony z krótszym wyprzedzeniem terminu, zarząd drogi może odmówić wydania zezwolenia na zajęcie pasa drogowego. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D3EEF4D" w14:textId="77777777" w:rsidR="00C51864" w:rsidRPr="00C51864" w:rsidRDefault="00C51864" w:rsidP="00C51864">
+      <w:pPr>
+        <w:pStyle w:val="Teksttreci20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:after="0"/>
-[...152 lines deleted...]
-        <w:pStyle w:val="Normalny1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-2127"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="442" w:hanging="459"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Do zajęcia wnioskowanego miejsca upoważnia posiadanie przez wnioskodawcę oryginału decyzji administracyjnej na zajęcie pasa drogowego lub umowy na dzierżawę drogi wewnętrznej / innych terenów – odebranej najpóźniej w dniu rozpoczynającym zajęcie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="026F2E6C" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRPr="00C51864" w:rsidRDefault="00D0765F" w:rsidP="00C51864">
+      <w:pPr>
+        <w:pStyle w:val="Teksttreci20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:after="0"/>
-[...1116 lines deleted...]
-        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-2127"/>
         </w:tabs>
-        <w:spacing w:after="300"/>
-        <w:ind w:left="426" w:hanging="426"/>
+        <w:spacing w:before="0" w:after="300" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">niniejszy wniosek należy składać w Miejskim Zarządzie Dróg i Mostów z </w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00C51864">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Termin uiszczenia opłat za zajęcie pasa drogowego wynosi 14 dni od dnia, w którym decyzja ustalająca ich wysokość stała się ostateczna (art. 40 ust. 13 ustawy o drogach publicznych).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E54A9B7" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="000704BD" w:rsidP="000704BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="248" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0765F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Stawki opłat za zajęcia pasa drogowego ustalone zostały Uchwał</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ą Nr XXVI/376/04 Rady Miejskiej </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0765F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">w Bytomiu </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0765F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">z dnia 26 maja 2004 r. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10FFD270" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="283"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4138CDF5" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRPr="006A7585" w:rsidRDefault="00D0765F" w:rsidP="006A7585">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006A7585">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+        <w:t>O ś w i a d c z a m, że :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A7585">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B41FD7B" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRPr="006A7585" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:spacing w:after="21"/>
+        <w:ind w:left="283"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A7585">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DA62A7A" w14:textId="77777777" w:rsidR="006A7585" w:rsidRPr="006A7585" w:rsidRDefault="00B466B4">
+      <w:pPr>
+        <w:spacing w:after="2" w:line="262" w:lineRule="auto"/>
+        <w:ind w:left="10" w:hanging="10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:pict w14:anchorId="17A0926A">
+          <v:group id="Group 2780" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:-3.5pt;margin-top:-.2pt;width:12.85pt;height:45pt;z-index:251659264" coordsize="1630,5715">
+            <v:shape id="Shape 352" o:spid="_x0000_s1029" style="position:absolute;width:1630;height:1143" coordsize="163068,114300" path="m,114300r163068,l163068,,,xe" filled="f" fillcolor="black">
+              <v:fill opacity="0"/>
+              <v:stroke joinstyle="miter" endcap="round"/>
+            </v:shape>
+            <v:shape id="Shape 354" o:spid="_x0000_s1028" style="position:absolute;top:4572;width:1630;height:1143" coordsize="163068,114300" path="m,114300r163068,l163068,,,xe" filled="f" fillcolor="black">
+              <v:fill opacity="0"/>
+              <v:stroke joinstyle="miter" endcap="round"/>
+            </v:shape>
+            <v:shape id="Shape 356" o:spid="_x0000_s1027" style="position:absolute;top:1706;width:1630;height:1143" coordsize="163068,114300" path="m,114300r163068,l163068,,,xe" filled="f" fillcolor="black">
+              <v:fill opacity="0"/>
+              <v:stroke joinstyle="miter" endcap="round"/>
+            </v:shape>
+            <w10:wrap type="square"/>
+          </v:group>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00D0765F" w:rsidRPr="006A7585">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a/ posiadam ważne pozwolenie na budowę obiektu umieszczonego w pasie drogowym,  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AB87F83" w14:textId="77777777" w:rsidR="00AA0064" w:rsidRPr="006A7585" w:rsidRDefault="00D0765F">
+      <w:pPr>
+        <w:spacing w:after="2" w:line="262" w:lineRule="auto"/>
+        <w:ind w:left="10" w:hanging="10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A7585">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b/ zgłosiłem budowę /prowadzenie robót/ właściwemu organowi administracji architektonicznobudowlanej, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33007B5D" w14:textId="77777777" w:rsidR="009D2700" w:rsidRPr="00C51864" w:rsidRDefault="00D0765F" w:rsidP="00C51864">
+      <w:pPr>
+        <w:spacing w:after="2" w:line="262" w:lineRule="auto"/>
+        <w:ind w:left="10" w:hanging="10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A7585">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">c/ mam zamiar wybudować przyłącze : elektroenergetyczne, wodociągowe, kanalizacyjne, gazowe, cieplne, telekomunikacyjne, dla których sporządzono plan sytuacyjny na kopii aktualnej mapy zasadniczej lub mapy jednostkowej przyjętego do państwowego zasobu geodezyjnego  i kartograficznego.   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...340 lines deleted...]
-      <w:pgNumType w:start="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="009D2700" w:rsidRPr="00C51864" w:rsidSect="006A7585">
+      <w:headerReference w:type="even" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="even" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
+      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgMar w:top="793" w:right="842" w:bottom="976" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
+      <w:titlePg/>
+      <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="12B91EA5" w14:textId="77777777" w:rsidR="00AD62CA" w:rsidRDefault="00AD62CA" w:rsidP="002B6041">
+    <w:p w14:paraId="5638FE6A" w14:textId="77777777" w:rsidR="003B08A3" w:rsidRDefault="003B08A3" w:rsidP="006A7585">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4916C260" w14:textId="77777777" w:rsidR="00AD62CA" w:rsidRDefault="00AD62CA" w:rsidP="002B6041">
+    <w:p w14:paraId="04E531E6" w14:textId="77777777" w:rsidR="003B08A3" w:rsidRDefault="003B08A3" w:rsidP="006A7585">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Georgia">
-    <w:panose1 w:val="02040502050405020303"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5B7C04C7" w14:textId="77777777" w:rsidR="00B466B4" w:rsidRDefault="00B466B4">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="17DB5AC5" w14:textId="77777777" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:pStyle w:val="Teksttreci60"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:spacing w:before="0" w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="left"/>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+        <w:u w:val="single"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+        <w:u w:val="single"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Klauzula Informacyjna </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="5535FDA0" w14:textId="77777777" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>1. Administratorem Danych Osobowych jest:</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Miejski Zarząd Dróg i Mostów, ul. Smolenia 35, 41-902 Bytom tel. 32 39 69 700, e-mail: sekretariat@mzdim.bytom.pl </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="134FB699" w14:textId="77777777" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>2. Reprezentantem Administratora Danych Osobowych jest Dyrektor Miejskiego Zarządu Dróg i Mostów w Bytomiu.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="741CCC64" w14:textId="72E34147" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t xml:space="preserve">3. Dane kontaktowe Inspektora Ochrony Danych: </w:t>
+    </w:r>
+    <w:r w:rsidR="00B466B4" w:rsidRPr="00B466B4">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>Ewelina Wysocka</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>; e-mail: iod@mzdim.bytom.pl</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="0FDA1D1B" w14:textId="77777777" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>4. Dane osobowe są przetwarzane przez Administratora w celu: realizacji zadań określonych przepisami prawa, wypełnienia obowiązku prawnego oraz wykonywania zadań przez organ publiczny.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="3D9B4331" w14:textId="77777777" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>5. Podstawy prawne przetwarzania: Rozporządzenie Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych) art 6 lit. a-e, w powiązaniu z przepisami prawa, w szczególności:</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="086D72FD" w14:textId="77777777" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>- Ustawa z dnia 10 maja 2018 r. o ochronie danych osobowych;</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="69E1129F" w14:textId="77777777" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>- Ustawa z dnia 20 czerwca 1997 r. - Prawo o ruchu drogowym;</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="7A945F3C" w14:textId="77777777" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>- Uchwała Nr XLIV/680/05 z dnia 29 czerwca 2005 r. o utworzeniu jednostki budżetowej pod nazwą: Miejski Zarząd Dróg i Mostów w Bytomiu;</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="29167C35" w14:textId="77777777" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>- Uchwała Rady Miejskiej w Bytomiu nr NR XVIII/242/15 z dnia 23.11.2015 r. dotycząca Strefy Płatnego Parkowania.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="5EA7B706" w14:textId="77777777" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>6. Odbiorcami danych osobowych są osoby fizyczne i prawne na podstawie przepisów prawa.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="63253CBE" w14:textId="77777777" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>7. Dane osobowe będą przetwarzane przez czas określony przepisami prawa, w szczególności w celach archiwalnych.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="26981D84" w14:textId="77777777" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>8. Prawa przysługujące osobie, której dane są przetwarzane:</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="34B11849" w14:textId="77777777" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>Osoba, której dane dotyczą ma prawo dostępu do treści swoich danych oraz prawo do ich sprostowania, ograniczenia przetwarzania, prawo do przenoszenia danych, prawo do wniesienia sprzeciwu, prawo do cofnięcia zgody w dowolnym momencie (jeżeli przetwarzanie odbywa się na podstawie zgody) oraz prawo do wniesienia skargi do organu nadzorczego, gdy uzna, iż przetwarzanie danych osobowych jego dotyczących narusza przepisy ogólnego rozporządzenia o ochronie danych osobowych z dnia 27 kwietnia 2016 r. (UE 2016/679).</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="08FD7F5D" w14:textId="77777777" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>9. Podanie danych osobowych jest dobrowolne, jednakże w celu realizacji zadań objętych przepisami prawa jest niezbędne. W niniejszym przypadku jest wymogiem prawnym oraz warunkiem realizacji prawnie uzasadnionych interesów: administratora oraz osób, których dane są przetwarzane.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="000BDA45" w14:textId="77777777" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>10 W trakcie przetwarzania Państwa danych osobowych nie dochodzi do wyłącznie zautomatyzowanego podejmowania decyzji ani do profilowania, o których mowa w art.22 ust. 1 i 4 RODO. Oznacza to, że żadne decyzje nie będą zapadać wyłącznie automatycznie oraz, że nie buduje się żadnych profili.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="61C1477B" w14:textId="77777777" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>11. W przypadku uznania, iż przetwarzanie przez Administratora Państwa danych osobowych narusza przepisy RODO, przysługuje Państwu prawo do wniesienia skargi do Prezesa Urzędu Ochrony Danych Osobowych, ul. Stawki 2, 00-193 Warszawa.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="4EE01F4A" w14:textId="77777777" w:rsidR="00313C6A" w:rsidRDefault="00313C6A" w:rsidP="00313C6A">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="071D26B0" w14:textId="77777777" w:rsidR="006A7585" w:rsidRDefault="006A7585" w:rsidP="006A7585">
+    <w:pPr>
+      <w:pStyle w:val="Bezodstpw"/>
+      <w:ind w:right="-58"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t xml:space="preserve">             </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="0461E863" w14:textId="77777777" w:rsidR="006A7585" w:rsidRDefault="006A7585" w:rsidP="006A7585">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="3B1CC527" w14:textId="77777777" w:rsidR="006A7585" w:rsidRDefault="006A7585">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="22A3BA0E" w14:textId="77777777" w:rsidR="00B466B4" w:rsidRDefault="00B466B4">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="39C1D0AF" w14:textId="77777777" w:rsidR="00AD62CA" w:rsidRDefault="00AD62CA" w:rsidP="002B6041">
+    <w:p w14:paraId="061DA4DC" w14:textId="77777777" w:rsidR="003B08A3" w:rsidRDefault="003B08A3" w:rsidP="006A7585">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="62506889" w14:textId="77777777" w:rsidR="00AD62CA" w:rsidRDefault="00AD62CA" w:rsidP="002B6041">
+    <w:p w14:paraId="4B1918A0" w14:textId="77777777" w:rsidR="003B08A3" w:rsidRDefault="003B08A3" w:rsidP="006A7585">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="693D8A42" w14:textId="77777777" w:rsidR="002B6041" w:rsidRDefault="00593408">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="54725172" w14:textId="77777777" w:rsidR="00B466B4" w:rsidRDefault="00B466B4">
     <w:pPr>
-      <w:pStyle w:val="Normalny1"/>
-[...19 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="Nagwek"/>
     </w:pPr>
-    <w:bookmarkStart w:id="0" w:name="gjdgxs" w:colFirst="0" w:colLast="0"/>
-[...10 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w14:paraId="78EDECC6" w14:textId="5CCFCFF3" w:rsidR="002B6041" w:rsidRDefault="00593408">
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0BDEDA2E" w14:textId="77777777" w:rsidR="00B466B4" w:rsidRDefault="00B466B4">
     <w:pPr>
-      <w:pStyle w:val="Normalny1"/>
-[...13 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="Nagwek"/>
     </w:pPr>
-    <w:r>
-[...188 lines deleted...]
-    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2F31013B" w14:textId="77777777" w:rsidR="00B466B4" w:rsidRDefault="00B466B4">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="09CC0987"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="01793702"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2158B074"/>
+    <w:lvl w:ilvl="0" w:tplc="DA8A9508">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E05E1704">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%1)"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="1">
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="640"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="556CABC2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="A490AAB8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="00146010">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2">
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="DFFE901C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3."/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="3">
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1DEAE662">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="4">
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="B9B83F2A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="5">
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="8CB472C6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%6."/>
-[...30 lines deleted...]
-      </w:pPr>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1EAA0CF5"/>
-[...3 lines deleted...]
-      <w:start w:val="3"/>
+    <w:nsid w:val="0AEC43EB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C19E44CC"/>
+    <w:lvl w:ilvl="0" w:tplc="944A4464">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="24DE9AF4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="640"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F6C6D698">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="173A751A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="DE66B474">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="509CE102">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8ECC8F7C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="EF8C8278">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B28C12BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="288A7831"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="71C8923C"/>
+    <w:lvl w:ilvl="0" w:tplc="6AEE8D58">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="441"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="D00AC8FA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="900"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="C7BE6FD8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1620"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="3EC2FCEA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="39BC3814">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3060"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="CCF2D6C6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3780"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="F6CECA0E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4500"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="F61405A4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="D190208A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5940"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="30D928FB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FB8255C0"/>
+    <w:lvl w:ilvl="0" w:tplc="E2544916">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="413"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="25348E08">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="935"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="4B6CEB08">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1670"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="530AF5F0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2390"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="B344E584">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3110"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="98DA7D88">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3830"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="5170CD64">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4550"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="1B2E35B8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5270"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3B4C1A86">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5990"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="490C0571"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="02C49924"/>
+    <w:lvl w:ilvl="0" w:tplc="8278D58E">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...333 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="2AD69FF4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="511"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="03AC3E06">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="E92E2C16">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="A342CA7E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B8EA9BE2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="AFE68508">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="05168406">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="7F4CE956">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6B835D8A"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="6BE45850"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="617A0572"/>
+    <w:lvl w:ilvl="0" w:tplc="643853A6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="5C2EEDC4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%1)"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="1">
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="705"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C6247DC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="18C4656E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2148"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="8796152C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2">
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2868"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="91328E00">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3."/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="3">
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3588"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="41EEB06C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="4">
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4308"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="BF606EE2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="5">
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5028"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="67AEF348">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%6."/>
-[...30 lines deleted...]
-      </w:pPr>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5748"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1050495595">
+  <w:num w:numId="1" w16cid:durableId="1422877629">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1800995718">
+  <w:num w:numId="2" w16cid:durableId="1321814884">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="215354716">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="78139653">
-[...2 lines deleted...]
-  <w:num w:numId="4" w16cid:durableId="425075452">
+  <w:num w:numId="4" w16cid:durableId="947808517">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="498931623">
+  <w:num w:numId="5" w16cid:durableId="1919903623">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1136875782">
+  <w:num w:numId="6" w16cid:durableId="711807458">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:defaultTabStop w:val="720"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
+  <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:evenAndOddHeaders/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002B6041"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00C826CC"/>
+    <w:rsidRoot w:val="00AA0064"/>
+    <w:rsid w:val="00041573"/>
+    <w:rsid w:val="00066194"/>
+    <w:rsid w:val="000704BD"/>
+    <w:rsid w:val="00296571"/>
+    <w:rsid w:val="00313C6A"/>
+    <w:rsid w:val="0035623C"/>
+    <w:rsid w:val="00374CD4"/>
+    <w:rsid w:val="003B08A3"/>
+    <w:rsid w:val="003D530E"/>
+    <w:rsid w:val="00454A35"/>
+    <w:rsid w:val="006A7585"/>
+    <w:rsid w:val="00826DD2"/>
+    <w:rsid w:val="009D2700"/>
+    <w:rsid w:val="00A15A67"/>
+    <w:rsid w:val="00AA0064"/>
+    <w:rsid w:val="00B466B4"/>
+    <w:rsid w:val="00C51864"/>
+    <w:rsid w:val="00D0765F"/>
+    <w:rsid w:val="00DC4987"/>
+    <w:rsid w:val="00E16D70"/>
+    <w:rsid w:val="00E72A5A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="18E1B71E"/>
-  <w15:docId w15:val="{05A20FD5-8564-424B-96C5-84F3E2CF2E85}"/>
+  <w14:docId w14:val="3AB5CA70"/>
+  <w15:docId w15:val="{E0F8F15A-CE5F-4367-B40C-6FB6C3963F2D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3190,51 +3521,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -3416,587 +3747,588 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00B7282E"/>
-[...11 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00066194"/>
     <w:rPr>
-      <w:b/>
-[...84 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalny1">
-[...19 lines deleted...]
-    <w:rsid w:val="002B6041"/>
+  <w:style w:type="paragraph" w:styleId="Bezodstpw">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="009D2700"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="480" w:after="120"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...1 lines deleted...]
-      <w:szCs w:val="72"/>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Podtytu">
-[...3 lines deleted...]
-    <w:rsid w:val="002B6041"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Teksttreci6">
+    <w:name w:val="Tekst treści (6)_"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Teksttreci60"/>
+    <w:locked/>
+    <w:rsid w:val="009D2700"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Teksttreci60">
+    <w:name w:val="Tekst treści (6)"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="Teksttreci6"/>
+    <w:rsid w:val="009D2700"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="360" w:after="80"/>
+      <w:widowControl w:val="0"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:spacing w:before="420" w:after="240" w:line="365" w:lineRule="exact"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
-[...3 lines deleted...]
-      <w:szCs w:val="48"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="NagwekZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A7585"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006A7585"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Stopka">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="StopkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A7585"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
+    <w:name w:val="Stopka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Stopka"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006A7585"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Akapitzlist">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C51864"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Teksttreci2">
+    <w:name w:val="Tekst treści (2)_"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Teksttreci20"/>
+    <w:rsid w:val="00C51864"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Teksttreci20">
+    <w:name w:val="Tekst treści (2)"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="Teksttreci2"/>
+    <w:rsid w:val="00C51864"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:spacing w:before="600" w:after="480" w:line="0" w:lineRule="atLeast"/>
+      <w:ind w:hanging="460"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:allowPNG/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="27067670">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1445999114">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1473986525">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Pakiet Office">
       <a:majorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Pakiet Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="100000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
-                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...38 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>500</Words>
-  <Characters>3006</Characters>
+  <Words>844</Words>
+  <Characters>5067</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>42</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>ZAJĘCIE</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Microsoft</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3500</CharactersWithSpaces>
+  <CharactersWithSpaces>5900</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>E. J.</dc:creator>
+  <dc:title>WNIOSEK o wydanie zezwolenia na zajęcie pasa drogowego (z naruszeniem nawierzchni)</dc:title>
+  <dc:creator/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>