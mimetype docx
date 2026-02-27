--- v0 (2025-10-20)
+++ v1 (2026-02-27)
@@ -1,324 +1,278 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="62BD626B" w14:textId="7ADB027C" w:rsidR="00932822" w:rsidRPr="00932822" w:rsidRDefault="00932822">
-[...18 lines deleted...]
-    <w:p w14:paraId="4F152F07" w14:textId="188FE127" w:rsidR="00ED2B58" w:rsidRDefault="00C91956">
+    <w:p w14:paraId="4F152F07" w14:textId="77777777" w:rsidR="00ED2B58" w:rsidRDefault="00C91956">
       <w:r>
-        <w:t xml:space="preserve">Nr szkody </w:t>
-[...7 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Nr szkody MZDiM :</w:t>
       </w:r>
       <w:r w:rsidR="00ED2B58">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00ED2B58">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00ED2B58">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00ED2B58">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00ED2B58">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00ED2B58">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00ED2B58">
         <w:tab/>
-        <w:t>Bytom,</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">……………………………….. </w:t>
+        <w:t xml:space="preserve">Bytom,……………………………….. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7ABA0B96" w14:textId="77777777" w:rsidR="00C91956" w:rsidRDefault="00C91956">
       <w:r>
         <w:t>Załącznik nr 1 do Karty informacyjnej</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E5B76D9" w14:textId="77777777" w:rsidR="00C91956" w:rsidRPr="00C91956" w:rsidRDefault="00C91956" w:rsidP="00C91956">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C91956">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>ZGŁOSZENIE SZKODY POJAZDU Z ODPOWIEDZIALNOŚCI CYWILNEJ</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="9566" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="574"/>
         <w:gridCol w:w="2936"/>
         <w:gridCol w:w="6056"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C91956" w14:paraId="2DA59F33" w14:textId="77777777" w:rsidTr="000450B7">
+      <w:tr w:rsidR="00C91956" w14:paraId="2DA59F33" w14:textId="77777777" w:rsidTr="00C91956">
         <w:trPr>
-          <w:trHeight w:val="873"/>
+          <w:trHeight w:val="1545"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="25EB3854" w14:textId="77777777" w:rsidR="00C91956" w:rsidRDefault="00C91956" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2936" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4BDCABA8" w14:textId="77777777" w:rsidR="00C91956" w:rsidRDefault="00C91956" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>ADRESAT ROSZCZEŃ ODSZKODOWAWCZYCH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6056" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BB22E43" w14:textId="3E6359E6" w:rsidR="00C91956" w:rsidRDefault="00C91956" w:rsidP="00C91956">
+          <w:p w14:paraId="6BB22E43" w14:textId="77777777" w:rsidR="00C91956" w:rsidRDefault="00C91956" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">GMINA BYTOM MIEJSKI ZARZĄD DRÓG I MOSTÓW </w:t>
-[...5 lines deleted...]
-              <w:t>UL. SMOLENIA 35, 41-902 BYTOM</w:t>
+              <w:t>GMINA BYTOM MIEJSKI ZARZĄD DRÓG I MOSTÓW , UL. SMOLENIA 35, 41-902 BYTOM</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C91956" w14:paraId="7500AE61" w14:textId="77777777" w:rsidTr="00D26375">
+      <w:tr w:rsidR="00C91956" w14:paraId="7500AE61" w14:textId="77777777" w:rsidTr="00C91956">
         <w:trPr>
-          <w:trHeight w:val="1113"/>
+          <w:trHeight w:val="1545"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45D93FDE" w14:textId="77777777" w:rsidR="00C91956" w:rsidRDefault="00C91956" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2936" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3A740768" w14:textId="77777777" w:rsidR="00C91956" w:rsidRDefault="00C91956" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>DATA, GODZINA, MIEJSCA POWSTANIA SZKODY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6056" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="104CFFDE" w14:textId="77777777" w:rsidR="00C91956" w:rsidRDefault="00C91956" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C91956" w14:paraId="6DFB738B" w14:textId="77777777" w:rsidTr="00D26375">
+      <w:tr w:rsidR="00C91956" w14:paraId="6DFB738B" w14:textId="77777777" w:rsidTr="00C91956">
         <w:trPr>
-          <w:trHeight w:val="986"/>
+          <w:trHeight w:val="1545"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="362EAB10" w14:textId="77777777" w:rsidR="00C91956" w:rsidRDefault="00C91956" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2936" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="376546FA" w14:textId="7206081B" w:rsidR="00C91956" w:rsidRDefault="00C91956" w:rsidP="00C91956">
+          <w:p w14:paraId="376546FA" w14:textId="77777777" w:rsidR="00C91956" w:rsidRDefault="00C91956" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>DANE POJAZDU</w:t>
-[...5 lines deleted...]
-              <w:t>(MARKA, MODEL, NR REJESTRACYJNY POJAZDU)</w:t>
+              <w:t>DANE POJAZDU( MARKA, MODEL, NR REJESTRACYJNY POJAZDU):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6056" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4360A735" w14:textId="77777777" w:rsidR="00C91956" w:rsidRDefault="00C91956" w:rsidP="00C91956"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0028416F" w14:paraId="189D067B" w14:textId="77777777" w:rsidTr="00A907EE">
         <w:trPr>
           <w:trHeight w:val="380"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="628C8CC9" w14:textId="77777777" w:rsidR="0028416F" w:rsidRDefault="0028416F" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2936" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4501ED6F" w14:textId="35C28087" w:rsidR="0028416F" w:rsidRDefault="0028416F" w:rsidP="00C91956">
+          <w:p w14:paraId="4501ED6F" w14:textId="77777777" w:rsidR="0028416F" w:rsidRDefault="0028416F" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>WŁAŚCICIEL POJAZDU</w:t>
+              <w:t>WŁAŚCICIEL POJAZDU:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="75FEA32C" w14:textId="77777777" w:rsidR="0028416F" w:rsidRDefault="0028416F" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>IMIĘ I NAZWISKO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6056" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44C6C5BF" w14:textId="77777777" w:rsidR="0028416F" w:rsidRDefault="0028416F" w:rsidP="00C91956"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0028416F" w14:paraId="707CED99" w14:textId="77777777" w:rsidTr="00BF3EF7">
         <w:trPr>
           <w:trHeight w:val="135"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
@@ -519,107 +473,107 @@
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="38F90362" w14:textId="77777777" w:rsidR="0028416F" w:rsidRDefault="0028416F" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4403949A" w14:textId="01C99C74" w:rsidR="0028416F" w:rsidRDefault="0028416F" w:rsidP="00C91956">
+          <w:p w14:paraId="4403949A" w14:textId="77777777" w:rsidR="0028416F" w:rsidRDefault="0028416F" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>WSPÓŁWŁAŚCICIEL POJAZDU</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5868B528" w14:textId="2E83C6B6" w:rsidR="0028416F" w:rsidRDefault="0028416F" w:rsidP="00C91956">
+              <w:t>WSPÓŁWŁAŚCICIEL POJAZDU:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5868B528" w14:textId="77777777" w:rsidR="0028416F" w:rsidRDefault="0028416F" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>IMIĘ I NAZWISKO</w:t>
+              <w:t>IMIĘ I NAZWISKO :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="43FA97DF" w14:textId="77777777" w:rsidR="0028416F" w:rsidRDefault="0028416F" w:rsidP="00C91956"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0028416F" w14:paraId="78D8E5B6" w14:textId="77777777" w:rsidTr="0028416F">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="6432D5A6" w14:textId="77777777" w:rsidR="0028416F" w:rsidRDefault="0028416F" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0D3B2E7B" w14:textId="106B1348" w:rsidR="0028416F" w:rsidRDefault="0028416F" w:rsidP="00C91956">
+          <w:p w14:paraId="0D3B2E7B" w14:textId="77777777" w:rsidR="0028416F" w:rsidRDefault="0028416F" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>ADRES ZAMIEKSZANIA</w:t>
+              <w:t>ADRES ZAMIEKSZANIA :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3272CAC0" w14:textId="77777777" w:rsidR="0028416F" w:rsidRDefault="0028416F" w:rsidP="00C91956"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0028416F" w14:paraId="7A563A7D" w14:textId="77777777" w:rsidTr="0028416F">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="33F17FA3" w14:textId="77777777" w:rsidR="0028416F" w:rsidRDefault="0028416F" w:rsidP="00C91956">
             <w:pPr>
@@ -656,56 +610,56 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0028416F" w14:paraId="6D86BFE7" w14:textId="77777777" w:rsidTr="0028416F">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="590EB902" w14:textId="77777777" w:rsidR="0028416F" w:rsidRDefault="0028416F" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="24DC5546" w14:textId="76CF6F7E" w:rsidR="0028416F" w:rsidRDefault="0028416F" w:rsidP="00C91956">
+          <w:p w14:paraId="24DC5546" w14:textId="77777777" w:rsidR="0028416F" w:rsidRDefault="0028416F" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>E-MAIL</w:t>
+              <w:t>E-MAIL:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="33C02636" w14:textId="77777777" w:rsidR="0028416F" w:rsidRDefault="0028416F" w:rsidP="00C91956"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0028416F" w14:paraId="0B43BC6F" w14:textId="77777777" w:rsidTr="0028416F">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="657CFC66" w14:textId="77777777" w:rsidR="0028416F" w:rsidRDefault="0028416F" w:rsidP="00C91956">
             <w:pPr>
@@ -719,581 +673,550 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="06EBBC16" w14:textId="77777777" w:rsidR="0028416F" w:rsidRDefault="0028416F" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>NAZWA FIRMY, REGON</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1C9B421B" w14:textId="77777777" w:rsidR="0028416F" w:rsidRDefault="0028416F" w:rsidP="00C91956"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0028416F" w14:paraId="4E2E47F1" w14:textId="77777777" w:rsidTr="00576E33">
+      <w:tr w:rsidR="0028416F" w14:paraId="4E2E47F1" w14:textId="77777777" w:rsidTr="00D36E90">
         <w:trPr>
-          <w:trHeight w:val="350"/>
+          <w:trHeight w:val="529"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:bottom w:val="inset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="40A0B1C3" w14:textId="77777777" w:rsidR="0028416F" w:rsidRDefault="0028416F" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="inset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6FD04B98" w14:textId="0EF539C6" w:rsidR="0028416F" w:rsidRDefault="0028416F" w:rsidP="00C91956">
+          <w:p w14:paraId="6FD04B98" w14:textId="77777777" w:rsidR="0028416F" w:rsidRDefault="0028416F" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>ŚWI</w:t>
             </w:r>
             <w:r w:rsidR="00BF2EBD">
               <w:t>A</w:t>
             </w:r>
             <w:r>
-              <w:t>DEK ZDARZENIA</w:t>
+              <w:t>DEK ZDARZENIA:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="24F10A8B" w14:textId="77777777" w:rsidR="0028416F" w:rsidRDefault="0028416F" w:rsidP="00C91956"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0028416F" w14:paraId="75D84594" w14:textId="77777777" w:rsidTr="00D36E90">
         <w:trPr>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="inset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="608AD366" w14:textId="77777777" w:rsidR="0028416F" w:rsidRDefault="0028416F" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="inset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="48DCCAA5" w14:textId="70B6244A" w:rsidR="0028416F" w:rsidRDefault="00BF2EBD" w:rsidP="00C91956">
+          <w:p w14:paraId="48DCCAA5" w14:textId="77777777" w:rsidR="0028416F" w:rsidRDefault="00BF2EBD" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>IMIĘ</w:t>
             </w:r>
             <w:r w:rsidR="0028416F">
-              <w:t xml:space="preserve"> I NAZWISKO</w:t>
+              <w:t xml:space="preserve"> I NAZWISKO:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5956E692" w14:textId="77777777" w:rsidR="0028416F" w:rsidRDefault="0028416F" w:rsidP="00C91956"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0028416F" w14:paraId="38C224EF" w14:textId="77777777" w:rsidTr="00D36E90">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="04F2371B" w14:textId="77777777" w:rsidR="0028416F" w:rsidRDefault="0028416F" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B38AF7E" w14:textId="49D61A79" w:rsidR="0028416F" w:rsidRDefault="0028416F" w:rsidP="00C91956">
+          <w:p w14:paraId="5B38AF7E" w14:textId="77777777" w:rsidR="0028416F" w:rsidRDefault="0028416F" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>ADRES</w:t>
+              <w:t>ADRES:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="28B166D1" w14:textId="77777777" w:rsidR="0028416F" w:rsidRDefault="0028416F" w:rsidP="00C91956"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00576E33" w14:paraId="51151DF9" w14:textId="77777777" w:rsidTr="00D36E90">
-[...41 lines deleted...]
-      <w:tr w:rsidR="00F75E5F" w14:paraId="6C92153A" w14:textId="77777777" w:rsidTr="00690647">
+      <w:tr w:rsidR="00BF2EBD" w14:paraId="6C92153A" w14:textId="77777777" w:rsidTr="00D36E90">
         <w:trPr>
           <w:trHeight w:val="547"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="0B0FC9D5" w14:textId="77777777" w:rsidR="00F75E5F" w:rsidRDefault="00F75E5F" w:rsidP="00C91956">
+          <w:p w14:paraId="0B0FC9D5" w14:textId="77777777" w:rsidR="00BF2EBD" w:rsidRDefault="00BF2EBD" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2936" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...1 lines deleted...]
-          <w:p w14:paraId="77BE9E28" w14:textId="77777777" w:rsidR="00F75E5F" w:rsidRDefault="00F75E5F" w:rsidP="00C91956">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77BE9E28" w14:textId="77777777" w:rsidR="00BF2EBD" w:rsidRDefault="00BF2EBD" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>DATA I MIEJSCE ZGŁOSZENIA ZDARZENIA DROGOWEGO:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="66C6640F" w14:textId="77777777" w:rsidR="00F75E5F" w:rsidRDefault="00F75E5F" w:rsidP="00C91956"/>
-          <w:p w14:paraId="63F97348" w14:textId="77777777" w:rsidR="00F75E5F" w:rsidRDefault="00F75E5F" w:rsidP="00C91956">
+          <w:p w14:paraId="66C6640F" w14:textId="77777777" w:rsidR="00BF2EBD" w:rsidRDefault="00BF2EBD" w:rsidP="00C91956"/>
+          <w:p w14:paraId="63F97348" w14:textId="77777777" w:rsidR="00BF2EBD" w:rsidRDefault="00BF2EBD" w:rsidP="00C91956">
             <w:r>
               <w:t>POLICJI:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73C87735" w14:textId="77777777" w:rsidR="00F75E5F" w:rsidRDefault="00F75E5F" w:rsidP="00C91956"/>
+          <w:p w14:paraId="73C87735" w14:textId="77777777" w:rsidR="00BF2EBD" w:rsidRDefault="00BF2EBD" w:rsidP="00C91956"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F75E5F" w14:paraId="22E7DA11" w14:textId="77777777" w:rsidTr="00690647">
+      <w:tr w:rsidR="00BF2EBD" w14:paraId="22E7DA11" w14:textId="77777777" w:rsidTr="00DF08C1">
         <w:trPr>
           <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3B453E58" w14:textId="77777777" w:rsidR="00F75E5F" w:rsidRDefault="00F75E5F" w:rsidP="00C91956">
+          <w:p w14:paraId="3B453E58" w14:textId="77777777" w:rsidR="00BF2EBD" w:rsidRDefault="00BF2EBD" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2936" w:type="dxa"/>
-            <w:vMerge/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6A757B93" w14:textId="77777777" w:rsidR="00F75E5F" w:rsidRDefault="00F75E5F" w:rsidP="00C91956">
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A757B93" w14:textId="77777777" w:rsidR="00BF2EBD" w:rsidRDefault="00BF2EBD" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3812ACCA" w14:textId="77777777" w:rsidR="00F75E5F" w:rsidRDefault="00F75E5F" w:rsidP="00F75F72"/>
-          <w:p w14:paraId="3F7B9AEC" w14:textId="77777777" w:rsidR="00F75E5F" w:rsidRDefault="00F75E5F" w:rsidP="00F75F72">
+          <w:p w14:paraId="3812ACCA" w14:textId="77777777" w:rsidR="00BF2EBD" w:rsidRDefault="00BF2EBD" w:rsidP="00F75F72"/>
+          <w:p w14:paraId="3F7B9AEC" w14:textId="77777777" w:rsidR="00BF2EBD" w:rsidRDefault="00BF2EBD" w:rsidP="00F75F72">
             <w:r>
               <w:t>DO MZDiM w Bytomiu:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03F32BE6" w14:textId="77777777" w:rsidR="00F75E5F" w:rsidRDefault="00F75E5F" w:rsidP="00F75F72"/>
+          <w:p w14:paraId="03F32BE6" w14:textId="77777777" w:rsidR="00BF2EBD" w:rsidRDefault="00BF2EBD" w:rsidP="00F75F72"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F75E5F" w14:paraId="7EA9B802" w14:textId="77777777" w:rsidTr="00576E33">
+      <w:tr w:rsidR="00BF2EBD" w14:paraId="7EA9B802" w14:textId="77777777" w:rsidTr="00DF08C1">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="33A58AE7" w14:textId="77777777" w:rsidR="00F75E5F" w:rsidRDefault="00F75E5F" w:rsidP="00C91956">
+          <w:p w14:paraId="33A58AE7" w14:textId="77777777" w:rsidR="00BF2EBD" w:rsidRDefault="00BF2EBD" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2936" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="70CE99C1" w14:textId="77777777" w:rsidR="00F75E5F" w:rsidRDefault="00F75E5F" w:rsidP="00C91956">
+          <w:p w14:paraId="70CE99C1" w14:textId="77777777" w:rsidR="00BF2EBD" w:rsidRDefault="00BF2EBD" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="714D8057" w14:textId="77777777" w:rsidR="00F75E5F" w:rsidRDefault="00F75E5F" w:rsidP="00F75F72">
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40ED7926" w14:textId="77777777" w:rsidR="00BF2EBD" w:rsidRDefault="00BF2EBD" w:rsidP="00F75F72"/>
+          <w:p w14:paraId="714D8057" w14:textId="77777777" w:rsidR="00BF2EBD" w:rsidRDefault="00BF2EBD" w:rsidP="00F75F72">
             <w:r>
               <w:t>INNE SŁUŻBY MIEJSKIE:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="45418C21" w14:textId="77777777" w:rsidR="00F75E5F" w:rsidRDefault="00F75E5F" w:rsidP="00F75F72"/>
+          <w:p w14:paraId="45418C21" w14:textId="77777777" w:rsidR="00BF2EBD" w:rsidRDefault="00BF2EBD" w:rsidP="00F75F72"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="500525C1" w14:textId="52F9A3B2" w:rsidR="00D36E90" w:rsidRDefault="00413A3C" w:rsidP="00D36E90">
+    <w:p w14:paraId="500525C1" w14:textId="77777777" w:rsidR="00D36E90" w:rsidRDefault="00202421" w:rsidP="00D36E90">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00202421">
+        <w:lastRenderedPageBreak/>
         <w:t>8. Prędkość pojazdu w chwili zdarzenia………………………………………………………………………………………………</w:t>
       </w:r>
-      <w:r w:rsidR="00365137">
-[...12 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="27147FB3" w14:textId="076DB969" w:rsidR="00365137" w:rsidRDefault="00365137" w:rsidP="00D36E90">
+    <w:p w14:paraId="70862EDB" w14:textId="77777777" w:rsidR="00202421" w:rsidRDefault="00202421" w:rsidP="00D36E90">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">10. </w:t>
-[...5 lines deleted...]
-        <w:t>TAK  /  NIE</w:t>
+        <w:t>9. Warunki atmosferyczne (deszcz, śnieg, oblodzenie, bez opadów)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70862EDB" w14:textId="7345284B" w:rsidR="00202421" w:rsidRDefault="00FC2F3A" w:rsidP="00D36E90">
+    <w:p w14:paraId="66C08E47" w14:textId="77777777" w:rsidR="00D36E90" w:rsidRDefault="00202421" w:rsidP="00D36E90">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>11</w:t>
-[...22 lines deleted...]
-        <w:t>2</w:t>
+        <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="00D36E90">
         <w:t>. Dokładny opis kolizji z określeniem przyczyny szkody:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="041F2A6A" w14:textId="531DF86A" w:rsidR="00D36E90" w:rsidRDefault="00D36E90" w:rsidP="00D36E90">
+    <w:p w14:paraId="041F2A6A" w14:textId="77777777" w:rsidR="00D36E90" w:rsidRDefault="00D36E90" w:rsidP="00D36E90">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
+        <w:t>………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AAAD836" w14:textId="20A8E5B2" w:rsidR="00D36E90" w:rsidRDefault="00202421" w:rsidP="00F75F72">
+    <w:p w14:paraId="3AAAD836" w14:textId="77777777" w:rsidR="00D36E90" w:rsidRDefault="00202421" w:rsidP="00F75F72">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>1</w:t>
-[...2 lines deleted...]
-        <w:t>3</w:t>
+        <w:t>11</w:t>
       </w:r>
       <w:r w:rsidR="00D36E90">
         <w:t>. Szkic sytuacyjny miejsca zdarzenia- dokładne</w:t>
       </w:r>
       <w:r w:rsidR="00F75F72">
-        <w:t xml:space="preserve"> określenie miejsca z uwzględnieniem szczegółów terenowych umożliwiających identyfikację tego miejsca w terenie, np. odległość od najbliższego skrzyżowania, posesji itp., z określeniem rozmiarów ubytku</w:t>
+        <w:t xml:space="preserve"> określenie miejsca z uwzględnieniem szczegółów terenowych umożliwiających identyfikację tego miejsca w terenie, np. odległość od najbliższego skrzyżowania , posesji itp., z określeniem rozmiarów ubytku</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="9332" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9332"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F75F72" w:rsidRPr="00F75F72" w14:paraId="63446B67" w14:textId="77777777" w:rsidTr="002C21B7">
         <w:trPr>
           <w:trHeight w:val="3716"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9332" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="47354FD5" w14:textId="77777777" w:rsidR="00F75F72" w:rsidRPr="00F75F72" w:rsidRDefault="00F75F72" w:rsidP="00B3048C">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="469DC205" w14:textId="42A4720F" w:rsidR="00F75F72" w:rsidRDefault="00FC6A7F" w:rsidP="00F75F72">
+    <w:p w14:paraId="52D94421" w14:textId="77777777" w:rsidR="00D36E90" w:rsidRDefault="00D36E90" w:rsidP="00F75F72">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74178D89" w14:textId="77777777" w:rsidR="002C21B7" w:rsidRDefault="002C21B7" w:rsidP="00F75F72">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="469DC205" w14:textId="77777777" w:rsidR="00F75F72" w:rsidRDefault="00F75F72" w:rsidP="00F75F72">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F75F72">
+        <w:lastRenderedPageBreak/>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00FC2F3A">
-[...9 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidR="00202421">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Części uszkodzone:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9498"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F75F72" w14:paraId="1DCC8FB8" w14:textId="77777777" w:rsidTr="00BF2EBD">
         <w:trPr>
           <w:trHeight w:val="346"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A61BE32" w14:textId="77777777" w:rsidR="00F75F72" w:rsidRDefault="00F75F72" w:rsidP="00F75F72">
+          <w:p w14:paraId="2D292065" w14:textId="77777777" w:rsidR="00F75F72" w:rsidRDefault="00F75F72" w:rsidP="00F75F72">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="26D8D14E" w14:textId="77777777" w:rsidR="00FC2F3A" w:rsidRDefault="00FC2F3A" w:rsidP="00F75F72">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F75F72" w14:paraId="137B205B" w14:textId="77777777" w:rsidTr="00BF2EBD">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BB25531" w14:textId="77777777" w:rsidR="00F75F72" w:rsidRDefault="00F75F72" w:rsidP="00F75F72">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="18FA426A" w14:textId="77777777" w:rsidR="00FC2F3A" w:rsidRDefault="00FC2F3A" w:rsidP="00F75F72">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F75F72" w14:paraId="6EEAF5A1" w14:textId="77777777" w:rsidTr="00BF2EBD">
+        <w:trPr>
+          <w:trHeight w:val="326"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7594F795" w14:textId="77777777" w:rsidR="00F75F72" w:rsidRDefault="00F75F72" w:rsidP="00F75F72">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2D292065" w14:textId="77777777" w:rsidR="00FC2F3A" w:rsidRDefault="00FC2F3A" w:rsidP="00F75F72">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F75F72" w14:paraId="4FC87730" w14:textId="77777777" w:rsidTr="00BF2EBD">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46DE0DE9" w14:textId="77777777" w:rsidR="00F75F72" w:rsidRDefault="00F75F72" w:rsidP="00F75F72">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F75F72" w14:paraId="5B4CE06B" w14:textId="77777777" w:rsidTr="00BF2EBD">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58915A95" w14:textId="77777777" w:rsidR="00F75F72" w:rsidRDefault="00F75F72" w:rsidP="00F75F72">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4E38F9F0" w14:textId="51EC5D94" w:rsidR="00F75F72" w:rsidRDefault="00F75F72" w:rsidP="00F75F72">
+    <w:p w14:paraId="2F4A3DFE" w14:textId="77777777" w:rsidR="00F75F72" w:rsidRDefault="00F75F72" w:rsidP="00F75F72">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-        <w:t>5</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E38F9F0" w14:textId="77777777" w:rsidR="00F75F72" w:rsidRDefault="00F75F72" w:rsidP="00F75F72">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00202421">
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:t>. Zaznaczenie części uszkodzonych:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EFD0647" w14:textId="7B1D3D7D" w:rsidR="003D4A3A" w:rsidRPr="003D4A3A" w:rsidRDefault="00F75F72" w:rsidP="003D4A3A">
+    <w:p w14:paraId="7AD93CA8" w14:textId="77777777" w:rsidR="00F75F72" w:rsidRDefault="00F75F72" w:rsidP="00947915">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="75036C0C" wp14:editId="1F54FC47">
             <wp:extent cx="3234941" cy="3848100"/>
             <wp:effectExtent l="19050" t="0" r="3559" b="0"/>
             <wp:docPr id="2" name="Obraz 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
@@ -1305,270 +1228,51 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3233482" cy="3846365"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74D67FAD" w14:textId="38A8BE89" w:rsidR="003D4A3A" w:rsidRDefault="00FC6A7F" w:rsidP="00FC6A7F">
-[...218 lines deleted...]
-    <w:p w14:paraId="7AF8FC61" w14:textId="6C1C050F" w:rsidR="00ED2B58" w:rsidRPr="00ED2B58" w:rsidRDefault="00ED2B58" w:rsidP="00ED2B58">
+    <w:p w14:paraId="7AF8FC61" w14:textId="77777777" w:rsidR="00ED2B58" w:rsidRPr="00ED2B58" w:rsidRDefault="00ED2B58" w:rsidP="00ED2B58">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4956"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED2B58">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">                                  </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED2B58">
         <w:rPr>
           <w:sz w:val="18"/>
@@ -1609,94 +1313,95 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00ED2B58" w:rsidRPr="00ED2B58" w:rsidSect="0061573E">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4E2EBAD2" w14:textId="77777777" w:rsidR="00AE2603" w:rsidRDefault="00AE2603" w:rsidP="0061573E">
+    <w:p w14:paraId="585C9D08" w14:textId="77777777" w:rsidR="00B37CBB" w:rsidRDefault="00B37CBB" w:rsidP="0061573E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="35C41E63" w14:textId="77777777" w:rsidR="00AE2603" w:rsidRDefault="00AE2603" w:rsidP="0061573E">
+    <w:p w14:paraId="68518618" w14:textId="77777777" w:rsidR="00B37CBB" w:rsidRDefault="00B37CBB" w:rsidP="0061573E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5E8B29CF" w14:textId="77777777" w:rsidR="00A51CCC" w:rsidRDefault="00A51CCC">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0DEB1670" w14:textId="77777777" w:rsidR="0061573E" w:rsidRPr="00A51CCC" w:rsidRDefault="0061573E" w:rsidP="00A51CCC">
     <w:pPr>
@@ -1749,67 +1454,83 @@
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve"> Miejski Zarząd Dróg i Mostów, ul. Smolenia 35, 41-902 Bytom tel. 32 39 69 700, e-mail: sekretariat@mzdim.bytom.pl </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="39E9E71D" w14:textId="77777777" w:rsidR="00A51CCC" w:rsidRPr="00A51CCC" w:rsidRDefault="00A51CCC" w:rsidP="00A51CCC">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A51CCC">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>2. Reprezentantem Administratora Danych Osobowych jest Dyrektor Miejskiego Zarządu Dróg i Mostów w Bytomiu.</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5D54204B" w14:textId="77777777" w:rsidR="00A51CCC" w:rsidRPr="00A51CCC" w:rsidRDefault="00A51CCC" w:rsidP="00A51CCC">
+  <w:p w14:paraId="5D54204B" w14:textId="502EE6F1" w:rsidR="00A51CCC" w:rsidRPr="00A51CCC" w:rsidRDefault="00A51CCC" w:rsidP="00A51CCC">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A51CCC">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t>3. Dane kontaktowe Inspektora Ochrony Danych: Radosław Schejbal; e-mail: iod@mzdim.bytom.pl</w:t>
+      <w:t xml:space="preserve">3. Dane kontaktowe Inspektora Ochrony Danych: </w:t>
+    </w:r>
+    <w:r w:rsidR="002C7264" w:rsidRPr="002C7264">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>Ewelina Wysocka</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00A51CCC">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>; e-mail: iod@mzdim.bytom.pl</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7F67D880" w14:textId="77777777" w:rsidR="00A51CCC" w:rsidRPr="00A51CCC" w:rsidRDefault="00A51CCC" w:rsidP="00A51CCC">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A51CCC">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>4. Dane osobowe są przetwarzane przez Administratora w celu: realizacji zadań określonych przepisami prawa, wypełnienia obowiązku prawnego oraz wykonywania zadań przez organ publiczny.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4DE99EFC" w14:textId="77777777" w:rsidR="00A51CCC" w:rsidRPr="00A51CCC" w:rsidRDefault="00A51CCC" w:rsidP="00A51CCC">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
@@ -1879,69 +1600,51 @@
     <w:r w:rsidRPr="00A51CCC">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>- Uchwała Nr XLIV/680/05 z dnia 29 czerwca 2005 r. o utworzeniu jednostki budżetowej pod nazwą: Miejski Zarząd Dróg i Mostów w Bytomiu;</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="23F12CA5" w14:textId="77777777" w:rsidR="00A51CCC" w:rsidRPr="00A51CCC" w:rsidRDefault="00A51CCC" w:rsidP="00A51CCC">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A51CCC">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t xml:space="preserve">- Uchwała Rady Miejskiej w Bytomiu nr </w:t>
-[...17 lines deleted...]
-      <w:t xml:space="preserve"> XVIII/242/15 z dnia 23.11.2015 r. dotycząca Strefy Płatnego Parkowania.</w:t>
+      <w:t>- Uchwała Rady Miejskiej w Bytomiu nr NR XVIII/242/15 z dnia 23.11.2015 r. dotycząca Strefy Płatnego Parkowania.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="764A8E47" w14:textId="77777777" w:rsidR="00A51CCC" w:rsidRPr="00A51CCC" w:rsidRDefault="00A51CCC" w:rsidP="00A51CCC">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A51CCC">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>6. Odbiorcami danych osobowych są osoby fizyczne i prawne na podstawie przepisów prawa.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="25413FEB" w14:textId="77777777" w:rsidR="00A51CCC" w:rsidRPr="00A51CCC" w:rsidRDefault="00A51CCC" w:rsidP="00A51CCC">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
@@ -2054,200 +1757,173 @@
       </w:rPr>
       <w:t>11. W przypadku uznania, iż przetwarzanie przez Administratora Państwa danych osobowych narusza przepisy RODO, przysługuje Państwu prawo do wniesienia skargi do Prezesa Urzędu Ochrony Danych Osobowych, ul. Stawki 2, 00-193 Warszawa.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2FFFB42B" w14:textId="77777777" w:rsidR="0061573E" w:rsidRDefault="0061573E">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1BF03FFC" w14:textId="77777777" w:rsidR="00A51CCC" w:rsidRDefault="00A51CCC">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7B2C5797" w14:textId="77777777" w:rsidR="00AE2603" w:rsidRDefault="00AE2603" w:rsidP="0061573E">
+    <w:p w14:paraId="1A5EE345" w14:textId="77777777" w:rsidR="00B37CBB" w:rsidRDefault="00B37CBB" w:rsidP="0061573E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1D9CB9F5" w14:textId="77777777" w:rsidR="00AE2603" w:rsidRDefault="00AE2603" w:rsidP="0061573E">
+    <w:p w14:paraId="0199EF0E" w14:textId="77777777" w:rsidR="00B37CBB" w:rsidRDefault="00B37CBB" w:rsidP="0061573E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7495CCFF" w14:textId="77777777" w:rsidR="00A51CCC" w:rsidRDefault="00A51CCC">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6941B3AA" w14:textId="77777777" w:rsidR="00A51CCC" w:rsidRDefault="00A51CCC">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0DE321F8" w14:textId="77777777" w:rsidR="00A51CCC" w:rsidRDefault="00A51CCC">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="120"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C91956"/>
-    <w:rsid w:val="000450B7"/>
-[...2 lines deleted...]
-    <w:rsid w:val="001A7BFF"/>
     <w:rsid w:val="00202421"/>
     <w:rsid w:val="0028416F"/>
     <w:rsid w:val="002C21B7"/>
+    <w:rsid w:val="002C7264"/>
     <w:rsid w:val="003542EF"/>
-    <w:rsid w:val="00365137"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00436014"/>
+    <w:rsid w:val="0043284B"/>
     <w:rsid w:val="00482506"/>
     <w:rsid w:val="004A77BC"/>
     <w:rsid w:val="004E70FE"/>
-    <w:rsid w:val="00544141"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005A7D3D"/>
     <w:rsid w:val="00607587"/>
     <w:rsid w:val="0061573E"/>
     <w:rsid w:val="00617BBF"/>
     <w:rsid w:val="0062096A"/>
-    <w:rsid w:val="00647E66"/>
     <w:rsid w:val="006D43C7"/>
     <w:rsid w:val="007447A7"/>
-    <w:rsid w:val="007B7E4A"/>
     <w:rsid w:val="00863C56"/>
-    <w:rsid w:val="008C28AC"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00932822"/>
     <w:rsid w:val="00947915"/>
     <w:rsid w:val="0099465E"/>
     <w:rsid w:val="00A51CCC"/>
-    <w:rsid w:val="00A72F4C"/>
     <w:rsid w:val="00AC4235"/>
-    <w:rsid w:val="00AD2E1D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B20D22"/>
     <w:rsid w:val="00B37CBB"/>
-    <w:rsid w:val="00BF09AF"/>
     <w:rsid w:val="00BF2EBD"/>
     <w:rsid w:val="00C91956"/>
-    <w:rsid w:val="00C9296D"/>
-    <w:rsid w:val="00D26375"/>
     <w:rsid w:val="00D32968"/>
     <w:rsid w:val="00D36E90"/>
     <w:rsid w:val="00ED2B58"/>
-    <w:rsid w:val="00F75E5F"/>
     <w:rsid w:val="00F75F72"/>
-    <w:rsid w:val="00FC2F3A"/>
-    <w:rsid w:val="00FC6A7F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="30E9BF99"/>
   <w15:docId w15:val="{E0F8F15A-CE5F-4367-B40C-6FB6C3963F2D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
@@ -2618,51 +2294,50 @@
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00AC4235"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Tabela-Siatka">
     <w:name w:val="Table Grid"/>
@@ -3412,78 +3087,70 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B07F370E-7C58-45B9-89C4-DD9313B6C9D6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>364</Words>
-  <Characters>2187</Characters>
+  <Words>309</Words>
+  <Characters>1860</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>15</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>DRUK Zgłoszenie szkody komunikacyjnej</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2546</CharactersWithSpaces>
+  <CharactersWithSpaces>2165</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>DRUK Zgłoszenie szkody komunikacyjnej</dc:title>
   <dc:creator>Dawid Skrzypek</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>