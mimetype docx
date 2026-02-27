--- v0 (2025-10-20)
+++ v1 (2026-02-27)
@@ -1,38 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7721013F" w14:textId="77777777" w:rsidR="006D43C7" w:rsidRDefault="00C91956">
       <w:r>
         <w:t>Nr szkody MZDiM :</w:t>
       </w:r>
       <w:r w:rsidR="00BF6C8E">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00BF6C8E">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BF6C8E">
@@ -165,87 +170,56 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40C8F842" w14:textId="77777777" w:rsidR="00C91956" w:rsidRDefault="00C91956" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2936" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78E8CBD9" w14:textId="77777777" w:rsidR="00C91956" w:rsidRDefault="00574D17" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Imię i nazwisko</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E5739B5" w14:textId="77777777" w:rsidR="00574D17" w:rsidRDefault="00574D17" w:rsidP="00C91956">
+          <w:p w14:paraId="15E135CD" w14:textId="77777777" w:rsidR="00574D17" w:rsidRDefault="00574D17" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Adres zamieszkania lub adres do korespondencji</w:t>
-            </w:r>
-[...29 lines deleted...]
-              <w:t>Adres e-mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6056" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7BD9B796" w14:textId="77777777" w:rsidR="00C91956" w:rsidRDefault="00C91956" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C91956" w14:paraId="365C456C" w14:textId="77777777" w:rsidTr="00C91956">
         <w:trPr>
           <w:trHeight w:val="1545"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3BC87B24" w14:textId="77777777" w:rsidR="00C91956" w:rsidRDefault="00C91956" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -565,50 +539,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0D08AB0D" w14:textId="77777777" w:rsidR="003C7A9E" w:rsidRDefault="003C7A9E" w:rsidP="00C91956"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C7A9E" w14:paraId="5791DF0A" w14:textId="77777777" w:rsidTr="00ED1DF2">
         <w:trPr>
           <w:trHeight w:val="1272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="54937621" w14:textId="77777777" w:rsidR="003C7A9E" w:rsidRDefault="003C7A9E" w:rsidP="00C91956">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3827A27C" w14:textId="77777777" w:rsidR="003C7A9E" w:rsidRDefault="003C7A9E" w:rsidP="003C7A9E">
             <w:r>
               <w:t xml:space="preserve">Czy poszkodowany otrzymał wyrównanie strat szkody osobowej lub rzeczowej od ubezpieczyciela lub z innego źródła i w jakiej wysokości </w:t>
             </w:r>
             <w:r w:rsidR="00FB5334">
               <w:t>– w razie wyrównania strat wskazać od kogo i jakie kwoty</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -708,121 +683,137 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">                                           podpis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A5DBAAD" w14:textId="77777777" w:rsidR="00F75F72" w:rsidRDefault="00F75F72" w:rsidP="00F75F72">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F75F72" w:rsidSect="00C054A4">
-      <w:footerReference w:type="default" r:id="rId7"/>
+      <w:headerReference w:type="even" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0EC8EB9D" w14:textId="77777777" w:rsidR="00E80074" w:rsidRDefault="00E80074" w:rsidP="00FB5334">
+    <w:p w14:paraId="67ECFC89" w14:textId="77777777" w:rsidR="003929AD" w:rsidRDefault="003929AD" w:rsidP="00FB5334">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="201EF181" w14:textId="77777777" w:rsidR="00E80074" w:rsidRDefault="00E80074" w:rsidP="00FB5334">
+    <w:p w14:paraId="7EF8FDA2" w14:textId="77777777" w:rsidR="003929AD" w:rsidRDefault="003929AD" w:rsidP="00FB5334">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0D5A2A25" w14:textId="77777777" w:rsidR="00015F7E" w:rsidRDefault="00015F7E">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4520F537" w14:textId="77777777" w:rsidR="00536E36" w:rsidRDefault="00536E36" w:rsidP="00536E36">
     <w:pPr>
       <w:pStyle w:val="Teksttreci60"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
       <w:spacing w:before="0" w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:b w:val="0"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b w:val="0"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:u w:val="single"/>
       </w:rPr>
       <w:t xml:space="preserve">Klauzula Informacyjna </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="1C6C1C0B" w14:textId="77777777" w:rsidR="00536E36" w:rsidRDefault="00536E36" w:rsidP="00536E36">
     <w:pPr>
@@ -852,67 +843,83 @@
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve"> Miejski Zarząd Dróg i Mostów, ul. Smolenia 35, 41-902 Bytom tel. 32 39 69 700, e-mail: sekretariat@mzdim.bytom.pl </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7A7C9C66" w14:textId="77777777" w:rsidR="00536E36" w:rsidRDefault="00536E36" w:rsidP="00536E36">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>2. Reprezentantem Administratora Danych Osobowych jest Dyrektor Miejskiego Zarządu Dróg i Mostów w Bytomiu.</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1988DD0F" w14:textId="77777777" w:rsidR="00536E36" w:rsidRDefault="00536E36" w:rsidP="00536E36">
+  <w:p w14:paraId="1988DD0F" w14:textId="08CE25EF" w:rsidR="00536E36" w:rsidRDefault="00536E36" w:rsidP="00536E36">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t>3. Dane kontaktowe Inspektora Ochrony Danych: Radosław Schejbal; e-mail: iod@mzdim.bytom.pl</w:t>
+      <w:t xml:space="preserve">3. Dane kontaktowe Inspektora Ochrony Danych: </w:t>
+    </w:r>
+    <w:r w:rsidR="00015F7E" w:rsidRPr="00015F7E">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>Ewelina Wysocka</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>; e-mail: iod@mzdim.bytom.pl</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3295406C" w14:textId="77777777" w:rsidR="00536E36" w:rsidRDefault="00536E36" w:rsidP="00536E36">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>4. Dane osobowe są przetwarzane przez Administratora w celu: realizacji zadań określonych przepisami prawa, wypełnienia obowiązku prawnego oraz wykonywania zadań przez organ publiczny.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="22D53D03" w14:textId="77777777" w:rsidR="00536E36" w:rsidRDefault="00536E36" w:rsidP="00536E36">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
@@ -982,69 +989,51 @@
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>- Uchwała Nr XLIV/680/05 z dnia 29 czerwca 2005 r. o utworzeniu jednostki budżetowej pod nazwą: Miejski Zarząd Dróg i Mostów w Bytomiu;</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="299429CE" w14:textId="77777777" w:rsidR="00536E36" w:rsidRDefault="00536E36" w:rsidP="00536E36">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t xml:space="preserve">- Uchwała Rady Miejskiej w Bytomiu nr </w:t>
-[...17 lines deleted...]
-      <w:t xml:space="preserve"> XVIII/242/15 z dnia 23.11.2015 r. dotycząca Strefy Płatnego Parkowania.</w:t>
+      <w:t>- Uchwała Rady Miejskiej w Bytomiu nr NR XVIII/242/15 z dnia 23.11.2015 r. dotycząca Strefy Płatnego Parkowania.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="34147BA9" w14:textId="77777777" w:rsidR="00536E36" w:rsidRDefault="00536E36" w:rsidP="00536E36">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>6. Odbiorcami danych osobowych są osoby fizyczne i prawne na podstawie przepisów prawa.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="10D8C23D" w14:textId="77777777" w:rsidR="00536E36" w:rsidRDefault="00536E36" w:rsidP="00536E36">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
@@ -1142,156 +1131,196 @@
   <w:p w14:paraId="02073805" w14:textId="77777777" w:rsidR="00536E36" w:rsidRDefault="00536E36" w:rsidP="00536E36">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>11. W przypadku uznania, iż przetwarzanie przez Administratora Państwa danych osobowych narusza przepisy RODO, przysługuje Państwu prawo do wniesienia skargi do Prezesa Urzędu Ochrony Danych Osobowych, ul. Stawki 2, 00-193 Warszawa.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="69FCD495" w14:textId="77777777" w:rsidR="00536E36" w:rsidRDefault="00536E36" w:rsidP="00536E36">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="23743DE3" w14:textId="77777777" w:rsidR="00C054A4" w:rsidRDefault="00C054A4">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="38D3C402" w14:textId="77777777" w:rsidR="00015F7E" w:rsidRDefault="00015F7E">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1010D701" w14:textId="77777777" w:rsidR="00E80074" w:rsidRDefault="00E80074" w:rsidP="00FB5334">
+    <w:p w14:paraId="38CF5E9B" w14:textId="77777777" w:rsidR="003929AD" w:rsidRDefault="003929AD" w:rsidP="00FB5334">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4DDEE3CF" w14:textId="77777777" w:rsidR="00E80074" w:rsidRDefault="00E80074" w:rsidP="00FB5334">
+    <w:p w14:paraId="2825CC6D" w14:textId="77777777" w:rsidR="003929AD" w:rsidRDefault="003929AD" w:rsidP="00FB5334">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2EE5BCDD" w14:textId="77777777" w:rsidR="00015F7E" w:rsidRDefault="00015F7E">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7BDEBE0A" w14:textId="77777777" w:rsidR="00015F7E" w:rsidRDefault="00015F7E">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0C2182E5" w14:textId="77777777" w:rsidR="00015F7E" w:rsidRDefault="00015F7E">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="120"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C91956"/>
     <w:rsid w:val="00015360"/>
+    <w:rsid w:val="00015F7E"/>
     <w:rsid w:val="00023A2C"/>
-    <w:rsid w:val="000C02C4"/>
     <w:rsid w:val="00202421"/>
     <w:rsid w:val="0028416F"/>
     <w:rsid w:val="00286E54"/>
     <w:rsid w:val="002E1FBD"/>
     <w:rsid w:val="003929AD"/>
     <w:rsid w:val="00397ABE"/>
     <w:rsid w:val="003A26AD"/>
     <w:rsid w:val="003C7A9E"/>
     <w:rsid w:val="004828CB"/>
     <w:rsid w:val="00536E36"/>
     <w:rsid w:val="00574D17"/>
+    <w:rsid w:val="006B0DF5"/>
     <w:rsid w:val="006D43C7"/>
     <w:rsid w:val="00772583"/>
     <w:rsid w:val="007729F8"/>
-    <w:rsid w:val="008477E8"/>
     <w:rsid w:val="0085041D"/>
     <w:rsid w:val="00A00117"/>
     <w:rsid w:val="00BF2EBD"/>
     <w:rsid w:val="00BF6C8E"/>
     <w:rsid w:val="00C054A4"/>
     <w:rsid w:val="00C22019"/>
     <w:rsid w:val="00C75B18"/>
     <w:rsid w:val="00C91956"/>
     <w:rsid w:val="00D05652"/>
     <w:rsid w:val="00D36E90"/>
-    <w:rsid w:val="00D838A3"/>
-    <w:rsid w:val="00E80074"/>
     <w:rsid w:val="00E874F2"/>
     <w:rsid w:val="00F75F72"/>
     <w:rsid w:val="00FB5334"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5FB5D416"/>
   <w15:docId w15:val="{E0F8F15A-CE5F-4367-B40C-6FB6C3963F2D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
@@ -1662,51 +1691,50 @@
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00015360"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Tabela-Siatka">
     <w:name w:val="Table Grid"/>
@@ -2106,67 +2134,65 @@
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Teksttreci60">
     <w:name w:val="Tekst treści (6)"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="Teksttreci6"/>
     <w:rsid w:val="00E874F2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:spacing w:before="420" w:after="240" w:line="365" w:lineRule="exact"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="NagwekZnak"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C054A4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
     <w:name w:val="Nagłówek Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00C054A4"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Stopka">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="StopkaZnak"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C054A4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
     <w:name w:val="Stopka Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Stopka"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00C054A4"/>
   </w:style>
 </w:styles>
@@ -2213,51 +2239,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1806967353">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2519,70 +2545,70 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2913E21-770B-473B-BEA1-54A04E590460}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1955</Characters>
+  <Pages>2</Pages>
+  <Words>321</Words>
+  <Characters>1929</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2276</CharactersWithSpaces>
+  <CharactersWithSpaces>2246</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>DRUK Zgłoszenie szkody osobowej</dc:title>
   <dc:creator>Dawid Skrzypek</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>