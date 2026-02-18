--- v0 (2025-11-05)
+++ v1 (2026-02-18)
@@ -88,51 +88,51 @@
                           <a:headEnd type="none" w="med" len="med"/>
                           <a:tailEnd type="none" w="med" len="med"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="3249C304" id="Prostokąt 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:384.3pt;margin-top:.15pt;width:123.45pt;height:17.3pt;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBMirDDeAIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFPGzEMfp+0/xDlfVzbtTAqrqiCMU1C&#10;gAQTzyaX652Ui7Mk7bX79fuSK5SxPUzT+pDasWN/tj/f2fm2M2KjfWjZlnJ8NJJCW8VVa1el/PZw&#10;9eGTFCGSrciw1aXc6SDPF+/fnfVurifcsKm0Fwhiw7x3pWxidPOiCKrRHYUjdtrCWLPvKEL1q6Ly&#10;1CN6Z4rJaHRc9Owr51npEHB7ORjlIseva63ibV0HHYUpJbDFfPp8PqWzWJzRfOXJNa3aw6B/QNFR&#10;a5H0JdQlRRJr3/4WqmuV58B1PFLcFVzXrdK5BlQzHr2p5r4hp3MtaE5wL20K/y+sutncuzuPNvQu&#10;zAPEVMW29l36Bz6xzc3avTRLb6NQuBzPjk9m049SKNgm49OTce5mcXjtfIhfNHciCaX0GEbuEW2u&#10;Q0RGuD67pGSWr1pj8kCMFX0pT2eTGcITaFEbihA7V5Uy2JUUZFbgm4o+Rwxs2iq9TnHCLlwYLzaE&#10;kYMpFfcPwCyFoRBhQCH5l0YPBL88TXAuKTTD42waGOJ5basMrdFUfbaViDsHOluQWiasna6QQQNT&#10;krJnpNb8jSdAGJuA68zXfW8O40jSE1e7Oy88DwQOTl21wHqNku7Ig7HgNrYw3uKoDQMQ7yUpGvY/&#10;/nSf/EEkWFEBNgCd/b4mj3rMVwuKnY6n07QyWZnOTiZQ/GvL02uLXXcXjI6Pse9OZTH5R/Ms1p67&#10;RyzrMmWFiaxC7mGGe+UiDpuJdVd6ucxuWBNH8dreO5WCpz6lKT1sH8m7PbMi5nvDz9tC8zcEG3wH&#10;ii3Xkes2s+/QVxAhKVixTIn95yDt8Gs9ex0+WoufAAAA//8DAFBLAwQUAAYACAAAACEAU+8iL9sA&#10;AAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQVPCMBSE7874HzLPGW+SVKFAacqoM168iXh/tM82&#10;mLzUJkD594YTHnd2Z/fbcj06K440BONZQzZRIIhr3xhuNWw/3x4WIEJEbtB6Jg1nCrCubm9KLBp/&#10;4g86bmIrUgmHAjV0MfaFlKHuyGGY+J44ed9+cBiTHFrZDHhK5c7KR6Vy6dBwWuiwp9eO6p/NwWno&#10;p9nyff+yVaY283PI8CuPv1br+7vxeQUi0hivYbjgJ3SoEtPOH7gJwmqY54s8RTU8gbjYKpvNQOyS&#10;ni5BVqX8f6D6AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEyKsMN4AgAA/AQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFPvIi/bAAAACAEAAA8A&#10;AAAAAAAAAAAAAAAA0gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADaBQAAAAA=&#10;" filled="f" strokecolor="windowText">
+              <v:rect w14:anchorId="07A9336C" id="Prostokąt 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:384.3pt;margin-top:.15pt;width:123.45pt;height:17.3pt;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBMirDDeAIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFPGzEMfp+0/xDlfVzbtTAqrqiCMU1C&#10;gAQTzyaX652Ui7Mk7bX79fuSK5SxPUzT+pDasWN/tj/f2fm2M2KjfWjZlnJ8NJJCW8VVa1el/PZw&#10;9eGTFCGSrciw1aXc6SDPF+/fnfVurifcsKm0Fwhiw7x3pWxidPOiCKrRHYUjdtrCWLPvKEL1q6Ly&#10;1CN6Z4rJaHRc9Owr51npEHB7ORjlIseva63ibV0HHYUpJbDFfPp8PqWzWJzRfOXJNa3aw6B/QNFR&#10;a5H0JdQlRRJr3/4WqmuV58B1PFLcFVzXrdK5BlQzHr2p5r4hp3MtaE5wL20K/y+sutncuzuPNvQu&#10;zAPEVMW29l36Bz6xzc3avTRLb6NQuBzPjk9m049SKNgm49OTce5mcXjtfIhfNHciCaX0GEbuEW2u&#10;Q0RGuD67pGSWr1pj8kCMFX0pT2eTGcITaFEbihA7V5Uy2JUUZFbgm4o+Rwxs2iq9TnHCLlwYLzaE&#10;kYMpFfcPwCyFoRBhQCH5l0YPBL88TXAuKTTD42waGOJ5basMrdFUfbaViDsHOluQWiasna6QQQNT&#10;krJnpNb8jSdAGJuA68zXfW8O40jSE1e7Oy88DwQOTl21wHqNku7Ig7HgNrYw3uKoDQMQ7yUpGvY/&#10;/nSf/EEkWFEBNgCd/b4mj3rMVwuKnY6n07QyWZnOTiZQ/GvL02uLXXcXjI6Pse9OZTH5R/Ms1p67&#10;RyzrMmWFiaxC7mGGe+UiDpuJdVd6ucxuWBNH8dreO5WCpz6lKT1sH8m7PbMi5nvDz9tC8zcEG3wH&#10;ii3Xkes2s+/QVxAhKVixTIn95yDt8Gs9ex0+WoufAAAA//8DAFBLAwQUAAYACAAAACEAU+8iL9sA&#10;AAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQVPCMBSE7874HzLPGW+SVKFAacqoM168iXh/tM82&#10;mLzUJkD594YTHnd2Z/fbcj06K440BONZQzZRIIhr3xhuNWw/3x4WIEJEbtB6Jg1nCrCubm9KLBp/&#10;4g86bmIrUgmHAjV0MfaFlKHuyGGY+J44ed9+cBiTHFrZDHhK5c7KR6Vy6dBwWuiwp9eO6p/NwWno&#10;p9nyff+yVaY283PI8CuPv1br+7vxeQUi0hivYbjgJ3SoEtPOH7gJwmqY54s8RTU8gbjYKpvNQOyS&#10;ni5BVqX8f6D6AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEyKsMN4AgAA/AQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFPvIi/bAAAACAEAAA8A&#10;AAAAAAAAAAAAAAAA0gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADaBQAAAAA=&#10;" filled="f" strokecolor="windowText">
                 <v:stroke joinstyle="round"/>
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="006C6BEF" w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Bytom, dnia </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7610F6B0" w14:textId="77777777" w:rsidR="006C6BEF" w:rsidRPr="006C6BEF" w:rsidRDefault="006C6BEF" w:rsidP="006C6BEF">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="5760" w:hanging="5760"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -187,51 +187,51 @@
                           <a:headEnd type="none" w="med" len="med"/>
                           <a:tailEnd type="none" w="med" len="med"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="3596E21E" id="Prostokąt 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:102.95pt;margin-top:17.75pt;width:405.8pt;height:17.35pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQADVzD+dAIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFOGzEQvVfqP1i+l03SBErEBkVQqkoI&#10;kKDiPHi92ZW8Htd2skm/vs/eQCjtoaqagzP2jMdv3rzZs/NtZ8RG+9CyLeX4aCSFtoqr1q5K+e3h&#10;6sMnKUIkW5Fhq0u500GeL96/O+vdXE+4YVNpL5DEhnnvStnE6OZFEVSjOwpH7LSFs2bfUcTWr4rK&#10;U4/snSkmo9Fx0bOvnGelQ8Dp5eCUi5y/rrWKt3UddBSmlMAW8+rz+pTWYnFG85Un17RqD4P+AUVH&#10;rcWjL6kuKZJY+/a3VF2rPAeu45HiruC6bpXONaCa8ehNNfcNOZ1rATnBvdAU/l9adbO5d3ceNPQu&#10;zAPMVMW29l36Bz6xzWTtXsjS2ygUDmfj2cfpGJwq+CZAf3Kc2CwOt50P8YvmTiSjlB7NyBzR5jrE&#10;IfQ5JD1m+ao1JjfEWNGX8nQ2mSE9QRa1oQizc1Upg11JQWYFvanoc8bApq3S7ZQn7MKF8WJDaDmU&#10;UnH/AMxSGAoRDhSSf3uwv1xNcC4pNMPl7BoU4nltqwyt0VR9tpWIOwc5W4haJqydrvCCBqZk5chI&#10;rfmbSDBmbAKus1733BzakawnrnZ3XngeBBycumqB9Rol3ZGHYtEHTGG8xVIbBiDeW1I07H/86TzF&#10;Q0jwogJMAJj9viaPesxXC4mdjqfTNDJ5M52dTLDxrz1Prz123V0wGB9j3p3KZoqP5tmsPXePGNZl&#10;ehUusgpvDz3cby7iMJkYd6WXyxyGMXEUr+29Uyl54il16WH7SN7tlRXR3xt+nhaavxHYEDtIbLmO&#10;XLdZfQdeodq0wYhl/e4/B2mGX+9z1OGjtfgJAAD//wMAUEsDBBQABgAIAAAAIQCxCYue3QAAAAoB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLGmhKyt1J0Diwo0x7llj2kLilCbb&#10;urcnO8HNlj/9/v56PTsrDjSFwTNCtlAgiFtvBu4Qtu8vN/cgQtRstPVMCCcKsG4uL2pdGX/kNzps&#10;YidSCIdKI/QxjpWUoe3J6bDwI3G6ffrJ6ZjWqZNm0scU7qzMlVpKpwdOH3o90nNP7fdm7xDGu2z1&#10;+vW0VUM7lKeQ6Y9l/LGI11fz4wOISHP8g+Gsn9ShSU47v2cThEXIVbFKKMJtUYA4Ayor07RDKFUO&#10;sqnl/wrNLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQADVzD+dAIAAPwEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCxCYue3QAAAAoBAAAPAAAA&#10;AAAAAAAAAAAAAM4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2AUAAAAA&#10;" filled="f" strokecolor="windowText">
+              <v:rect w14:anchorId="6037F51C" id="Prostokąt 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:102.95pt;margin-top:17.75pt;width:405.8pt;height:17.35pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQADVzD+dAIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFOGzEQvVfqP1i+l03SBErEBkVQqkoI&#10;kKDiPHi92ZW8Htd2skm/vs/eQCjtoaqagzP2jMdv3rzZs/NtZ8RG+9CyLeX4aCSFtoqr1q5K+e3h&#10;6sMnKUIkW5Fhq0u500GeL96/O+vdXE+4YVNpL5DEhnnvStnE6OZFEVSjOwpH7LSFs2bfUcTWr4rK&#10;U4/snSkmo9Fx0bOvnGelQ8Dp5eCUi5y/rrWKt3UddBSmlMAW8+rz+pTWYnFG85Un17RqD4P+AUVH&#10;rcWjL6kuKZJY+/a3VF2rPAeu45HiruC6bpXONaCa8ehNNfcNOZ1rATnBvdAU/l9adbO5d3ceNPQu&#10;zAPMVMW29l36Bz6xzWTtXsjS2ygUDmfj2cfpGJwq+CZAf3Kc2CwOt50P8YvmTiSjlB7NyBzR5jrE&#10;IfQ5JD1m+ao1JjfEWNGX8nQ2mSE9QRa1oQizc1Upg11JQWYFvanoc8bApq3S7ZQn7MKF8WJDaDmU&#10;UnH/AMxSGAoRDhSSf3uwv1xNcC4pNMPl7BoU4nltqwyt0VR9tpWIOwc5W4haJqydrvCCBqZk5chI&#10;rfmbSDBmbAKus1733BzakawnrnZ3XngeBBycumqB9Rol3ZGHYtEHTGG8xVIbBiDeW1I07H/86TzF&#10;Q0jwogJMAJj9viaPesxXC4mdjqfTNDJ5M52dTLDxrz1Prz123V0wGB9j3p3KZoqP5tmsPXePGNZl&#10;ehUusgpvDz3cby7iMJkYd6WXyxyGMXEUr+29Uyl54il16WH7SN7tlRXR3xt+nhaavxHYEDtIbLmO&#10;XLdZfQdeodq0wYhl/e4/B2mGX+9z1OGjtfgJAAD//wMAUEsDBBQABgAIAAAAIQCxCYue3QAAAAoB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLGmhKyt1J0Diwo0x7llj2kLilCbb&#10;urcnO8HNlj/9/v56PTsrDjSFwTNCtlAgiFtvBu4Qtu8vN/cgQtRstPVMCCcKsG4uL2pdGX/kNzps&#10;YidSCIdKI/QxjpWUoe3J6bDwI3G6ffrJ6ZjWqZNm0scU7qzMlVpKpwdOH3o90nNP7fdm7xDGu2z1&#10;+vW0VUM7lKeQ6Y9l/LGI11fz4wOISHP8g+Gsn9ShSU47v2cThEXIVbFKKMJtUYA4Ayor07RDKFUO&#10;sqnl/wrNLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQADVzD+dAIAAPwEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCxCYue3QAAAAoBAAAPAAAA&#10;AAAAAAAAAAAAAM4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2AUAAAAA&#10;" filled="f" strokecolor="windowText">
                 <v:stroke joinstyle="round"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Wnioskodawca: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03D4B9F3" w14:textId="77777777" w:rsidR="006C6BEF" w:rsidRPr="006C6BEF" w:rsidRDefault="006C6BEF" w:rsidP="006C6BEF">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
@@ -283,51 +283,51 @@
                           <a:headEnd type="none" w="med" len="med"/>
                           <a:tailEnd type="none" w="med" len="med"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="726CE6F7" id="Prostokąt 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:103.2pt;margin-top:17.55pt;width:405.45pt;height:17.35pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCUJX0JdAIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFOGzEQvVfqP1i+l02iBErEBkVQqkoI&#10;kKDiPHi92ZW8Htd2skm/vs/eQID2UFXNwRl7xuM3b97s2fm2M2KjfWjZlnJ8NJJCW8VVa1el/P5w&#10;9emzFCGSrciw1aXc6SDPFx8/nPVurifcsKm0F0hiw7x3pWxidPOiCKrRHYUjdtrCWbPvKGLrV0Xl&#10;qUf2zhST0ei46NlXzrPSIeD0cnDKRc5f11rF27oOOgpTSmCLefV5fUprsTij+cqTa1q1h0H/gKKj&#10;1uLRl1SXFEmsfftbqq5VngPX8UhxV3Bdt0rnGlDNePSumvuGnM61gJzgXmgK/y+tutncuzsPGnoX&#10;5gFmqmJb+y79A5/YZrJ2L2TpbRQKh7Px9HQyA6cKvgnQnxwnNovDbedD/Kq5E8kopUczMke0uQ5x&#10;CH0OSY9ZvmqNyQ0xVvSlPJ1NZkhPkEVtKMLsXFXKYFdSkFlBbyr6nDGwaat0O+UJu3BhvNgQWg6l&#10;VNw/ALMUhkKEA4Xk3x7sm6sJziWFZricXYNCPK9tlaE1mqovthJx5yBnC1HLhLXTFV7QwJSsHBmp&#10;NX8TCcaMTcB11uuem0M7kvXE1e7OC8+DgINTVy2wXqOkO/JQLPqAKYy3WGrDAMR7S4qG/c8/nad4&#10;CAleVIAJALM/1uRRj/lmIbHT8XSaRiZvprOTCTb+tefptceuuwsG42PMu1PZTPHRPJu15+4Rw7pM&#10;r8JFVuHtoYf7zUUcJhPjrvRymcMwJo7itb13KiVPPKUuPWwfybu9siL6e8PP00LzdwIbYgeJLdeR&#10;6zar78ArVJs2GLGs3/3nIM3w632OOny0Fr8AAAD//wMAUEsDBBQABgAIAAAAIQB6CROK3gAAAAoB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqO0+0jbEqQCJDbuWsp/GJjHY4xC7&#10;bfr3uCtYju7RvWeqzegdO5kh2kAK5EQAM9QEbalVsH9/fVgBiwlJowtkFFxMhE19e1NhqcOZtua0&#10;Sy3LJRRLVNCl1Jecx6YzHuMk9IZy9hkGjymfQ8v1gOdc7h2fClFwj5byQoe9eelM8707egX9XK7f&#10;vp73wjZ2eYkSP4r045S6vxufHoElM6Y/GK76WR3q7HQIR9KROQVTUcwzqmC2kMCugJDLGbCDgmK9&#10;Al5X/P8L9S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAlCV9CXQCAAD8BAAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAegkTit4AAAAKAQAADwAA&#10;AAAAAAAAAAAAAADOBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANkFAAAAAA==&#10;" filled="f" strokecolor="windowText">
+              <v:rect w14:anchorId="5426D3B4" id="Prostokąt 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:103.2pt;margin-top:17.55pt;width:405.45pt;height:17.35pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCUJX0JdAIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFOGzEQvVfqP1i+l02iBErEBkVQqkoI&#10;kKDiPHi92ZW8Htd2skm/vs/eQID2UFXNwRl7xuM3b97s2fm2M2KjfWjZlnJ8NJJCW8VVa1el/P5w&#10;9emzFCGSrciw1aXc6SDPFx8/nPVurifcsKm0F0hiw7x3pWxidPOiCKrRHYUjdtrCWbPvKGLrV0Xl&#10;qUf2zhST0ei46NlXzrPSIeD0cnDKRc5f11rF27oOOgpTSmCLefV5fUprsTij+cqTa1q1h0H/gKKj&#10;1uLRl1SXFEmsfftbqq5VngPX8UhxV3Bdt0rnGlDNePSumvuGnM61gJzgXmgK/y+tutncuzsPGnoX&#10;5gFmqmJb+y79A5/YZrJ2L2TpbRQKh7Px9HQyA6cKvgnQnxwnNovDbedD/Kq5E8kopUczMke0uQ5x&#10;CH0OSY9ZvmqNyQ0xVvSlPJ1NZkhPkEVtKMLsXFXKYFdSkFlBbyr6nDGwaat0O+UJu3BhvNgQWg6l&#10;VNw/ALMUhkKEA4Xk3x7sm6sJziWFZricXYNCPK9tlaE1mqovthJx5yBnC1HLhLXTFV7QwJSsHBmp&#10;NX8TCcaMTcB11uuem0M7kvXE1e7OC8+DgINTVy2wXqOkO/JQLPqAKYy3WGrDAMR7S4qG/c8/nad4&#10;CAleVIAJALM/1uRRj/lmIbHT8XSaRiZvprOTCTb+tefptceuuwsG42PMu1PZTPHRPJu15+4Rw7pM&#10;r8JFVuHtoYf7zUUcJhPjrvRymcMwJo7itb13KiVPPKUuPWwfybu9siL6e8PP00LzdwIbYgeJLdeR&#10;6zar78ArVJs2GLGs3/3nIM3w632OOny0Fr8AAAD//wMAUEsDBBQABgAIAAAAIQB6CROK3gAAAAoB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqO0+0jbEqQCJDbuWsp/GJjHY4xC7&#10;bfr3uCtYju7RvWeqzegdO5kh2kAK5EQAM9QEbalVsH9/fVgBiwlJowtkFFxMhE19e1NhqcOZtua0&#10;Sy3LJRRLVNCl1Jecx6YzHuMk9IZy9hkGjymfQ8v1gOdc7h2fClFwj5byQoe9eelM8707egX9XK7f&#10;vp73wjZ2eYkSP4r045S6vxufHoElM6Y/GK76WR3q7HQIR9KROQVTUcwzqmC2kMCugJDLGbCDgmK9&#10;Al5X/P8L9S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAlCV9CXQCAAD8BAAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAegkTit4AAAAKAQAADwAA&#10;AAAAAAAAAAAAAADOBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANkFAAAAAA==&#10;" filled="f" strokecolor="windowText">
                 <v:stroke joinstyle="round"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Imię i nazwisko: </w:t>
       </w:r>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="006C6BEF">
@@ -414,51 +414,51 @@
                           <a:headEnd type="none" w="med" len="med"/>
                           <a:tailEnd type="none" w="med" len="med"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="1571CE79" id="Prostokąt 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:103.8pt;margin-top:16.65pt;width:404.9pt;height:17.35pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQADYf/TdAIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFOGzEQvVfqP1i+l02iBErEBkVQqkoI&#10;kKDiPHi92ZW8Htd2skm/vs/eQID2UFXNwRl7xuM3b97s2fm2M2KjfWjZlnJ8NJJCW8VVa1el/P5w&#10;9emzFCGSrciw1aXc6SDPFx8/nPVurifcsKm0F0hiw7x3pWxidPOiCKrRHYUjdtrCWbPvKGLrV0Xl&#10;qUf2zhST0ei46NlXzrPSIeD0cnDKRc5f11rF27oOOgpTSmCLefV5fUprsTij+cqTa1q1h0H/gKKj&#10;1uLRl1SXFEmsfftbqq5VngPX8UhxV3Bdt0rnGlDNePSumvuGnM61gJzgXmgK/y+tutncuzsPGnoX&#10;5gFmqmJb+y79A5/YZrJ2L2TpbRQKh7PxdDKdTaVQ8E2A/uQ4sVkcbjsf4lfNnUhGKT2akTmizXWI&#10;Q+hzSHrM8lVrTG6IsaIv5elsMkN6gixqQxFm56pSBruSgswKelPR54yBTVul2ylP2IUL48WG0HIo&#10;peL+AZilMBQiHCgk//Zg31xNcC4pNMPl7BoU4nltqwyt0VR9sZWIOwc5W4haJqydrvCCBqZk5chI&#10;rfmbSDBmbAKus1733BzakawnrnZ3XngeBBycumqB9Rol3ZGHYqFtTGG8xVIbBiDeW1I07H/+6TzF&#10;Q0jwogJMAJj9sSaPesw3C4mdjqfTNDJ5M52dTLDxrz1Prz123V0wGB9j3p3KZoqP5tmsPXePGNZl&#10;ehUusgpvDz3cby7iMJkYd6WXyxyGMXEUr+29Uyl54il16WH7SN7tlRXR3xt+nhaavxPYEDtIbLmO&#10;XLdZfQdeodq0wYhl/e4/B2mGX+9z1OGjtfgFAAD//wMAUEsDBBQABgAIAAAAIQDEjNWW3QAAAAoB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJ2mSkrIpgIkLtwo5e7GS2KI1yF2&#10;2/TvcU9wXM3TzNt6M7tBHGkK1jNCtlAgiFtvLHcIu/eXuzWIEDUbPXgmhDMF2DTXV7WujD/xGx23&#10;sROphEOlEfoYx0rK0PbkdFj4kThln35yOqZz6qSZ9CmVu0EulSqk05bTQq9Heu6p/d4eHMK4yu5f&#10;v552yra2PIdMfxTxZ0C8vZkfH0BEmuMfDBf9pA5Nctr7A5sgBoSlKouEIuR5DuICqKxcgdgjFGsF&#10;sqnl/xeaXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQADYf/TdAIAAPwEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDEjNWW3QAAAAoBAAAPAAAA&#10;AAAAAAAAAAAAAM4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2AUAAAAA&#10;" filled="f" strokecolor="windowText">
+              <v:rect w14:anchorId="0D7CCFE0" id="Prostokąt 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:103.8pt;margin-top:16.65pt;width:404.9pt;height:17.35pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQADYf/TdAIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFOGzEQvVfqP1i+l02iBErEBkVQqkoI&#10;kKDiPHi92ZW8Htd2skm/vs/eQID2UFXNwRl7xuM3b97s2fm2M2KjfWjZlnJ8NJJCW8VVa1el/P5w&#10;9emzFCGSrciw1aXc6SDPFx8/nPVurifcsKm0F0hiw7x3pWxidPOiCKrRHYUjdtrCWbPvKGLrV0Xl&#10;qUf2zhST0ei46NlXzrPSIeD0cnDKRc5f11rF27oOOgpTSmCLefV5fUprsTij+cqTa1q1h0H/gKKj&#10;1uLRl1SXFEmsfftbqq5VngPX8UhxV3Bdt0rnGlDNePSumvuGnM61gJzgXmgK/y+tutncuzsPGnoX&#10;5gFmqmJb+y79A5/YZrJ2L2TpbRQKh7PxdDKdTaVQ8E2A/uQ4sVkcbjsf4lfNnUhGKT2akTmizXWI&#10;Q+hzSHrM8lVrTG6IsaIv5elsMkN6gixqQxFm56pSBruSgswKelPR54yBTVul2ylP2IUL48WG0HIo&#10;peL+AZilMBQiHCgk//Zg31xNcC4pNMPl7BoU4nltqwyt0VR9sZWIOwc5W4haJqydrvCCBqZk5chI&#10;rfmbSDBmbAKus1733BzakawnrnZ3XngeBBycumqB9Rol3ZGHYqFtTGG8xVIbBiDeW1I07H/+6TzF&#10;Q0jwogJMAJj9sSaPesw3C4mdjqfTNDJ5M52dTLDxrz1Prz123V0wGB9j3p3KZoqP5tmsPXePGNZl&#10;ehUusgpvDz3cby7iMJkYd6WXyxyGMXEUr+29Uyl54il16WH7SN7tlRXR3xt+nhaavxPYEDtIbLmO&#10;XLdZfQdeodq0wYhl/e4/B2mGX+9z1OGjtfgFAAD//wMAUEsDBBQABgAIAAAAIQDEjNWW3QAAAAoB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJ2mSkrIpgIkLtwo5e7GS2KI1yF2&#10;2/TvcU9wXM3TzNt6M7tBHGkK1jNCtlAgiFtvLHcIu/eXuzWIEDUbPXgmhDMF2DTXV7WujD/xGx23&#10;sROphEOlEfoYx0rK0PbkdFj4kThln35yOqZz6qSZ9CmVu0EulSqk05bTQq9Heu6p/d4eHMK4yu5f&#10;v552yra2PIdMfxTxZ0C8vZkfH0BEmuMfDBf9pA5Nctr7A5sgBoSlKouEIuR5DuICqKxcgdgjFGsF&#10;sqnl/xeaXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQADYf/TdAIAAPwEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDEjNWW3QAAAAoBAAAPAAAA&#10;AAAAAAAAAAAAAM4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2AUAAAAA&#10;" filled="f" strokecolor="windowText">
                 <v:stroke joinstyle="round"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Adres zameldowania: </w:t>
       </w:r>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="006C6BEF">
@@ -545,70 +545,70 @@
                           <a:headEnd type="none" w="med" len="med"/>
                           <a:tailEnd type="none" w="med" len="med"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="475DB63C" id="Prostokąt 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:105.4pt;margin-top:16.15pt;width:403.25pt;height:17.35pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBwva8lcgIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFOGzEQvVfqP1i+l00iAiVigyIoVSVE&#10;kaDiPHi92ZW8Htd2skm/vs/ehVDaQ1U1B2fsGY/fvHmz5xe7zoit9qFlW8rp0UQKbRVXrV2X8tvD&#10;9YePUoRItiLDVpdyr4O8WL5/d967hZ5xw6bSXiCJDYvelbKJ0S2KIqhGdxSO2GkLZ82+o4itXxeV&#10;px7ZO1PMJpOTomdfOc9Kh4DTq8Eplzl/XWsVv9Z10FGYUgJbzKvP61Nai+U5LdaeXNOqEQb9A4qO&#10;WotHX1JdUSSx8e1vqbpWeQ5cxyPFXcF13Sqda0A108mbau4bcjrXAnKCe6Ep/L+06nZ77+48aOhd&#10;WASYqYpd7bv0D3xil8nav5Cld1EoHM6nsykwS6Hgm8E6PUlsFofbzof4WXMnklFKj2Zkjmh7E+IQ&#10;+hySHrN83RqTG2Ks6Et5Np/NkZ4gi9pQhNm5qpTBrqUgs4beVPQ5Y2DTVul2yhP24dJ4sSW0HEqp&#10;uH8AZikMhQgHCsm/EewvVxOcKwrNcDm7BoV43tgqQ2s0VZ9sJeLeQc4WopYJa6crvKCBKVk5MlJr&#10;/iYSjBmbgOus15GbQzuS9cTV/s4Lz4OAg1PXLbDeoKQ78lAstI0pjF+x1IYBiEdLiob9jz+dp3gI&#10;CV5UgAkAs9835FGP+WIhsbPp8XEambw5np/OsPGvPU+vPXbTXTIYhyCALpspPppns/bcPWJYV+lV&#10;uMgqvD30cNxcxmEyMe5Kr1Y5DGPiKN7Ye6dS8sRT6tLD7pG8G5UV0d9bfp4WWrwR2BA7SGy1iVy3&#10;WX0HXqHatMGIZf2On4M0w6/3Oerw0Vr+BAAA//8DAFBLAwQUAAYACAAAACEA0SQTG9wAAAAKAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjtFCU0xKkAiQs3Srm78TYx2OsQu236&#10;97gnuO1oRzNvmvXsHTviFG0gBXIhgCF1wVjqFWw/Xu8egMWkyWgXCBWcMcK6vb5qdG3Cid7xuEk9&#10;yyEUa61gSGmsOY/dgF7HRRiR8m8fJq9TllPPzaRPOdw7XghRcq8t5YZBj/gyYPe9OXgF471cvX09&#10;b4XtbHWOUn+W6ccpdXszPz0CSzinPzNc8DM6tJlpFw5kInMKCikyelKwLJbALgYhq3ztFJSVAN42&#10;/P+E9hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBwva8lcgIAAPwEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDRJBMb3AAAAAoBAAAPAAAAAAAA&#10;AAAAAAAAAMwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA1QUAAAAA&#10;" filled="f" strokecolor="windowText">
+              <v:rect w14:anchorId="50EB1862" id="Prostokąt 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:105.4pt;margin-top:16.15pt;width:403.25pt;height:17.35pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBwva8lcgIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFOGzEQvVfqP1i+l00iAiVigyIoVSVE&#10;kaDiPHi92ZW8Htd2skm/vs/ehVDaQ1U1B2fsGY/fvHmz5xe7zoit9qFlW8rp0UQKbRVXrV2X8tvD&#10;9YePUoRItiLDVpdyr4O8WL5/d967hZ5xw6bSXiCJDYvelbKJ0S2KIqhGdxSO2GkLZ82+o4itXxeV&#10;px7ZO1PMJpOTomdfOc9Kh4DTq8Eplzl/XWsVv9Z10FGYUgJbzKvP61Nai+U5LdaeXNOqEQb9A4qO&#10;WotHX1JdUSSx8e1vqbpWeQ5cxyPFXcF13Sqda0A108mbau4bcjrXAnKCe6Ep/L+06nZ77+48aOhd&#10;WASYqYpd7bv0D3xil8nav5Cld1EoHM6nsykwS6Hgm8E6PUlsFofbzof4WXMnklFKj2Zkjmh7E+IQ&#10;+hySHrN83RqTG2Ks6Et5Np/NkZ4gi9pQhNm5qpTBrqUgs4beVPQ5Y2DTVul2yhP24dJ4sSW0HEqp&#10;uH8AZikMhQgHCsm/EewvVxOcKwrNcDm7BoV43tgqQ2s0VZ9sJeLeQc4WopYJa6crvKCBKVk5MlJr&#10;/iYSjBmbgOus15GbQzuS9cTV/s4Lz4OAg1PXLbDeoKQ78lAstI0pjF+x1IYBiEdLiob9jz+dp3gI&#10;CV5UgAkAs9835FGP+WIhsbPp8XEambw5np/OsPGvPU+vPXbTXTIYhyCALpspPppns/bcPWJYV+lV&#10;uMgqvD30cNxcxmEyMe5Kr1Y5DGPiKN7Ye6dS8sRT6tLD7pG8G5UV0d9bfp4WWrwR2BA7SGy1iVy3&#10;WX0HXqHatMGIZf2On4M0w6/3Oerw0Vr+BAAA//8DAFBLAwQUAAYACAAAACEA0SQTG9wAAAAKAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjtFCU0xKkAiQs3Srm78TYx2OsQu236&#10;97gnuO1oRzNvmvXsHTviFG0gBXIhgCF1wVjqFWw/Xu8egMWkyWgXCBWcMcK6vb5qdG3Cid7xuEk9&#10;yyEUa61gSGmsOY/dgF7HRRiR8m8fJq9TllPPzaRPOdw7XghRcq8t5YZBj/gyYPe9OXgF471cvX09&#10;b4XtbHWOUn+W6ccpdXszPz0CSzinPzNc8DM6tJlpFw5kInMKCikyelKwLJbALgYhq3ztFJSVAN42&#10;/P+E9hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBwva8lcgIAAPwEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDRJBMb3AAAAAoBAAAPAAAAAAAA&#10;AAAAAAAAAMwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA1QUAAAAA&#10;" filled="f" strokecolor="windowText">
                 <v:stroke joinstyle="round"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Telefon / e-mail </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B21F0D7" w14:textId="77777777" w:rsidR="006C6BEF" w:rsidRPr="006C6BEF" w:rsidRDefault="006C6BEF" w:rsidP="006C6BEF">
-[...1 lines deleted...]
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="3B21F0D7" w14:textId="77777777" w:rsidR="006C6BEF" w:rsidRPr="006C6BEF" w:rsidRDefault="006C6BEF" w:rsidP="00D62BDB">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">adres do e-Doręczeń: </w:t>
       </w:r>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
@@ -643,53 +643,53 @@
     <w:p w14:paraId="202139A1" w14:textId="77777777" w:rsidR="006C6BEF" w:rsidRPr="006C6BEF" w:rsidRDefault="006C6BEF" w:rsidP="006C6BEF">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>WNIOSEK</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35ACA0F1" w14:textId="4B6BB905" w:rsidR="006C6BEF" w:rsidRPr="006C6BEF" w:rsidRDefault="003210D2" w:rsidP="000A535B">
-[...1 lines deleted...]
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="35ACA0F1" w14:textId="4B6BB905" w:rsidR="006C6BEF" w:rsidRDefault="003210D2" w:rsidP="00D62BDB">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003210D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">o wydanie zezwolenia </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk208481876"/>
       <w:r w:rsidRPr="003210D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
@@ -846,1203 +846,1472 @@
         <w:t xml:space="preserve">-5 lub </w:t>
       </w:r>
       <w:r w:rsidR="000A535B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>-18)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AA71405" w14:textId="1F84668E" w:rsidR="006C6BEF" w:rsidRPr="006C6BEF" w:rsidRDefault="006C6BEF" w:rsidP="006C6BEF">
+    <w:p w14:paraId="2F10F5DD" w14:textId="77777777" w:rsidR="00D62BDB" w:rsidRPr="00D62BDB" w:rsidRDefault="00D62BDB" w:rsidP="00D62BDB">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AA71405" w14:textId="1F84668E" w:rsidR="006C6BEF" w:rsidRPr="00D62BDB" w:rsidRDefault="006C6BEF" w:rsidP="006C6BEF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D62BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Zwracam się z prośbą o wydanie zezwolenia </w:t>
       </w:r>
-      <w:r w:rsidR="000A535B" w:rsidRPr="000A535B">
-[...21 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="000A535B" w:rsidRPr="00D62BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>na przejazd pojazdów ciężarowych po</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D62BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> dr</w:t>
       </w:r>
-      <w:r w:rsidR="000A535B">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="000A535B" w:rsidRPr="00D62BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>odze</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C6BEF">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00D62BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> objęt</w:t>
       </w:r>
-      <w:r w:rsidR="000A535B">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="000A535B" w:rsidRPr="00D62BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>ej</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C6BEF">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00D62BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> ograniczeniem tonażowym oznaczonym:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36B7CED2" w14:textId="77777777" w:rsidR="006C6BEF" w:rsidRPr="006C6BEF" w:rsidRDefault="006C6BEF" w:rsidP="006C6BEF">
+    <w:p w14:paraId="36B7CED2" w14:textId="77777777" w:rsidR="006C6BEF" w:rsidRPr="00D62BDB" w:rsidRDefault="006C6BEF" w:rsidP="006C6BEF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D62BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>- znakiem B-5 („zakaz wjazdu samochodów ciężarowych”)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4486214F" w14:textId="77777777" w:rsidR="006C6BEF" w:rsidRPr="006C6BEF" w:rsidRDefault="006C6BEF" w:rsidP="006C6BEF">
+    <w:p w14:paraId="4486214F" w14:textId="77777777" w:rsidR="006C6BEF" w:rsidRPr="00D62BDB" w:rsidRDefault="006C6BEF" w:rsidP="006C6BEF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D62BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>- znakiem B-18 („zakaz wjazdu pojazdów o rzeczywistej masie całkowitej ponad … t”).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68B8B76D" w14:textId="77777777" w:rsidR="006C6BEF" w:rsidRPr="006C6BEF" w:rsidRDefault="006C6BEF" w:rsidP="006C6BEF">
+    <w:p w14:paraId="68B8B76D" w14:textId="77777777" w:rsidR="006C6BEF" w:rsidRPr="00D62BDB" w:rsidRDefault="006C6BEF" w:rsidP="006C6BEF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1161C7BD" w14:textId="77777777" w:rsidR="006C6BEF" w:rsidRPr="006C6BEF" w:rsidRDefault="006C6BEF" w:rsidP="006C6BEF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10206"/>
         </w:tabs>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1989E867" wp14:editId="5AA56FB0">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1989E867" wp14:editId="31936765">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1838430</wp:posOffset>
+                  <wp:posOffset>1876425</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>241721</wp:posOffset>
+                  <wp:posOffset>212725</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4644928" cy="219710"/>
                 <wp:effectExtent l="0" t="0" r="22860" b="27940"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1326601680" name="Prostokąt 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="4644928" cy="219710"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                           <a:solidFill>
                             <a:sysClr val="windowText" lastClr="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:round/>
                           <a:headEnd type="none" w="med" len="med"/>
                           <a:tailEnd type="none" w="med" len="med"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="187FE9F3" id="Prostokąt 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:144.75pt;margin-top:19.05pt;width:365.75pt;height:17.3pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB2QmSEdwIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFPGzEMfp+0/xDlfVxbFVgrrqiCMU1C&#10;gAQTzyaX652Ui7Mk7bX79fuSKxTYHqZpfUjt2LE/25/v7HzbGbHRPrRsSzk+GkmhreKqtatSfn+4&#10;+vRZihDJVmTY6lLudJDni48fzno31xNu2FTaCwSxYd67UjYxunlRBNXojsIRO21hrNl3FKH6VVF5&#10;6hG9M8VkNDopevaV86x0CLi9HIxykePXtVbxtq6DjsKUEthiPn0+n9JZLM5ovvLkmlbtYdA/oOio&#10;tUj6EuqSIom1b38L1bXKc+A6HinuCq7rVulcA6oZj95Vc9+Q07kWNCe4lzaF/xdW3Wzu3Z1HG3oX&#10;5gFiqmJb+y79A5/Y5mbtXpqlt1EoXE5PptPZBONVsE3Gs9Nx7mZxeO18iF81dyIJpfQYRu4Rba5D&#10;REa4PrukZJavWmPyQIwVfSlnx5NjhCfQojYUIXauKmWwKynIrMA3FX2OGNi0VXqd4oRduDBebAgj&#10;B1Mq7h+AWQpDIcKAQvIvjR4I3jxNcC4pNMPjbBoY4nltqwyt0VR9sZWIOwc6W5BaJqydrpBBA1OS&#10;smek1vyNJ0AYm4DrzNd9bw7jSNITV7s7LzwPBA5OXbXAeo2S7siDseA2tjDe4qgNAxDvJSka9j//&#10;dJ/8QSRYUQE2AJ39sSaPesw3C4rNxtNpWpmsTI9PJ1D8a8vTa4tddxeMjo+x705lMflH8yzWnrtH&#10;LOsyZYWJrELuYYZ75SIOm4l1V3q5zG5YE0fx2t47lYKnPqUpPWwfybs9syLme8PP20LzdwQbfAeK&#10;LdeR6zaz79BXECEpWLFMif3nIO3waz17HT5ai18AAAD//wMAUEsDBBQABgAIAAAAIQDIXkKk3QAA&#10;AAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqO0ATRoyqQCJDTtK2U9jkxj8&#10;CLHbpn+Pu4LlaI7uPbdZz86yg56iCR5BLgQw7bugjO8Rtu8vNxWwmMgrssFrhJOOsG4vLxqqVTj6&#10;N33YpJ7lEB9rQhhSGmvOYzdoR3ERRu3z7zNMjlI+p56riY453FleCLHkjozPDQON+nnQ3fdm7xDG&#10;O7l6/XraCtOZ8hQlfSzTj0W8vpofH4AlPac/GM76WR3a7LQLe68iswhFtbrPKMJtJYGdAVHIvG6H&#10;UBYl8Lbh/ye0vwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB2QmSEdwIAAPwEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDIXkKk3QAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAANEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2wUAAAAA&#10;" filled="f" strokecolor="windowText">
+              <v:rect w14:anchorId="788DB052" id="Prostokąt 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:147.75pt;margin-top:16.75pt;width:365.75pt;height:17.3pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB2QmSEdwIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFPGzEMfp+0/xDlfVxbFVgrrqiCMU1C&#10;gAQTzyaX652Ui7Mk7bX79fuSKxTYHqZpfUjt2LE/25/v7HzbGbHRPrRsSzk+GkmhreKqtatSfn+4&#10;+vRZihDJVmTY6lLudJDni48fzno31xNu2FTaCwSxYd67UjYxunlRBNXojsIRO21hrNl3FKH6VVF5&#10;6hG9M8VkNDopevaV86x0CLi9HIxykePXtVbxtq6DjsKUEthiPn0+n9JZLM5ovvLkmlbtYdA/oOio&#10;tUj6EuqSIom1b38L1bXKc+A6HinuCq7rVulcA6oZj95Vc9+Q07kWNCe4lzaF/xdW3Wzu3Z1HG3oX&#10;5gFiqmJb+y79A5/Y5mbtXpqlt1EoXE5PptPZBONVsE3Gs9Nx7mZxeO18iF81dyIJpfQYRu4Rba5D&#10;REa4PrukZJavWmPyQIwVfSlnx5NjhCfQojYUIXauKmWwKynIrMA3FX2OGNi0VXqd4oRduDBebAgj&#10;B1Mq7h+AWQpDIcKAQvIvjR4I3jxNcC4pNMPjbBoY4nltqwyt0VR9sZWIOwc6W5BaJqydrpBBA1OS&#10;smek1vyNJ0AYm4DrzNd9bw7jSNITV7s7LzwPBA5OXbXAeo2S7siDseA2tjDe4qgNAxDvJSka9j//&#10;dJ/8QSRYUQE2AJ39sSaPesw3C4rNxtNpWpmsTI9PJ1D8a8vTa4tddxeMjo+x705lMflH8yzWnrtH&#10;LOsyZYWJrELuYYZ75SIOm4l1V3q5zG5YE0fx2t47lYKnPqUpPWwfybs9syLme8PP20LzdwQbfAeK&#10;LdeR6zaz79BXECEpWLFMif3nIO3waz17HT5ai18AAAD//wMAUEsDBBQABgAIAAAAIQAJZ7dl3QAA&#10;AAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLGnHuq3UnQCJCzfGuGdNaAON&#10;U5ps694e7wQny/Kn399fbSbfi6MdowuEkM0UCEtNMI5ahN37y90KREyajO4DWYSzjbCpr68qXZpw&#10;ojd73KZWcAjFUiN0KQ2llLHprNdxFgZLfPsMo9eJ17GVZtQnDve9zJUqpNeO+EOnB/vc2eZ7e/AI&#10;w322fv162inXuOU5ZvqjSD894u3N9PgAItkp/cFw0Wd1qNlpHw5kougR8vViwSjCfM7zAqh8ye32&#10;CMUqA1lX8n+F+hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB2QmSEdwIAAPwEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAJZ7dl3QAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAANEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2wUAAAAA&#10;" filled="f" strokecolor="windowText">
                 <v:stroke joinstyle="round"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Dane niezbędne do wydania zezwolenia:</w:t>
       </w:r>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F3849CA" w14:textId="77777777" w:rsidR="006C6BEF" w:rsidRPr="006C6BEF" w:rsidRDefault="006C6BEF" w:rsidP="006C6BEF">
-[...1 lines deleted...]
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="7CF19262" w14:textId="59E8ED35" w:rsidR="001214BE" w:rsidRDefault="006C6BEF" w:rsidP="00731558">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="200" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C6BEF">
-[...2 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidRPr="00F92716">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Adres załadunku/rozładunku: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24A089C2" w14:textId="3DC61AC3" w:rsidR="001214BE" w:rsidRDefault="00731558" w:rsidP="001214BE">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="200" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6BEF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+          <w:noProof/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="17BA9C97" wp14:editId="6D1604AD">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="17BA9C97" wp14:editId="084C0D4C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>912495</wp:posOffset>
+                  <wp:posOffset>223291</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>233357</wp:posOffset>
+                  <wp:posOffset>184722</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="5570010" cy="219710"/>
-                <wp:effectExtent l="0" t="0" r="12065" b="27940"/>
+                <wp:extent cx="6297344" cy="360000"/>
+                <wp:effectExtent l="0" t="0" r="27305" b="21590"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1988033793" name="Prostokąt 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="5570010" cy="219710"/>
+                          <a:ext cx="6297344" cy="360000"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                           <a:solidFill>
                             <a:sysClr val="windowText" lastClr="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:round/>
                           <a:headEnd type="none" w="med" len="med"/>
                           <a:tailEnd type="none" w="med" len="med"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="2D9F7D57" id="Prostokąt 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:71.85pt;margin-top:18.35pt;width:438.6pt;height:17.3pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCJrLqfcwIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFOGzEQvVfqP1i+l00iUkrEBkVQqkoI&#10;kKDiPHi92ZW8Htd2skm/vs/ehVDaQ1U1B2fsGY/fvHmzZ+e7zoit9qFlW8rp0UQKbRVXrV2X8tvD&#10;1YdPUoRItiLDVpdyr4M8X75/d9a7hZ5xw6bSXiCJDYvelbKJ0S2KIqhGdxSO2GkLZ82+o4itXxeV&#10;px7ZO1PMJpOPRc++cp6VDgGnl4NTLnP+utYq3tZ10FGYUgJbzKvP61Nai+UZLdaeXNOqEQb9A4qO&#10;WotHX1JdUiSx8e1vqbpWeQ5cxyPFXcF13Sqda0A108mbau4bcjrXAnKCe6Ep/L+06mZ77+48aOhd&#10;WASYqYpd7bv0D3xil8nav5Cld1EoHM7nJxNAlkLBN5uensBGmuJw2/kQv2juRDJK6dGMzBFtr0Mc&#10;Qp9D0mOWr1pjckOMFX0pT+ezOdITZFEbijA7V5Uy2LUUZNbQm4o+Zwxs2irdTnnCPlwYL7aElkMp&#10;FfcPwCyFoRDhQCH5N4L95WqCc0mhGS5n16AQzxtbZWiNpuqzrUTcO8jZQtQyYe10hRc0MCUrR0Zq&#10;zd9EgjFjE3Cd9Tpyc2hHsp642t954XkQcHDqqgXWa5R0Rx6KRR8whfEWS20YgHi0pGjY//jTeYqH&#10;kOBFBZgAMPt9Qx71mK8WEjudHh+nkcmb4/nJDBv/2vP02mM33QWD8Snm3alspvhons3ac/eIYV2l&#10;V+Eiq/D20MNxcxGHycS4K71a5TCMiaN4be+dSskTT6lLD7tH8m5UVkR/b/h5WmjxRmBD7CCx1SZy&#10;3Wb1HXiFatMGI5b1O34O0gy/3ueow0dr+RMAAP//AwBQSwMEFAAGAAgAAAAhAFBSRjncAAAACgEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s6Tq1rDSdAIkLN8a4e01oA41Tmmzr&#10;3h7vBCfrlz/9/lxvZj+Io52iC6QhWygQltpgHHUadu8vd/cgYkIyOASyGs42wqa5vqqxMuFEb/a4&#10;TZ3gEooVauhTGispY9tbj3ERRku8+wyTx8Rx6qSZ8MTlfpBLpQrp0RFf6HG0z71tv7cHr2FcZevX&#10;r6edcq0rzzHDjyL9DFrf3syPDyCSndMfDBd9VoeGnfbhQCaKgfMqLxnVkBc8L4BaqjWIvYYyy0E2&#10;tfz/QvMLAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAiay6n3MCAAD8BAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAUFJGOdwAAAAKAQAADwAAAAAA&#10;AAAAAAAAAADNBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANYFAAAAAA==&#10;" filled="f" strokecolor="windowText">
+              <v:rect w14:anchorId="038FF8E6" id="Prostokąt 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:17.6pt;margin-top:14.55pt;width:495.85pt;height:28.35pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAOINmcdQIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X52k6VdQpwjadRhQ&#10;tAXaoWdWlmMDsqhJSpzs1+9JTpuu22EY5oNMmRT1+Pjo84tNZ8Ra+9CyLeX4YCSFtoqr1i5L+e3x&#10;+tOpFCGSrciw1aXc6iAv5h8/nPdupifcsKm0F0hiw6x3pWxidLOiCKrRHYUDdtrCWbPvKGLrl0Xl&#10;qUf2zhST0ei46NlXzrPSIeDr1eCU85y/rrWKd3UddBSmlMAW8+rz+pzWYn5Os6Un17RqB4P+AUVH&#10;rcWlr6muKJJY+fa3VF2rPAeu44HiruC6bpXONaCa8ehdNQ8NOZ1rATnBvdIU/l9adbt+cPceNPQu&#10;zALMVMWm9l16A5/YZLK2r2TpTRQKH48nZyeH06kUCr7D4xGexGaxP+18iF80dyIZpfRoRuaI1jch&#10;DqEvIekyy9etMbkhxoq+lGdHkyOkJ8iiNhRhdq4qZbBLKcgsoTcVfc4Y2LRVOp3yhG24NF6sCS2H&#10;UiruH4FZCkMhwoFC8rMD+8vRBOeKQjMczq5BIZ5XtsrQGk3VZ1uJuHWQs4WoZcLa6Qo3aGBKVo6M&#10;1Jq/iQRjxibgOut1x82+Hcl65mp774XnQcDBqesWWG9Q0j15KBbaxhTGOyy1YQDinSVFw/7Hn76n&#10;eAgJXlSACQCz31fkUY/5aiGxs/F0mkYmb6ZHJxNs/FvP81uPXXWXDMbHmHenspnio3kxa8/dE4Z1&#10;kW6Fi6zC3UMPd5vLOEwmxl3pxSKHYUwcxRv74FRKnnhKXXrcPJF3O2VF9PeWX6aFZu8ENsQOElus&#10;ItdtVt+eV6g2bTBiWb+730Ga4bf7HLX/ac1/AgAA//8DAFBLAwQUAAYACAAAACEAu7sDktwAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KidQEOSxqkAiQs3Srlv421i8E+I&#10;3TZ9e9wTHEczmvmmWc/WsCNNQXsnIVsIYOQ6r7TrJWw/Xu9KYCGiU2i8IwlnCrBur68arJU/uXc6&#10;bmLPUokLNUoYYhxrzkM3kMWw8CO55O39ZDEmOfVcTXhK5dbwXIiCW9QuLQw40stA3ffmYCWMD1n1&#10;9vW8FbrTj+eQ4WcRf4yUtzfz0wpYpDn+heGCn9ChTUw7f3AqMCPhfpmnpIS8yoBdfJEXFbCdhHJZ&#10;Am8b/v9B+wsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAOINmcdQIAAPwEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC7uwOS3AAAAAkBAAAPAAAA&#10;AAAAAAAAAAAAAM8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2AUAAAAA&#10;" filled="f" strokecolor="windowText">
                 <v:stroke joinstyle="round"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="006C6BEF">
+      <w:r w:rsidR="001214BE" w:rsidRPr="00F92716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. Adres załadunku/rozładunku: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006C6BEF">
+        <w:t xml:space="preserve">Proponowana trasa przejazdu (wykaz ulic od miejsca wjazdu na </w:t>
+      </w:r>
+      <w:r w:rsidR="001214BE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006C6BEF">
+        <w:t>obszar miasta</w:t>
+      </w:r>
+      <w:r w:rsidR="001214BE" w:rsidRPr="00F92716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:instrText>FORMTEXT</w:instrText>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006C6BEF">
+        <w:t xml:space="preserve"> do miejsca docelowego):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A30888F" w14:textId="56CAD123" w:rsidR="001214BE" w:rsidRDefault="001214BE" w:rsidP="00731558">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:spacing w:after="200" w:line="600" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="separate"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006C6BEF">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DD1930C" w14:textId="05F0C2C8" w:rsidR="001214BE" w:rsidRDefault="001214BE" w:rsidP="00731558">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:spacing w:after="200" w:line="480" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="end"/>
-[...10 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="MS Mincho"/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="00BE470E" wp14:editId="1EB88E46">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6BA9C7C0" wp14:editId="6F5E698B">
                 <wp:simplePos x="0" y="0"/>
-                <wp:positionH relativeFrom="column">
-                  <wp:posOffset>2859163</wp:posOffset>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>center</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>219192</wp:posOffset>
+                  <wp:posOffset>158785</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="3612313" cy="219710"/>
-                <wp:effectExtent l="0" t="0" r="26670" b="27940"/>
+                <wp:extent cx="6267036" cy="360000"/>
+                <wp:effectExtent l="0" t="0" r="19685" b="21590"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1880418008" name="Prostokąt 1"/>
+                <wp:docPr id="130483029" name="Prostokąt 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="3612313" cy="219710"/>
+                          <a:ext cx="6267036" cy="360000"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                           <a:solidFill>
                             <a:sysClr val="windowText" lastClr="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:round/>
                           <a:headEnd type="none" w="med" len="med"/>
                           <a:tailEnd type="none" w="med" len="med"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="730A9BE5" id="Prostokąt 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:225.15pt;margin-top:17.25pt;width:284.45pt;height:17.3pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDA7r/seAIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx2nH1uDOkXQrsOA&#10;oi3QDj2zshwbkEVNUuJkv35Pctp03Q7DsBwUUqTIR/LRZ+eb3oi19qFjW8nyYCKFtorrzi4r+e3h&#10;6sMnKUIkW5Nhqyu51UGez9+/OxvcTE+5ZVNrLxDEhtngKtnG6GZFEVSrewoH7LSFsWHfU4Tql0Xt&#10;aUD03hTTyeSkGNjXzrPSIeD2cjTKeY7fNFrF26YJOgpTSWCL+fT5fEpnMT+j2dKTazu1g0H/gKKn&#10;ziLpS6hLiiRWvvstVN8pz4GbeKC4L7hpOqVzDaimnLyp5r4lp3MtaE5wL20K/y+sulnfuzuPNgwu&#10;zALEVMWm8X36Bz6xyc3avjRLb6JQuDw8KaeH5aEUCrZpefqxzN0s9q+dD/GL5l4koZIew8g9ovV1&#10;iMgI12eXlMzyVWdMHoixYqjk6fH0GOEJtGgMRYi9qysZ7FIKMkvwTUWfIwY2XZ1epzhhGy6MF2vC&#10;yMGUmocHYJbCUIgwoJD8S6MHgl+eJjiXFNrxcTaNDPG8snWG1mqqP9taxK0DnS1ILRPWXtfIoIEp&#10;SdkzUmf+xhMgjE3Adebrrjf7cSTpievtnReeRwIHp646YL1GSXfkwVhwG1sYb3E0hgGId5IULfsf&#10;f7pP/iASrKgAG4DOfl+RRz3mqwXFTsujo7QyWTk6/jiF4l9bnl5b7Kq/YHS8xL47lcXkH82z2Hju&#10;H7Gsi5QVJrIKuccZ7pSLOG4m1l3pxSK7YU0cxWt771QKnvqUpvSweSTvdsyKmO8NP28Lzd4QbPQd&#10;KbZYRW66zL59X0GEpGDFMiV2n4O0w6/17LX/aM1/AgAA//8DAFBLAwQUAAYACAAAACEAKAKYTN0A&#10;AAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjtNg0kjVMBEhdulHJ3421i&#10;iNchdtv073FP9Liap5m31XpyPTviGKwnBXImgCE13lhqFWw/3x6egIWoyejeEyo4Y4B1fXtT6dL4&#10;E33gcRNblkoolFpBF+NQch6aDp0OMz8gpWzvR6djOseWm1GfUrnr+VyInDttKS10esDXDpufzcEp&#10;GDJZvH+/bIVt7OM5SP2Vx99eqfu76XkFLOIU/2G46Cd1qJPTzh/IBNYryJZikVAFi2wJ7AIIWcyB&#10;7RTkhQReV/z6hfoPAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwO6/7HgCAAD8BAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAKAKYTN0AAAAKAQAA&#10;DwAAAAAAAAAAAAAAAADSBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANwFAAAAAA==&#10;" filled="f" strokecolor="windowText">
+              <v:rect w14:anchorId="63DCC323" id="Prostokąt 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:12.5pt;width:493.45pt;height:28.35pt;z-index:251677696;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD6gNfcdAIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1P3DAQvVfqf7B8L9ldYIEVWbSCUlVC&#10;gAQV58FxNpEcj2t7v/rr++wEltIeqqo5OOPMePzmzZucX2w7I9bah5ZtKccHIym0VVy1dlnKb4/X&#10;n06lCJFsRYatLuVOB3kx//jhfONmesINm0p7gSQ2zDaulE2MblYUQTW6o3DATls4a/YdRWz9sqg8&#10;bZC9M8VkNJoWG/aV86x0CPh61TvlPOeva63iXV0HHYUpJbDFvPq8Pqe1mJ/TbOnJNa0aYNA/oOio&#10;tbj0NdUVRRIr3/6WqmuV58B1PFDcFVzXrdK5BlQzHr2r5qEhp3MtICe4V5rC/0urbtcP7t6Dho0L&#10;swAzVbGtfZfewCe2mazdK1l6G4XCx+lkejI6nEqh4DucjvAkNov9aedD/KK5E8kopUczMke0vgmx&#10;D30JSZdZvm6NyQ0xVmxKeXY8OUZ6gixqQxFm56pSBruUgswSelPR54yBTVul0ylP2IVL48Wa0HIo&#10;peLNIzBLYShEOFBIfgawvxxNcK4oNP3h7OoV4nllqwyt0VR9tpWIOwc5W4haJqydrnCDBqZk5chI&#10;rfmbSDBmbAKus14HbvbtSNYzV7t7Lzz3Ag5OXbfAeoOS7slDsdA2pjDeYakNAxAPlhQN+x9/+p7i&#10;ISR4UQEmAMx+X5FHPearhcTOxkdHaWTy5uj4ZIKNf+t5fuuxq+6SwfgY8+5UNlN8NC9m7bl7wrAu&#10;0q1wkVW4u+/hsLmM/WRi3JVeLHIYxsRRvLEPTqXkiafUpcftE3k3KCuiv7f8Mi00eyewPraX2GIV&#10;uW6z+va8QrVpgxHL+h1+B2mG3+5z1P6nNf8JAAD//wMAUEsDBBQABgAIAAAAIQBBTWyt2wAAAAYB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJMK0iTNpgIkLtwo5e7GJnGx1yF2&#10;2/TvWU5wWo1mNPO22czeiZOZog2EkC8yEIa6oC31CLv3l7sSREyKtHKBDMLFRNi011eNqnU405s5&#10;bVMvuIRirRCGlMZaytgNxqu4CKMh9j7D5FViOfVST+rM5d7JZZYV0itLvDCo0TwPpvvaHj3CeJ9X&#10;r4enXWY7u7rEXH0U6dsh3t7Mj2sQyczpLwy/+IwOLTPtw5F0FA6BH0kIywe+7FZlUYHYI5T5CmTb&#10;yP/47Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA+oDX3HQCAAD8BAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAQU1srdsAAAAGAQAADwAAAAAA&#10;AAAAAAAAAADOBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANYFAAAAAA==&#10;" filled="f" strokecolor="windowText">
                 <v:stroke joinstyle="round"/>
+                <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="006C6BEF">
+      <w:r w:rsidRPr="001214BE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">2. Cel wjazdu: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006C6BEF">
+        <w:t>oraz droga powrotna, jeżeli dotyczy</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62BDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006C6BEF">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08B176A6" w14:textId="605ECDF0" w:rsidR="001214BE" w:rsidRPr="001214BE" w:rsidRDefault="001214BE" w:rsidP="001214BE">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:spacing w:after="200" w:line="480" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:instrText>FORMTEXT</w:instrText>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006C6BEF">
+      </w:pPr>
+      <w:r w:rsidRPr="00F92716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="separate"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006C6BEF">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00F92716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="end"/>
-[...4 lines deleted...]
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:instrText>FORMTEXT</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00F92716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:noProof/>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00F92716">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F3849CA" w14:textId="02D38F46" w:rsidR="006C6BEF" w:rsidRPr="001214BE" w:rsidRDefault="001214BE" w:rsidP="001214BE">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:spacing w:after="200" w:line="480" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6BEF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+          <w:noProof/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2936D106" wp14:editId="36FD9DFF">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251679744" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2EF0E07A" wp14:editId="7387F991">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1560239</wp:posOffset>
+                  <wp:posOffset>914704</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>215265</wp:posOffset>
+                  <wp:posOffset>247512</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="4913602" cy="219710"/>
-                <wp:effectExtent l="0" t="0" r="20955" b="27940"/>
+                <wp:extent cx="5590954" cy="219710"/>
+                <wp:effectExtent l="0" t="0" r="10160" b="27940"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1578010841" name="Prostokąt 1"/>
+                <wp:docPr id="1432038919" name="Prostokąt 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="4913602" cy="219710"/>
+                          <a:ext cx="5590954" cy="219710"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                           <a:solidFill>
                             <a:sysClr val="windowText" lastClr="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:round/>
                           <a:headEnd type="none" w="med" len="med"/>
                           <a:tailEnd type="none" w="med" len="med"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="48191B3B" id="Prostokąt 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:122.85pt;margin-top:16.95pt;width:386.9pt;height:17.3pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDMM75XeAIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFPGzEMfp+0/xDlfVzbFVgrrqiCMU1C&#10;gAQTzyaX652Ui7Mk7bX79fuSK5SxPUzT+pDasWN/tj/f2fm2M2KjfWjZlnJ8NJJCW8VVa1el/PZw&#10;9eGTFCGSrciw1aXc6SDPF+/fnfVurifcsKm0Fwhiw7x3pWxidPOiCKrRHYUjdtrCWLPvKEL1q6Ly&#10;1CN6Z4rJaHRS9Owr51npEHB7ORjlIseva63ibV0HHYUpJbDFfPp8PqWzWJzRfOXJNa3aw6B/QNFR&#10;a5H0JdQlRRJr3/4WqmuV58B1PFLcFVzXrdK5BlQzHr2p5r4hp3MtaE5wL20K/y+sutncuzuPNvQu&#10;zAPEVMW29l36Bz6xzc3avTRLb6NQuJzOxh9PRhMpFGyT8ex0nLtZHF47H+IXzZ1IQik9hpF7RJvr&#10;EJERrs8uKZnlq9aYPBBjRV/K2fHkGOEJtKgNRYidq0oZ7EoKMivwTUWfIwY2bZVepzhhFy6MFxvC&#10;yMGUivsHYJbCUIgwoJD8S6MHgl+eJjiXFJrhcTYNDPG8tlWG1miqPttKxJ0DnS1ILRPWTlfIoIEp&#10;SdkzUmv+xhMgjE3AdebrvjeHcSTpiavdnReeBwIHp65aYL1GSXfkwVhwG1sYb3HUhgGI95IUDfsf&#10;f7pP/iASrKgAG4DOfl+TRz3mqwXFZuPpNK1MVqbHpxMo/rXl6bXFrrsLRsfH2Henspj8o3kWa8/d&#10;I5Z1mbLCRFYh9zDDvXIRh83Euiu9XGY3rImjeG3vnUrBU5/SlB62j+TdnlkR873h522h+RuCDb4D&#10;xZbryHWb2XfoK4iQFKxYpsT+c5B2+LWevQ4frcVPAAAA//8DAFBLAwQUAAYACAAAACEAJ01n6t4A&#10;AAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7KidtkmbkEkFSGzYUcrejYfE&#10;4EeI3Tb9e9xVWY7u0b1n6s1kDTvSGLR3CNlMACPXeqVdh7D7eH1YAwtROiWNd4RwpgCb5vamlpXy&#10;J/dOx23sWCpxoZIIfYxDxXloe7IyzPxALmVffrQypnPsuBrlKZVbw+dCFNxK7dJCLwd66an92R4s&#10;wrDMyrfv553QrV6dQyY/i/hrEO/vpqdHYJGmeIXhop/UoUlOe39wKjCDMF/mq4QiLBYlsAsgsjIH&#10;tkco1jnwpub/X2j+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMwzvld4AgAA/AQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACdNZ+reAAAACgEA&#10;AA8AAAAAAAAAAAAAAAAA0gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADdBQAAAAA=&#10;" filled="f" strokecolor="windowText">
+              <v:rect w14:anchorId="20DB953A" id="Prostokąt 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:1in;margin-top:19.5pt;width:440.25pt;height:17.3pt;z-index:251679744;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAK6j03dwIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06CZF2COkXQrsOA&#10;oi3QDj2zshwbkEVNUuJkX78nOW26bodhWA4KKVLkI/nos/NdZ8RW+9CyLeX4ZCSFtoqr1q5L+e3h&#10;6sMnKUIkW5Fhq0u510GeL9+/O+vdQk+4YVNpLxDEhkXvStnE6BZFEVSjOwon7LSFsWbfUYTq10Xl&#10;qUf0zhST0ehj0bOvnGelQ8Dt5WCUyxy/rrWKt3UddBSmlMAW8+nz+ZTOYnlGi7Un17TqAIP+AUVH&#10;rUXSl1CXFElsfPtbqK5VngPX8URxV3Bdt0rnGlDNePSmmvuGnM61oDnBvbQp/L+w6mZ77+482tC7&#10;sAgQUxW72nfpH/jELjdr/9IsvYtC4XI2m4/ms6kUCrbJeH46zt0sjq+dD/GL5k4koZQew8g9ou11&#10;iMgI12eXlMzyVWtMHoixoi/lfDaZITyBFrWhCLFzVSmDXUtBZg2+qehzxMCmrdLrFCfsw4XxYksY&#10;OZhScf8AzFIYChEGFJJ/afRA8MvTBOeSQjM8zqaBIZ43tsrQGk3VZ1uJuHegswWpZcLa6QoZNDAl&#10;KXtGas3feAKEsQm4znw99OY4jiQ9cbW/88LzQODg1FULrNco6Y48GAtuYwvjLY7aMADxQZKiYf/j&#10;T/fJH0SCFRVgA9DZ7xvyqMd8taDYfDydppXJynR2OoHiX1ueXlvsprtgdHyMfXcqi8k/mmex9tw9&#10;YllXKStMZBVyDzM8KBdx2Eysu9KrVXbDmjiK1/beqRQ89SlN6WH3SN4dmBUx3xt+3hZavCHY4DtQ&#10;bLWJXLeZfce+gghJwYplShw+B2mHX+vZ6/jRWv4EAAD//wMAUEsDBBQABgAIAAAAIQBmnxCF3QAA&#10;AAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJM2pDTEqQCJCzdKubvxkhjs&#10;dYjdNv17tid6Wo12NPOmXk/eiQOO0QZSkM8yEEhtMJY6BduP17sHEDFpMtoFQgUnjLBurq9qXZlw&#10;pHc8bFInOIRipRX0KQ2VlLHt0es4CwMS/77C6HViOXbSjPrI4d7JeZaV0mtL3NDrAV96bH82e69g&#10;KPLV2/fzNrOtXZ5irj/L9OuUur2Znh5BJJzSvxnO+IwODTPtwp5MFI51UfCWpGCx4ns2ZPPiHsRO&#10;wXJRgmxqeTmh+QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAK6j03dwIAAPwEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBmnxCF3QAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAANEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2wUAAAAA&#10;" filled="f" strokecolor="windowText">
                 <v:stroke joinstyle="round"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="006C6BEF">
-[...58 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidRPr="001214BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve">Ostateczny przebieg trasy zostanie ustalony i potwierdzony przez Zarządcę drogi </w:t>
+      </w:r>
+      <w:r w:rsidR="006C6BEF" w:rsidRPr="001214BE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="006C6BEF" w:rsidRPr="001214BE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:instrText>FORMTEXT</w:instrText>
+      </w:r>
+      <w:r w:rsidR="006C6BEF" w:rsidRPr="001214BE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006C6BEF" w:rsidRPr="001214BE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D73CA0F" w14:textId="09364A78" w:rsidR="006C6BEF" w:rsidRPr="00F92716" w:rsidRDefault="006C6BEF" w:rsidP="00F92716">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="200" w:line="480" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6BEF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3AA3146B" wp14:editId="1D5327B0">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="00BE470E" wp14:editId="38A4721C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1640456</wp:posOffset>
+                  <wp:posOffset>2860982</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>218993</wp:posOffset>
+                  <wp:posOffset>217805</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="4830052" cy="219710"/>
-                <wp:effectExtent l="0" t="0" r="27940" b="27940"/>
+                <wp:extent cx="3644195" cy="219710"/>
+                <wp:effectExtent l="0" t="0" r="13970" b="27940"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1162618054" name="Prostokąt 1"/>
+                <wp:docPr id="1880418008" name="Prostokąt 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="4830052" cy="219710"/>
+                          <a:ext cx="3644195" cy="219710"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                           <a:solidFill>
                             <a:sysClr val="windowText" lastClr="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:round/>
                           <a:headEnd type="none" w="med" len="med"/>
                           <a:tailEnd type="none" w="med" len="med"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="456A0134" id="Prostokąt 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:129.15pt;margin-top:17.25pt;width:380.3pt;height:17.3pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDBX+FCeAIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFPGzEMfp+0/xDlfVzbtQMqrqiCMU1C&#10;gAQTzyaX652Ui7Mk7bX79fuSK5SxPUzT+pDasWN/tj/f2fm2M2KjfWjZlnJ8NJJCW8VVa1el/PZw&#10;9eFEihDJVmTY6lLudJDni/fvzno31xNu2FTaCwSxYd67UjYxunlRBNXojsIRO21hrNl3FKH6VVF5&#10;6hG9M8VkNPpU9Owr51npEHB7ORjlIseva63ibV0HHYUpJbDFfPp8PqWzWJzRfOXJNa3aw6B/QNFR&#10;a5H0JdQlRRJr3/4WqmuV58B1PFLcFVzXrdK5BlQzHr2p5r4hp3MtaE5wL20K/y+sutncuzuPNvQu&#10;zAPEVMW29l36Bz6xzc3avTRLb6NQuJyefByNZhMpFGyT8enxOHezOLx2PsQvmjuRhFJ6DCP3iDbX&#10;ISIjXJ9dUjLLV60xeSDGir6Up7PJDOEJtKgNRYidq0oZ7EoKMivwTUWfIwY2bZVepzhhFy6MFxvC&#10;yMGUivsHYJbCUIgwoJD8S6MHgl+eJjiXFJrhcTYNDPG8tlWG1miqPttKxJ0DnS1ILRPWTlfIoIEp&#10;SdkzUmv+xhMgjE3AdebrvjeHcSTpiavdnReeBwIHp65aYL1GSXfkwVhwG1sYb3HUhgGI95IUDfsf&#10;f7pP/iASrKgAG4DOfl+TRz3mqwXFTsfTaVqZrExnxxMo/rXl6bXFrrsLRsfH2Henspj8o3kWa8/d&#10;I5Z1mbLCRFYh9zDDvXIRh83Euiu9XGY3rImjeG3vnUrBU5/SlB62j+TdnlkR873h522h+RuCDb4D&#10;xZbryHWb2XfoK4iQFKxYpsT+c5B2+LWevQ4frcVPAAAA//8DAFBLAwQUAAYACAAAACEArr4x+d4A&#10;AAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7KjtPkISMqkAiQ27lrJ3Y5MY&#10;4nGI3Tb9e9xVWY7u0b1nqvXkenY0Y7CeEORMADPUeG2pRdh9vD3kwEJUpFXvySCcTYB1fXtTqVL7&#10;E23McRtblkoolAqhi3EoOQ9NZ5wKMz8YStmXH52K6Rxbrkd1SuWu53MhMu6UpbTQqcG8dqb52R4c&#10;wrCUxfv3y07Yxj6eg1SfWfztEe/vpucnYNFM8QrDRT+pQ52c9v5AOrAeYb7KFwlFWCxXwC6AkHkB&#10;bI+QFRJ4XfH/L9R/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMFf4UJ4AgAA/AQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAK6+MfneAAAACgEA&#10;AA8AAAAAAAAAAAAAAAAA0gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADdBQAAAAA=&#10;" filled="f" strokecolor="windowText">
+              <v:rect w14:anchorId="142FBF74" id="Prostokąt 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:225.25pt;margin-top:17.15pt;width:286.95pt;height:17.3pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDdmJERdwIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFPGzEMfp+0/xDlfVzbFVgrrqiCMU1C&#10;gAQTzyaX652Ui7Mk7bX79fuSK5SxPUzT+pDasWN/tj/f2fm2M2KjfWjZlnJ8NJJCW8VVa1el/PZw&#10;9eGTFCGSrciw1aXc6SDPF+/fnfVurifcsKm0Fwhiw7x3pWxidPOiCKrRHYUjdtrCWLPvKEL1q6Ly&#10;1CN6Z4rJaHRS9Owr51npEHB7ORjlIseva63ibV0HHYUpJbDFfPp8PqWzWJzRfOXJNa3aw6B/QNFR&#10;a5H0JdQlRRJr3/4WqmuV58B1PFLcFVzXrdK5BlQzHr2p5r4hp3MtaE5wL20K/y+sutncuzuPNvQu&#10;zAPEVMW29l36Bz6xzc3avTRLb6NQuPx4Mp2OZ8dSKNgm49npOHezOLx2PsQvmjuRhFJ6DCP3iDbX&#10;ISIjXJ9dUjLLV60xeSDGir6Us+NJCk+gRW0oQuxcVcpgV1KQWYFvKvocMbBpq/Q6xQm7cGG82BBG&#10;DqZU3D8AsxSGQoQBheRfGj0Q/PI0wbmk0AyPs2lgiOe1rTK0RlP12VYi7hzobEFqmbB2ukIGDUxJ&#10;yp6RWvM3ngBhbAKuM1/3vTmMI0lPXO3uvPA8EDg4ddUC6zVKuiMPxoLb2MJ4i6M2DEC8l6Ro2P/4&#10;033yB5FgRQXYAHT2+5o86jFfLSg2G0+naWWyMj0+nUDxry1Pry123V0wOj7GvjuVxeQfzbNYe+4e&#10;sazLlBUmsgq5hxnulYs4bCbWXenlMrthTRzFa3vvVAqe+pSm9LB9JO/2zIqY7w0/bwvN3xBs8B0o&#10;tlxHrtvMvkNfQYSkYMUyJfafg7TDr/XsdfhoLX4CAAD//wMAUEsDBBQABgAIAAAAIQArcJb43QAA&#10;AAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqJ3WDW3IpAIkNuwoZT+NTWLw&#10;I8Rum/497gqWo3t075l6MznLjnqMJniEYiaAad8GZXyHsHt/uVsBi4m8Ihu8RjjrCJvm+qqmSoWT&#10;f9PHbepYLvGxIoQ+paHiPLa9dhRnYdA+Z59hdJTyOXZcjXTK5c7yuRAld2R8Xuhp0M+9br+3B4cw&#10;yGL9+vW0E6Y19+dY0EeZfizi7c30+AAs6Sn9wXDRz+rQZKd9OHgVmUWQS7HMKMJCLoBdADGXEtge&#10;oVytgTc1//9C8wsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDdmJERdwIAAPwEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQArcJb43QAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAANEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2wUAAAAA&#10;" filled="f" strokecolor="windowText">
                 <v:stroke joinstyle="round"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="006C6BEF">
+      <w:r w:rsidRPr="00F92716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">4. Częstotliwość wjazdów: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006C6BEF">
+        <w:t xml:space="preserve">Cel wjazdu: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F92716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="006C6BEF">
+      <w:r w:rsidRPr="00F92716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:instrText>FORMTEXT</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="006C6BEF">
+      <w:r w:rsidRPr="00F92716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="006C6BEF">
+      <w:r w:rsidRPr="00F92716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EA91BCA" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="006C6BEF" w:rsidP="006C6BEF">
-      <w:pPr>
+    <w:p w14:paraId="653607A2" w14:textId="3939F7CC" w:rsidR="009145FE" w:rsidRPr="001214BE" w:rsidRDefault="001214BE" w:rsidP="001214BE">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="200" w:line="480" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6BEF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+          <w:noProof/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2936D106" wp14:editId="20D2724B">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1599914</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>227156</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4898571" cy="219710"/>
+                <wp:effectExtent l="0" t="0" r="16510" b="27940"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1578010841" name="Prostokąt 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4898571" cy="219710"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+                          <a:solidFill>
+                            <a:sysClr val="windowText" lastClr="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                          <a:round/>
+                          <a:headEnd type="none" w="med" len="med"/>
+                          <a:tailEnd type="none" w="med" len="med"/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="651FDBB5" id="Prostokąt 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:126pt;margin-top:17.9pt;width:385.7pt;height:17.3pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB17sRadwIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06CZG2COkXQrsOA&#10;oivQDj2zshwbkEVNUuJkX78nOW26bodhWA4KKVLkI/no84tdZ8RW+9CyLeX4ZCSFtoqr1q5L+e3h&#10;+sOZFCGSrciw1aXc6yAvlu/fnfduoSfcsKm0Fwhiw6J3pWxidIuiCKrRHYUTdtrCWLPvKEL166Ly&#10;1CN6Z4rJaPSx6NlXzrPSIeD2ajDKZY5f11rFr3UddBSmlMAW8+nz+ZTOYnlOi7Un17TqAIP+AUVH&#10;rUXSl1BXFElsfPtbqK5VngPX8URxV3Bdt0rnGlDNePSmmvuGnM61oDnBvbQp/L+w6nZ77+482tC7&#10;sAgQUxW72nfpH/jELjdr/9IsvYtC4XJ6Nj+bnY6lULBNxvPTce5mcXztfIifNXciCaX0GEbuEW1v&#10;QkRGuD67pGSWr1tj8kCMFX0p57PJDOEJtKgNRYidq0oZ7FoKMmvwTUWfIwY2bZVepzhhHy6NF1vC&#10;yMGUivsHYJbCUIgwoJD8S6MHgl+eJjhXFJrhcTYNDPG8sVWG1miqPtlKxL0DnS1ILRPWTlfIoIEp&#10;SdkzUmv+xhMgjE3AdebroTfHcSTpiav9nReeBwIHp65bYL1BSXfkwVhwG1sYv+KoDQMQHyQpGvY/&#10;/nSf/EEkWFEBNgCd/b4hj3rMFwuKzcfTaVqZrExnpxMo/rXl6bXFbrpLRsdBCKDLYvKP5lmsPXeP&#10;WNZVygoTWYXcwwwPymUcNhPrrvRqld2wJo7ijb13KgVPfUpTetg9kncHZkXM95aft4UWbwg2+A4U&#10;W20i121m37GvIEJSsGKZEofPQdrh13r2On60lj8BAAD//wMAUEsDBBQABgAIAAAAIQDG95Dw3QAA&#10;AAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJ00bSHEqQCJCzdKuW/jJTHE&#10;6xC7bfr3uCd6XO1o5r1qPbleHGgM1rOGbKZAEDfeWG41bD9e7+5BhIhssPdMGk4UYF1fX1VYGn/k&#10;dzpsYitSCYcSNXQxDqWUoenIYZj5gTj9vvzoMKZzbKUZ8ZjKXS9zpZbSoeW00OFALx01P5u90zAU&#10;2cPb9/NW2cauTiHDz2X87bW+vZmeHkFEmuJ/GM74CR3qxLTzezZB9BryRZ5coob5IimcAyqfFyB2&#10;GlaqAFlX8lKh/gMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB17sRadwIAAPwEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDG95Dw3QAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAANEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2wUAAAAA&#10;" filled="f" strokecolor="windowText">
+                <v:stroke joinstyle="round"/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="006C6BEF" w:rsidRPr="00F92716">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Okres obowiązywania zezwolenia (od ... do ...): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="424C756A" w14:textId="24A4D27B" w:rsidR="006C6BEF" w:rsidRPr="00F92716" w:rsidRDefault="006C6BEF" w:rsidP="009145FE">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="200" w:line="480" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6BEF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3AA3146B" wp14:editId="67C33573">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1640107</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>216409</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4864505" cy="219710"/>
+                <wp:effectExtent l="0" t="0" r="12700" b="27940"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1162618054" name="Prostokąt 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4864505" cy="219710"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+                          <a:solidFill>
+                            <a:sysClr val="windowText" lastClr="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                          <a:round/>
+                          <a:headEnd type="none" w="med" len="med"/>
+                          <a:tailEnd type="none" w="med" len="med"/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="41AAC750" id="Prostokąt 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:129.15pt;margin-top:17.05pt;width:383.05pt;height:17.3pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQALIuTzdwIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X50EST+COkXQrsOA&#10;oi3QDj2zshwbkEVNUuJkv35Pctp03Q7DsBwUUqTIR/LR5xfbzoiN9qFlW8rx0UgKbRVXrV2V8tvj&#10;9adTKUIkW5Fhq0u500FeLD5+OO/dXE+4YVNpLxDEhnnvStnE6OZFEVSjOwpH7LSFsWbfUYTqV0Xl&#10;qUf0zhST0ei46NlXzrPSIeD2ajDKRY5f11rFu7oOOgpTSmCL+fT5fE5nsTin+cqTa1q1h0H/gKKj&#10;1iLpa6griiTWvv0tVNcqz4HreKS4K7iuW6VzDahmPHpXzUNDTuda0JzgXtsU/l9Ydbt5cPcebehd&#10;mAeIqYpt7bv0D3xim5u1e22W3kahcDk9PZ7ORjMpFGyT8dnJOHezOLx2PsQvmjuRhFJ6DCP3iDY3&#10;ISIjXF9cUjLL160xeSDGir6UZ7NJCk+gRW0oQuxcVcpgV1KQWYFvKvocMbBpq/Q6xQm7cGm82BBG&#10;DqZU3D8CsxSGQoQBheRfGj0Q/PI0wbmi0AyPs2lgiOe1rTK0RlP12VYi7hzobEFqmbB2ukIGDUxJ&#10;yp6RWvM3ngBhbAKuM1/3vTmMI0nPXO3uvfA8EDg4dd0C6w1KuicPxoLb2MJ4h6M2DEC8l6Ro2P/4&#10;033yB5FgRQXYAHT2+5o86jFfLSh2Np5O08pkZTo7mUDxby3Pby123V0yOj7GvjuVxeQfzYtYe+6e&#10;sKzLlBUmsgq5hxnulcs4bCbWXenlMrthTRzFG/vgVAqe+pSm9Lh9Iu/2zIqY7y2/bAvN3xFs8B0o&#10;tlxHrtvMvkNfQYSkYMUyJfafg7TDb/XsdfhoLX4CAAD//wMAUEsDBBQABgAIAAAAIQA6CeYM3QAA&#10;AAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJ00pCFkUwESF26Ucndjkxjs&#10;dYjdNv173BM9ruZp5m2znp1lBz0F4wkhWwhgmjqvDPUI24/XuwpYiJKUtJ40wkkHWLfXV42slT/S&#10;uz5sYs9SCYVaIgwxjjXnoRu0k2HhR00p+/KTkzGdU8/VJI+p3FmeC1FyJw2lhUGO+mXQ3c9m7xDG&#10;Int4+37eCtOZ1Slk8rOMvxbx9mZ+egQW9Rz/YTjrJ3Vok9PO70kFZhHy+2qZUIRlkQE7AyIvCmA7&#10;hLJaAW8bfvlC+wcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQALIuTzdwIAAPwEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA6CeYM3QAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAANEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2wUAAAAA&#10;" filled="f" strokecolor="windowText">
+                <v:stroke joinstyle="round"/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00F92716">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Częstotliwość wjazdów: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F92716">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00F92716">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:instrText>FORMTEXT</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00F92716">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00F92716">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16B5994F" w14:textId="673717E4" w:rsidR="00F92716" w:rsidRPr="00F92716" w:rsidRDefault="006C6BEF" w:rsidP="009145FE">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10206"/>
         </w:tabs>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C6BEF">
+      <w:r w:rsidRPr="00F92716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">5. Miejsce postoju pojazdu: </w:t>
+        <w:t>Miejsce postoju pojazdu:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2830"/>
         <w:gridCol w:w="2694"/>
         <w:gridCol w:w="1747"/>
         <w:gridCol w:w="1842"/>
         <w:gridCol w:w="1134"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002D2CA0" w14:paraId="796CA3B4" w14:textId="77777777" w:rsidTr="002D2CA0">
+      <w:tr w:rsidR="002D2CA0" w14:paraId="796CA3B4" w14:textId="77777777" w:rsidTr="00D62BDB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E2CF8EC" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRPr="004B37D8" w:rsidRDefault="002D2CA0" w:rsidP="00157DDA">
+          <w:p w14:paraId="7E2CF8EC" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRPr="004B37D8" w:rsidRDefault="002D2CA0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B37D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>RODZAJ POJAZDU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E566BF9" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRPr="004B37D8" w:rsidRDefault="002D2CA0" w:rsidP="00157DDA">
+          <w:p w14:paraId="1E566BF9" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRPr="004B37D8" w:rsidRDefault="002D2CA0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B37D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MARKA POJAZDU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1747" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7478FB35" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRPr="004B37D8" w:rsidRDefault="002D2CA0" w:rsidP="00157DDA">
+          <w:p w14:paraId="7478FB35" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRPr="004B37D8" w:rsidRDefault="002D2CA0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B37D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">UMER </w:t>
             </w:r>
             <w:r w:rsidRPr="004B37D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>REJESTRACYJNY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="604A1298" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRPr="004B37D8" w:rsidRDefault="002D2CA0" w:rsidP="00157DDA">
+          <w:p w14:paraId="604A1298" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRPr="004B37D8" w:rsidRDefault="002D2CA0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B37D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DOPUSZCZALNA MASA CAŁKOWITA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14B83241" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRPr="004B37D8" w:rsidRDefault="002D2CA0" w:rsidP="00157DDA">
+          <w:p w14:paraId="14B83241" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRPr="004B37D8" w:rsidRDefault="002D2CA0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B37D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ILOŚĆ OSI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2CA0" w14:paraId="7D59E691" w14:textId="77777777" w:rsidTr="002D2CA0">
+      <w:tr w:rsidR="002D2CA0" w14:paraId="7D59E691" w14:textId="77777777" w:rsidTr="00D62BDB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57D12427" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0" w:rsidP="00157DDA"/>
+          <w:p w14:paraId="57D12427" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D64DE70" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0" w:rsidP="00157DDA"/>
+          <w:p w14:paraId="0D64DE70" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1747" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71B6223C" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0" w:rsidP="00157DDA"/>
+          <w:p w14:paraId="71B6223C" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="734C56CC" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0" w:rsidP="00157DDA"/>
+          <w:p w14:paraId="734C56CC" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52AACBD1" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0" w:rsidP="00157DDA"/>
+          <w:p w14:paraId="52AACBD1" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2CA0" w14:paraId="45ECD7C3" w14:textId="77777777" w:rsidTr="002D2CA0">
+      <w:tr w:rsidR="002D2CA0" w14:paraId="45ECD7C3" w14:textId="77777777" w:rsidTr="00D62BDB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CEF3A1D" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0" w:rsidP="00157DDA"/>
+          <w:p w14:paraId="7CEF3A1D" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00956B0B" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0" w:rsidP="00157DDA"/>
+          <w:p w14:paraId="00956B0B" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1747" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F3825E3" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0" w:rsidP="00157DDA"/>
+          <w:p w14:paraId="7F3825E3" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28126BB4" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0" w:rsidP="00157DDA"/>
+          <w:p w14:paraId="28126BB4" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65BAAF88" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0" w:rsidP="00157DDA"/>
+          <w:p w14:paraId="65BAAF88" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2CA0" w14:paraId="518CB003" w14:textId="77777777" w:rsidTr="002D2CA0">
+      <w:tr w:rsidR="002D2CA0" w14:paraId="518CB003" w14:textId="77777777" w:rsidTr="00D62BDB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A1E2823" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0" w:rsidP="00157DDA"/>
+          <w:p w14:paraId="2A1E2823" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61F68773" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0" w:rsidP="00157DDA"/>
+          <w:p w14:paraId="61F68773" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1747" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49B74495" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0" w:rsidP="00157DDA"/>
+          <w:p w14:paraId="49B74495" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16CEE0FF" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0" w:rsidP="00157DDA"/>
+          <w:p w14:paraId="16CEE0FF" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="199A5A73" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0" w:rsidP="00157DDA"/>
+          <w:p w14:paraId="199A5A73" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2CA0" w14:paraId="2F507606" w14:textId="77777777" w:rsidTr="002D2CA0">
+      <w:tr w:rsidR="002D2CA0" w14:paraId="2F507606" w14:textId="77777777" w:rsidTr="00D62BDB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D4952CF" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0" w:rsidP="00157DDA"/>
+          <w:p w14:paraId="1D4952CF" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20FAA25F" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0" w:rsidP="00157DDA"/>
+          <w:p w14:paraId="20FAA25F" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1747" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A33E1D0" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0" w:rsidP="00157DDA"/>
+          <w:p w14:paraId="4A33E1D0" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="436AD775" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0" w:rsidP="00157DDA"/>
+          <w:p w14:paraId="436AD775" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74D876BF" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0" w:rsidP="00157DDA"/>
-[...31 lines deleted...]
-          <w:p w14:paraId="77A666FB" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0" w:rsidP="00157DDA"/>
+          <w:p w14:paraId="74D876BF" w14:textId="77777777" w:rsidR="002D2CA0" w:rsidRDefault="002D2CA0"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0A412F1D" w14:textId="1C07B4A0" w:rsidR="006C6BEF" w:rsidRPr="006C6BEF" w:rsidRDefault="006C6BEF" w:rsidP="002D2CA0">
+    <w:p w14:paraId="0A412F1D" w14:textId="1C07B4A0" w:rsidR="006C6BEF" w:rsidRPr="00D62BDB" w:rsidRDefault="006C6BEF" w:rsidP="002D2CA0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10206"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D62BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="006C6BEF">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00D62BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:instrText>FORMTEXT</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="006C6BEF">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00D62BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="006C6BEF">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00D62BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E51B506" w14:textId="77777777" w:rsidR="006C6BEF" w:rsidRPr="006C6BEF" w:rsidRDefault="006C6BEF" w:rsidP="006C6BEF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Oświadczenie wnioskodawcy</w:t>
       </w:r>
@@ -2104,51 +2373,51 @@
                           <a:headEnd type="none" w="med" len="med"/>
                           <a:tailEnd type="none" w="med" len="med"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="6E05F299" id="Prostokąt 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:288.45pt;margin-top:21.85pt;width:227.65pt;height:22.9pt;z-index:251673600;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAUOCc+dQIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1P3DAQvVfqf7B8L9mNgLIrsmgFpaqE&#10;KBJUnAfH2URyPK7t/eqv77MTWEp7qKruwTv2jMdv3rzJ+cWuN2KjfejYVnJ6NJFCW8V1Z1eV/PZw&#10;/eFMihDJ1mTY6krudZAXi/fvzrdurktu2dTaCySxYb51lWxjdPOiCKrVPYUjdtrC2bDvKWLrV0Xt&#10;aYvsvSnKyeS02LKvnWelQ8Dp1eCUi5y/abSKX5sm6ChMJYEt5tXn9SmtxeKc5itPru3UCIP+AUVP&#10;ncWjL6muKJJY++63VH2nPAdu4pHivuCm6ZTONaCa6eRNNfctOZ1rATnBvdAU/l9adbu5d3ceNGxd&#10;mAeYqYpd4/v0D3xil8nav5Cld1EoHJZns+n0DO1V8JWzyey0TGwWh9vOh/hZcy+SUUmPZmSOaHMT&#10;4hD6HJIes3zdGZMbYqzYVnJ2Up4gPUEWjaEIs3d1JYNdSUFmBb2p6HPGwKar0+2UJ+zDpfFiQ2g5&#10;lFLz9gGYpTAUIhwoJP9GsL9cTXCuKLTD5ewaFOJ5besMrdVUf7K1iHsHOVuIWiasva7xggamZOXI&#10;SJ35m0gwZmwCrrNeR24O7UjWE9f7Oy88DwIOTl13wHqDku7IQ7HQNqYwfsXSGAYgHi0pWvY//nSe&#10;4iEkeFEBJgDMfl+TRz3mi4XEZtPj4zQyeXN88rHExr/2PL322HV/yWB8inl3KpspPppns/HcP2JY&#10;l+lVuMgqvD30cNxcxmEyMe5KL5c5DGPiKN7Ye6dS8sRT6tLD7pG8G5UV0d9bfp4Wmr8R2BA7SGy5&#10;jtx0WX0HXqHatMGIZf2On4M0w6/3Oerw0Vr8BAAA//8DAFBLAwQUAAYACAAAACEA8x169d4AAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KidtE2aNJsKkLhwo5T7NjaJS2yH&#10;2G3Tv8c9leNqnmbeVpvJ9OykRq+dRUhmApiyjZPatgi7z7enFTAfyErqnVUIF+VhU9/fVVRKd7Yf&#10;6rQNLYsl1peE0IUwlJz7plOG/MwNysbs242GQjzHlsuRzrHc9DwVIuOGtI0LHQ3qtVPNz/ZoEIZF&#10;UrwfXnZCNzq/+IS+svDbIz4+TM9rYEFN4QbDVT+qQx2d9u5opWc9wjLPiogiLOY5sCsg5mkKbI+w&#10;KpbA64r/f6H+AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABQ4Jz51AgAA/AQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPMdevXeAAAACgEAAA8A&#10;AAAAAAAAAAAAAAAAzwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADaBQAAAAA=&#10;" filled="f" strokecolor="windowText">
+              <v:rect w14:anchorId="49FD00D4" id="Prostokąt 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:288.45pt;margin-top:21.85pt;width:227.65pt;height:22.9pt;z-index:251673600;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAUOCc+dQIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1P3DAQvVfqf7B8L9mNgLIrsmgFpaqE&#10;KBJUnAfH2URyPK7t/eqv77MTWEp7qKruwTv2jMdv3rzJ+cWuN2KjfejYVnJ6NJFCW8V1Z1eV/PZw&#10;/eFMihDJ1mTY6krudZAXi/fvzrdurktu2dTaCySxYb51lWxjdPOiCKrVPYUjdtrC2bDvKWLrV0Xt&#10;aYvsvSnKyeS02LKvnWelQ8Dp1eCUi5y/abSKX5sm6ChMJYEt5tXn9SmtxeKc5itPru3UCIP+AUVP&#10;ncWjL6muKJJY++63VH2nPAdu4pHivuCm6ZTONaCa6eRNNfctOZ1rATnBvdAU/l9adbu5d3ceNGxd&#10;mAeYqYpd4/v0D3xil8nav5Cld1EoHJZns+n0DO1V8JWzyey0TGwWh9vOh/hZcy+SUUmPZmSOaHMT&#10;4hD6HJIes3zdGZMbYqzYVnJ2Up4gPUEWjaEIs3d1JYNdSUFmBb2p6HPGwKar0+2UJ+zDpfFiQ2g5&#10;lFLz9gGYpTAUIhwoJP9GsL9cTXCuKLTD5ewaFOJ5besMrdVUf7K1iHsHOVuIWiasva7xggamZOXI&#10;SJ35m0gwZmwCrrNeR24O7UjWE9f7Oy88DwIOTl13wHqDku7IQ7HQNqYwfsXSGAYgHi0pWvY//nSe&#10;4iEkeFEBJgDMfl+TRz3mi4XEZtPj4zQyeXN88rHExr/2PL322HV/yWB8inl3KpspPppns/HcP2JY&#10;l+lVuMgqvD30cNxcxmEyMe5KL5c5DGPiKN7Ye6dS8sRT6tLD7pG8G5UV0d9bfp4Wmr8R2BA7SGy5&#10;jtx0WX0HXqHatMGIZf2On4M0w6/3Oerw0Vr8BAAA//8DAFBLAwQUAAYACAAAACEA8x169d4AAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KidtE2aNJsKkLhwo5T7NjaJS2yH&#10;2G3Tv8c9leNqnmbeVpvJ9OykRq+dRUhmApiyjZPatgi7z7enFTAfyErqnVUIF+VhU9/fVVRKd7Yf&#10;6rQNLYsl1peE0IUwlJz7plOG/MwNysbs242GQjzHlsuRzrHc9DwVIuOGtI0LHQ3qtVPNz/ZoEIZF&#10;UrwfXnZCNzq/+IS+svDbIz4+TM9rYEFN4QbDVT+qQx2d9u5opWc9wjLPiogiLOY5sCsg5mkKbI+w&#10;KpbA64r/f6H+AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABQ4Jz51AgAA/AQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPMdevXeAAAACgEAAA8A&#10;AAAAAAAAAAAAAAAAzwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADaBQAAAAA=&#10;" filled="f" strokecolor="windowText">
                 <v:stroke joinstyle="round"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Zobowiązuję się do niezwłocznego usuwania wszelkich uszkodzeń oraz zanieczyszczeń jezdni powstałych wskutek przejazdu wyżej wymieni</w:t>
       </w:r>
       <w:r w:rsidR="000A535B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>onymi</w:t>
       </w:r>
       <w:r w:rsidRPr="006C6BEF">
@@ -2157,97 +2426,87 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> pojaz</w:t>
       </w:r>
       <w:r w:rsidR="000A535B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>dami</w:t>
       </w:r>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65B62A17" w14:textId="77777777" w:rsidR="006C6BEF" w:rsidRPr="006C6BEF" w:rsidRDefault="006C6BEF" w:rsidP="006C6BEF">
-[...1 lines deleted...]
-        <w:ind w:left="3969"/>
+    <w:p w14:paraId="18799B16" w14:textId="3C4FD76E" w:rsidR="006C6BEF" w:rsidRPr="009145FE" w:rsidRDefault="006C6BEF" w:rsidP="00A2560F">
+      <w:pPr>
+        <w:ind w:left="3828"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">podpis wnioskodawcy </w:t>
-[...11 lines deleted...]
-      </w:pPr>
+        <w:t>podpis wnioskodawcy</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0C3F4F98" w14:textId="77777777" w:rsidR="006C6BEF" w:rsidRPr="006C6BEF" w:rsidRDefault="006C6BEF" w:rsidP="006C6BEF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Odbiór zezwolenia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73DD4153" w14:textId="77777777" w:rsidR="006C6BEF" w:rsidRPr="006C6BEF" w:rsidRDefault="006C6BEF" w:rsidP="006C6BEF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Możliwy w następujący sposób:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A1FF575" w14:textId="03DF653E" w:rsidR="006C6BEF" w:rsidRPr="003B225E" w:rsidRDefault="006C6BEF" w:rsidP="003B225E">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
@@ -2326,70 +2585,81 @@
     <w:p w14:paraId="4023635E" w14:textId="6343025B" w:rsidR="00702C16" w:rsidRDefault="006C6BEF" w:rsidP="000A535B">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B225E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>za pośrednictwem systemu e-Doręczeń.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="060A0C92" w14:textId="77777777" w:rsidR="009145FE" w:rsidRDefault="009145FE" w:rsidP="009145FE">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:ind w:left="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="2AB41FB6" w14:textId="77777777" w:rsidR="00737E15" w:rsidRPr="00737E15" w:rsidRDefault="00737E15" w:rsidP="00D862E6">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00737E15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Klauzula Informacyjna </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B31479B" w14:textId="3DE676A4" w:rsidR="00737E15" w:rsidRPr="00737E15" w:rsidRDefault="00737E15" w:rsidP="00D862E6">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00737E15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
@@ -2419,74 +2689,92 @@
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00737E15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Reprezentantem Administratora Danych Osobowych jest Dyrektor Miejskiego Zarządu Dróg i Mostów w Bytomiu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49102625" w14:textId="2AE912FA" w:rsidR="00737E15" w:rsidRPr="00737E15" w:rsidRDefault="00737E15" w:rsidP="00D862E6">
+    <w:p w14:paraId="49102625" w14:textId="1A0C4F50" w:rsidR="00737E15" w:rsidRPr="00737E15" w:rsidRDefault="00737E15" w:rsidP="00D862E6">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00737E15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Dane kontaktowe Inspektora Ochrony Danych: Radosław Schejbal; e-mail: iod@mzdim.bytom.pl</w:t>
+        <w:t>Dane kontaktowe Inspektora Ochrony Danych:</w:t>
+      </w:r>
+      <w:r w:rsidR="009145FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ewelina Wysocka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00737E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>; e-mail: iod@mzdim.bytom.pl</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B943861" w14:textId="4A89DA82" w:rsidR="00737E15" w:rsidRPr="00737E15" w:rsidRDefault="00737E15" w:rsidP="00D862E6">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00737E15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -2911,57 +3199,50 @@
             </w:pPr>
             <w:r w:rsidRPr="00651A67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>………………………………………………………………………………………………………………………………………………</w:t>
             </w:r>
             <w:r w:rsidRPr="00651A67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>………………………………………………………………………………………………………………………………………………</w:t>
             </w:r>
             <w:r w:rsidRPr="00651A67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...5 lines deleted...]
-              </w:rPr>
               <w:t>………………………………………………………………………………………………………………………………………………</w:t>
             </w:r>
             <w:r w:rsidRPr="00651A67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
             </w:r>
             <w:r w:rsidRPr="00651A67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
             </w:r>
             <w:r w:rsidRPr="00651A67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3048,76 +3329,76 @@
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0DB59388" w14:textId="77777777" w:rsidR="000A1F14" w:rsidRPr="000A535B" w:rsidRDefault="000A1F14" w:rsidP="000A1F14">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:ind w:left="644"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="000A1F14" w:rsidRPr="000A535B" w:rsidSect="00D131F2">
+    <w:sectPr w:rsidR="000A1F14" w:rsidRPr="000A535B" w:rsidSect="00D62BDB">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1643" w:right="758" w:bottom="1440" w:left="851" w:header="284" w:footer="632" w:gutter="0"/>
+      <w:pgMar w:top="568" w:right="758" w:bottom="1440" w:left="851" w:header="284" w:footer="632" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3A8CD28D" w14:textId="77777777" w:rsidR="00F71F15" w:rsidRDefault="00F71F15">
+    <w:p w14:paraId="356B3267" w14:textId="77777777" w:rsidR="00555AA6" w:rsidRDefault="00555AA6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1E0256F9" w14:textId="77777777" w:rsidR="00F71F15" w:rsidRDefault="00F71F15">
+    <w:p w14:paraId="088CD091" w14:textId="77777777" w:rsidR="00555AA6" w:rsidRDefault="00555AA6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -3270,51 +3551,51 @@
                         <a:headEnd type="none" w="med" len="med"/>
                         <a:tailEnd type="none" w="med" len="med"/>
                       </a:ln>
                       <a:effectLst/>
                     </wps:spPr>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="41E74DF0" id="Prostokąt 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:287.85pt;margin-top:4.45pt;width:230.2pt;height:22.9pt;z-index:251664896;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAuJ/mjdgIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFOGzEQvVfqP1i+l022hJKIDYqgVJUQ&#10;IEHF2Xjt7Epej2s72aRf32fvQijtoaqagzP2jMdv3rzZs/NdZ9hW+dCSrfj0aMKZspLq1q4r/u3h&#10;6sMpZyEKWwtDVlV8rwI/X75/d9a7hSqpIVMrz5DEhkXvKt7E6BZFEWSjOhGOyCkLpybfiYitXxe1&#10;Fz2yd6YoJ5OToidfO09ShYDTy8HJlzm/1krGW62DisxUHNhiXn1en9JaLM/EYu2Fa1o5whD/gKIT&#10;rcWjL6kuRRRs49vfUnWt9BRIxyNJXUFat1LlGlDNdPKmmvtGOJVrATnBvdAU/l9aebO9d3ceNPQu&#10;LALMVMVO+y79Ax/bZbL2L2SpXWQSh+W8/Hg6+8SZhK+cT+YnZWKzONx2PsQvijqWjIp7NCNzJLbX&#10;IQ6hzyHpMUtXrTG5IcayvuLzWTlDegFZaCMizM7VFQ92zZkwa+hNRp8zBjJtnW6nPGEfLoxnW4GW&#10;Qyk19Q/AzJkRIcKBQvJvBPvL1QTnUoRmuJxdg0I8bWydoTVK1J9tzeLeQc4WouYJa6dqvKCAKVk5&#10;MorW/E0kGDM2AVdZryM3h3Yk64nq/Z1nngYBByevWmC9Rkl3wkOx0DamMN5i0YYAiEaLs4b8jz+d&#10;p3gICV5UgAkAs983wqMe89VCYvPp8XEambw5nn0qsfGvPU+vPXbTXRAYn2Lencxmio/m2dSeukcM&#10;6yq9CpewEm8PPRw3F3GYTIy7VKtVDsOYOBGv7b2TKXniKXXpYfcovBuVFdHfG3qeFrF4I7AhdpDY&#10;ahNJt1l9B16h2rTBiGX9jp+DNMOv9znq8NFa/gQAAP//AwBQSwMEFAAGAAgAAAAhAJNBlSTcAAAA&#10;CQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoHWiTNsSpAIkLN0q5b+MlMcTr&#10;ELtt+ve4p3JcvdHM22o9uV4caAzWs4ZspkAQN95YbjVsP17vliBCRDbYeyYNJwqwrq+vKiyNP/I7&#10;HTaxFamEQ4kauhiHUsrQdOQwzPxAnNiXHx3GdI6tNCMeU7nr5b1SuXRoOS10ONBLR83PZu80DPNs&#10;9fb9vFW2scUpZPiZx99e69ub6ekRRKQpXsJw1k/qUCennd+zCaLXsCgWRYpqWK5AnLl6yDMQu0Tm&#10;Bci6kv8/qP8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEALif5o3YCAAD8BAAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAk0GVJNwAAAAJAQAADwAA&#10;AAAAAAAAAAAAAADQBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANkFAAAAAA==&#10;" filled="f" strokecolor="windowText">
+            <v:rect w14:anchorId="56CD13F3" id="Prostokąt 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:287.85pt;margin-top:4.45pt;width:230.2pt;height:22.9pt;z-index:251664896;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAuJ/mjdgIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFOGzEQvVfqP1i+l022hJKIDYqgVJUQ&#10;IEHF2Xjt7Epej2s72aRf32fvQijtoaqagzP2jMdv3rzZs/NdZ9hW+dCSrfj0aMKZspLq1q4r/u3h&#10;6sMpZyEKWwtDVlV8rwI/X75/d9a7hSqpIVMrz5DEhkXvKt7E6BZFEWSjOhGOyCkLpybfiYitXxe1&#10;Fz2yd6YoJ5OToidfO09ShYDTy8HJlzm/1krGW62DisxUHNhiXn1en9JaLM/EYu2Fa1o5whD/gKIT&#10;rcWjL6kuRRRs49vfUnWt9BRIxyNJXUFat1LlGlDNdPKmmvtGOJVrATnBvdAU/l9aebO9d3ceNPQu&#10;LALMVMVO+y79Ax/bZbL2L2SpXWQSh+W8/Hg6+8SZhK+cT+YnZWKzONx2PsQvijqWjIp7NCNzJLbX&#10;IQ6hzyHpMUtXrTG5IcayvuLzWTlDegFZaCMizM7VFQ92zZkwa+hNRp8zBjJtnW6nPGEfLoxnW4GW&#10;Qyk19Q/AzJkRIcKBQvJvBPvL1QTnUoRmuJxdg0I8bWydoTVK1J9tzeLeQc4WouYJa6dqvKCAKVk5&#10;MorW/E0kGDM2AVdZryM3h3Yk64nq/Z1nngYBByevWmC9Rkl3wkOx0DamMN5i0YYAiEaLs4b8jz+d&#10;p3gICV5UgAkAs983wqMe89VCYvPp8XEambw5nn0qsfGvPU+vPXbTXRAYn2Lencxmio/m2dSeukcM&#10;6yq9CpewEm8PPRw3F3GYTIy7VKtVDsOYOBGv7b2TKXniKXXpYfcovBuVFdHfG3qeFrF4I7AhdpDY&#10;ahNJt1l9B16h2rTBiGX9jp+DNMOv9znq8NFa/gQAAP//AwBQSwMEFAAGAAgAAAAhAJNBlSTcAAAA&#10;CQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoHWiTNsSpAIkLN0q5b+MlMcTr&#10;ELtt+ve4p3JcvdHM22o9uV4caAzWs4ZspkAQN95YbjVsP17vliBCRDbYeyYNJwqwrq+vKiyNP/I7&#10;HTaxFamEQ4kauhiHUsrQdOQwzPxAnNiXHx3GdI6tNCMeU7nr5b1SuXRoOS10ONBLR83PZu80DPNs&#10;9fb9vFW2scUpZPiZx99e69ub6ekRRKQpXsJw1k/qUCennd+zCaLXsCgWRYpqWK5AnLl6yDMQu0Tm&#10;Bci6kv8/qP8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEALif5o3YCAAD8BAAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAk0GVJNwAAAAJAQAADwAA&#10;AAAAAAAAAAAAAADQBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANkFAAAAAA==&#10;" filled="f" strokecolor="windowText">
               <v:stroke joinstyle="round"/>
               <w10:wrap anchorx="margin"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00803FF8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Niniejszym potwierdzam odbiór zaświadczenia</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0BB904D9" w14:textId="77777777" w:rsidR="00737E15" w:rsidRDefault="00737E15" w:rsidP="00737E15">
@@ -3377,58 +3658,58 @@
       <w:tab/>
     </w:r>
     <w:r w:rsidR="006A0909">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Data i podpis wnioskodawcy</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2458A258" w14:textId="77777777" w:rsidR="00F71F15" w:rsidRDefault="00F71F15">
+    <w:p w14:paraId="4A193CDE" w14:textId="77777777" w:rsidR="00555AA6" w:rsidRDefault="00555AA6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="229F2DA1" w14:textId="77777777" w:rsidR="00F71F15" w:rsidRDefault="00F71F15">
+    <w:p w14:paraId="67E63E44" w14:textId="77777777" w:rsidR="00555AA6" w:rsidRDefault="00555AA6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="735755C0" w14:textId="5530F223" w:rsidR="006C6BEF" w:rsidRPr="005E1ED2" w:rsidRDefault="006C6BEF" w:rsidP="00737E15">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2625"/>
       </w:tabs>
       <w:rPr>
         <w:b/>
         <w:sz w:val="10"/>
         <w:szCs w:val="10"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
@@ -3978,51 +4259,51 @@
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00702C16">
       <w:rPr>
         <w:b/>
         <w:sz w:val="44"/>
         <w:szCs w:val="44"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00D131F2">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="333C936C" wp14:editId="35F06AE7">
           <wp:extent cx="1335974" cy="841741"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="35816874" name="Obraz 35816874"/>
+          <wp:docPr id="821879685" name="Obraz 821879685"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                         <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                           <a14:imgLayer r:embed="rId2">
                             <a14:imgEffect>
                               <a14:saturation sat="231000"/>
                             </a14:imgEffect>
                           </a14:imgLayer>
                         </a14:imgProps>
                       </a:ext>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -4410,50 +4691,139 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24CA1102"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1F402828"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28CA14DC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="03E24C90"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4495,51 +4865,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5324" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2C230813"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1F487502"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8280" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="9000" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32B453F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B36814EC"/>
     <w:lvl w:ilvl="0" w:tplc="DFDC788A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -4584,51 +5040,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4964" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3CAA0CBC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7EF6154A"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F6725D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A768D8EE"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -4673,51 +5215,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40182BD5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8C4816AA"/>
     <w:lvl w:ilvl="0" w:tplc="A42E0A54">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -4762,51 +5304,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4FD73F2E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE84B2D2"/>
     <w:lvl w:ilvl="0" w:tplc="C59ED07E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="405" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1125" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -4851,51 +5393,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4725" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5445" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6165" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="533C6621"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="76A4ED34"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -4964,51 +5506,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5696104A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8D186954"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -5053,51 +5595,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D957172"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DD28FF08"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1428" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2148" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5139,51 +5681,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5748" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6468" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7188" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F533F2A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BB52B1FC"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -5228,51 +5770,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68B23C1C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A324334A"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5314,51 +5856,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E5C0DDF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8CA87038"/>
     <w:lvl w:ilvl="0" w:tplc="B46C1F1A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5427,51 +5969,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7BEA1841"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7C5A14F0"/>
     <w:lvl w:ilvl="0" w:tplc="B46C1F1A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5540,51 +6082,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FED748C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E17E2008"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -5654,381 +6196,405 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1796017399">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="144518673">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="217521949">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1134251938">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="855919779">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="769200113">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="654843579">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1214544678">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1954163753">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1941133910">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1214544678">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="11" w16cid:durableId="1992636685">
+    <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1954163753">
+  <w:num w:numId="12" w16cid:durableId="1218473093">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="318970638">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="637615017">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1941133910">
-[...13 lines deleted...]
-  </w:num>
   <w:num w:numId="15" w16cid:durableId="1259630905">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1006514936">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="342631914">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1681274826">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1410618597">
+    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="200"/>
+  <w:zoom w:percent="190"/>
   <w:gutterAtTop/>
   <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008E535F"/>
     <w:rsid w:val="0000634C"/>
+    <w:rsid w:val="00006A2E"/>
     <w:rsid w:val="0001044B"/>
     <w:rsid w:val="00013DC7"/>
     <w:rsid w:val="0002638A"/>
     <w:rsid w:val="00033B7D"/>
     <w:rsid w:val="000713C9"/>
     <w:rsid w:val="00085220"/>
     <w:rsid w:val="000A1F14"/>
     <w:rsid w:val="000A535B"/>
     <w:rsid w:val="000B079C"/>
     <w:rsid w:val="000B0CC9"/>
     <w:rsid w:val="000B3533"/>
     <w:rsid w:val="000C7751"/>
     <w:rsid w:val="000E0AB5"/>
     <w:rsid w:val="00102617"/>
     <w:rsid w:val="00106184"/>
+    <w:rsid w:val="001214BE"/>
     <w:rsid w:val="0014302C"/>
     <w:rsid w:val="001C2A55"/>
     <w:rsid w:val="001E152C"/>
     <w:rsid w:val="001E1D6E"/>
     <w:rsid w:val="002121FA"/>
     <w:rsid w:val="00226365"/>
     <w:rsid w:val="00230505"/>
     <w:rsid w:val="002316E9"/>
     <w:rsid w:val="00235DF4"/>
     <w:rsid w:val="00242D61"/>
     <w:rsid w:val="00251A0F"/>
     <w:rsid w:val="00255DD6"/>
     <w:rsid w:val="00256401"/>
     <w:rsid w:val="0026452B"/>
     <w:rsid w:val="00274F7C"/>
     <w:rsid w:val="002907E6"/>
     <w:rsid w:val="00290EA1"/>
     <w:rsid w:val="002B6196"/>
     <w:rsid w:val="002B6CC0"/>
     <w:rsid w:val="002C26F9"/>
     <w:rsid w:val="002C3C3E"/>
     <w:rsid w:val="002D2CA0"/>
     <w:rsid w:val="002D6CA9"/>
     <w:rsid w:val="002F58F1"/>
     <w:rsid w:val="002F76E4"/>
     <w:rsid w:val="00301609"/>
     <w:rsid w:val="003210D2"/>
     <w:rsid w:val="00327D80"/>
     <w:rsid w:val="003351D2"/>
     <w:rsid w:val="00367E18"/>
     <w:rsid w:val="00373EA1"/>
     <w:rsid w:val="0038109B"/>
     <w:rsid w:val="003844D1"/>
     <w:rsid w:val="00391BFA"/>
+    <w:rsid w:val="003A7529"/>
     <w:rsid w:val="003B0CC2"/>
     <w:rsid w:val="003B11E7"/>
     <w:rsid w:val="003B225E"/>
     <w:rsid w:val="003B4FD6"/>
     <w:rsid w:val="003E30EA"/>
     <w:rsid w:val="003E3C54"/>
+    <w:rsid w:val="004039E2"/>
     <w:rsid w:val="0041035E"/>
     <w:rsid w:val="00421187"/>
     <w:rsid w:val="004455E0"/>
     <w:rsid w:val="00451C68"/>
     <w:rsid w:val="00475D68"/>
     <w:rsid w:val="00476722"/>
     <w:rsid w:val="00496544"/>
     <w:rsid w:val="004C0F28"/>
+    <w:rsid w:val="004F3C2B"/>
+    <w:rsid w:val="00503D3C"/>
     <w:rsid w:val="00507091"/>
     <w:rsid w:val="0050775E"/>
     <w:rsid w:val="005136E9"/>
     <w:rsid w:val="00526880"/>
     <w:rsid w:val="005272AB"/>
     <w:rsid w:val="00536557"/>
     <w:rsid w:val="0054627D"/>
+    <w:rsid w:val="00555AA6"/>
     <w:rsid w:val="005626D9"/>
     <w:rsid w:val="00574EBF"/>
     <w:rsid w:val="00595058"/>
+    <w:rsid w:val="005A1EC7"/>
     <w:rsid w:val="005D059F"/>
     <w:rsid w:val="005E0DDB"/>
     <w:rsid w:val="005E1ED2"/>
     <w:rsid w:val="005F3760"/>
     <w:rsid w:val="00610139"/>
     <w:rsid w:val="00612A00"/>
     <w:rsid w:val="00612C97"/>
     <w:rsid w:val="00615993"/>
     <w:rsid w:val="00621DE7"/>
     <w:rsid w:val="00640E73"/>
     <w:rsid w:val="006416E0"/>
     <w:rsid w:val="00650FA5"/>
     <w:rsid w:val="00651A67"/>
     <w:rsid w:val="006557A7"/>
     <w:rsid w:val="00674BBA"/>
     <w:rsid w:val="006942DB"/>
     <w:rsid w:val="006A0909"/>
     <w:rsid w:val="006C6BEF"/>
     <w:rsid w:val="006D178B"/>
     <w:rsid w:val="006D4384"/>
     <w:rsid w:val="006E1409"/>
     <w:rsid w:val="006F06C3"/>
     <w:rsid w:val="006F31CE"/>
     <w:rsid w:val="00702C16"/>
     <w:rsid w:val="00716C4D"/>
+    <w:rsid w:val="00731558"/>
     <w:rsid w:val="00733AFF"/>
     <w:rsid w:val="00734B0C"/>
     <w:rsid w:val="00737E15"/>
     <w:rsid w:val="007A4D05"/>
     <w:rsid w:val="007F76CA"/>
     <w:rsid w:val="00803FF8"/>
     <w:rsid w:val="00832591"/>
     <w:rsid w:val="00846CC8"/>
     <w:rsid w:val="00847A8B"/>
     <w:rsid w:val="0085245D"/>
     <w:rsid w:val="008744D3"/>
     <w:rsid w:val="00890ADD"/>
     <w:rsid w:val="008A0EE5"/>
     <w:rsid w:val="008A1634"/>
     <w:rsid w:val="008B133D"/>
     <w:rsid w:val="008B2567"/>
     <w:rsid w:val="008B7EDE"/>
     <w:rsid w:val="008C60CE"/>
     <w:rsid w:val="008D40A3"/>
     <w:rsid w:val="008E2741"/>
     <w:rsid w:val="008E535F"/>
+    <w:rsid w:val="009145FE"/>
     <w:rsid w:val="00924B55"/>
     <w:rsid w:val="00930EB6"/>
     <w:rsid w:val="0094182C"/>
     <w:rsid w:val="009602E5"/>
     <w:rsid w:val="00985762"/>
     <w:rsid w:val="00993253"/>
     <w:rsid w:val="009977B6"/>
     <w:rsid w:val="0099784D"/>
     <w:rsid w:val="009A20FA"/>
     <w:rsid w:val="009E5596"/>
     <w:rsid w:val="009F4C06"/>
     <w:rsid w:val="009F7555"/>
+    <w:rsid w:val="00A2560F"/>
     <w:rsid w:val="00A30538"/>
     <w:rsid w:val="00A3571A"/>
     <w:rsid w:val="00A55A06"/>
     <w:rsid w:val="00A57DB3"/>
     <w:rsid w:val="00A70CB6"/>
     <w:rsid w:val="00A849C0"/>
     <w:rsid w:val="00A901AB"/>
     <w:rsid w:val="00AA5B1C"/>
     <w:rsid w:val="00AC4854"/>
     <w:rsid w:val="00AD31B1"/>
     <w:rsid w:val="00AD34C0"/>
     <w:rsid w:val="00AE37B0"/>
     <w:rsid w:val="00AE58B9"/>
     <w:rsid w:val="00AE66D5"/>
     <w:rsid w:val="00AF24DD"/>
     <w:rsid w:val="00AF29F2"/>
     <w:rsid w:val="00B01628"/>
     <w:rsid w:val="00B60F1F"/>
+    <w:rsid w:val="00B96C78"/>
     <w:rsid w:val="00BA71E2"/>
     <w:rsid w:val="00BC48CA"/>
     <w:rsid w:val="00BE1CE8"/>
     <w:rsid w:val="00BE2900"/>
     <w:rsid w:val="00BF5A0D"/>
     <w:rsid w:val="00C04F8C"/>
     <w:rsid w:val="00C2280A"/>
     <w:rsid w:val="00C350FA"/>
     <w:rsid w:val="00C36442"/>
     <w:rsid w:val="00C45C67"/>
     <w:rsid w:val="00C64726"/>
     <w:rsid w:val="00C65155"/>
     <w:rsid w:val="00C76874"/>
     <w:rsid w:val="00C972AC"/>
     <w:rsid w:val="00CA35F1"/>
     <w:rsid w:val="00CB3065"/>
     <w:rsid w:val="00CB6AC7"/>
     <w:rsid w:val="00CB7E12"/>
     <w:rsid w:val="00CD2AA9"/>
+    <w:rsid w:val="00CD4273"/>
     <w:rsid w:val="00CD428C"/>
     <w:rsid w:val="00CD71BA"/>
     <w:rsid w:val="00CE0C8C"/>
     <w:rsid w:val="00CE3645"/>
     <w:rsid w:val="00CE478C"/>
     <w:rsid w:val="00CE72FC"/>
     <w:rsid w:val="00D03B69"/>
     <w:rsid w:val="00D10259"/>
     <w:rsid w:val="00D131F2"/>
     <w:rsid w:val="00D21F72"/>
     <w:rsid w:val="00D43291"/>
     <w:rsid w:val="00D45338"/>
     <w:rsid w:val="00D566C8"/>
+    <w:rsid w:val="00D62BDB"/>
     <w:rsid w:val="00D862E6"/>
     <w:rsid w:val="00D9509E"/>
     <w:rsid w:val="00D955B1"/>
     <w:rsid w:val="00D95D5D"/>
     <w:rsid w:val="00DA43AA"/>
     <w:rsid w:val="00DA7990"/>
     <w:rsid w:val="00DB5426"/>
     <w:rsid w:val="00DC2733"/>
     <w:rsid w:val="00DF5889"/>
     <w:rsid w:val="00E375B2"/>
     <w:rsid w:val="00E67709"/>
     <w:rsid w:val="00E75128"/>
     <w:rsid w:val="00E82C4A"/>
     <w:rsid w:val="00E84BE5"/>
     <w:rsid w:val="00E87BE6"/>
     <w:rsid w:val="00EA0883"/>
     <w:rsid w:val="00EA4B8F"/>
     <w:rsid w:val="00EB3221"/>
     <w:rsid w:val="00EB468C"/>
     <w:rsid w:val="00EB49A7"/>
     <w:rsid w:val="00ED75E8"/>
     <w:rsid w:val="00EE2814"/>
     <w:rsid w:val="00EE4DFB"/>
     <w:rsid w:val="00EF35CF"/>
     <w:rsid w:val="00EF38BA"/>
     <w:rsid w:val="00F46E8C"/>
     <w:rsid w:val="00F617FA"/>
     <w:rsid w:val="00F62CC8"/>
     <w:rsid w:val="00F64676"/>
     <w:rsid w:val="00F71F15"/>
     <w:rsid w:val="00F7613A"/>
     <w:rsid w:val="00F81490"/>
+    <w:rsid w:val="00F92716"/>
     <w:rsid w:val="00FC1B5A"/>
     <w:rsid w:val="00FC6EEE"/>
     <w:rsid w:val="00FD5FE2"/>
     <w:rsid w:val="00FD65E2"/>
     <w:rsid w:val="00FE5D9E"/>
     <w:rsid w:val="00FE7D8E"/>
     <w:rsid w:val="00FF51DE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0787FE3C"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{93E387D7-6255-4648-BAE5-409A5C14BFD2}"/>
+  <w15:docId w15:val="{0CFD8403-62D9-42E8-880B-A07CDD6E9D61}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8193,75 +8759,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BED92CC7-0EF4-43B6-A54F-2FEF965C83C4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>737</Words>
-  <Characters>4426</Characters>
+  <Words>765</Words>
+  <Characters>4595</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>36</Lines>
+  <Lines>38</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Miejski Zarząd Dróg i Mostów</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5153</CharactersWithSpaces>
+  <CharactersWithSpaces>5350</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>7012409</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.mzdim.bytom.pl/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>