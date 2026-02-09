--- v0 (2025-11-09)
+++ v1 (2026-02-09)
@@ -226,108 +226,108 @@
         </w:rPr>
         <w:t xml:space="preserve">Wnioskodawca: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03D4B9F3" w14:textId="77777777" w:rsidR="006C6BEF" w:rsidRPr="006C6BEF" w:rsidRDefault="006C6BEF" w:rsidP="006C6BEF">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="12823D34" wp14:editId="2972BE4C">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="12823D34" wp14:editId="02FAD1E7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1310640</wp:posOffset>
+                  <wp:posOffset>2107448</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>222885</wp:posOffset>
+                  <wp:posOffset>222577</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="5149250" cy="220176"/>
-                <wp:effectExtent l="0" t="0" r="13335" b="27940"/>
+                <wp:extent cx="4352621" cy="220176"/>
+                <wp:effectExtent l="0" t="0" r="10160" b="27940"/>
                 <wp:wrapNone/>
                 <wp:docPr id="536432074" name="Prostokąt 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="5149250" cy="220176"/>
+                          <a:ext cx="4352621" cy="220176"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                           <a:solidFill>
                             <a:sysClr val="windowText" lastClr="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:round/>
                           <a:headEnd type="none" w="med" len="med"/>
                           <a:tailEnd type="none" w="med" len="med"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="546DC422" id="Prostokąt 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:103.2pt;margin-top:17.55pt;width:405.45pt;height:17.35pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCUJX0JdAIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFOGzEQvVfqP1i+l02iBErEBkVQqkoI&#10;kKDiPHi92ZW8Htd2skm/vs/eQID2UFXNwRl7xuM3b97s2fm2M2KjfWjZlnJ8NJJCW8VVa1el/P5w&#10;9emzFCGSrciw1aXc6SDPFx8/nPVurifcsKm0F0hiw7x3pWxidPOiCKrRHYUjdtrCWbPvKGLrV0Xl&#10;qUf2zhST0ei46NlXzrPSIeD0cnDKRc5f11rF27oOOgpTSmCLefV5fUprsTij+cqTa1q1h0H/gKKj&#10;1uLRl1SXFEmsfftbqq5VngPX8UhxV3Bdt0rnGlDNePSumvuGnM61gJzgXmgK/y+tutncuzsPGnoX&#10;5gFmqmJb+y79A5/YZrJ2L2TpbRQKh7Px9HQyA6cKvgnQnxwnNovDbedD/Kq5E8kopUczMke0uQ5x&#10;CH0OSY9ZvmqNyQ0xVvSlPJ1NZkhPkEVtKMLsXFXKYFdSkFlBbyr6nDGwaat0O+UJu3BhvNgQWg6l&#10;VNw/ALMUhkKEA4Xk3x7sm6sJziWFZricXYNCPK9tlaE1mqovthJx5yBnC1HLhLXTFV7QwJSsHBmp&#10;NX8TCcaMTcB11uuem0M7kvXE1e7OC8+DgINTVy2wXqOkO/JQLPqAKYy3WGrDAMR7S4qG/c8/nad4&#10;CAleVIAJALM/1uRRj/lmIbHT8XSaRiZvprOTCTb+tefptceuuwsG42PMu1PZTPHRPJu15+4Rw7pM&#10;r8JFVuHtoYf7zUUcJhPjrvRymcMwJo7itb13KiVPPKUuPWwfybu9siL6e8PP00LzdwIbYgeJLdeR&#10;6zar78ArVJs2GLGs3/3nIM3w632OOny0Fr8AAAD//wMAUEsDBBQABgAIAAAAIQB6CROK3gAAAAoB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqO0+0jbEqQCJDbuWsp/GJjHY4xC7&#10;bfr3uCtYju7RvWeqzegdO5kh2kAK5EQAM9QEbalVsH9/fVgBiwlJowtkFFxMhE19e1NhqcOZtua0&#10;Sy3LJRRLVNCl1Jecx6YzHuMk9IZy9hkGjymfQ8v1gOdc7h2fClFwj5byQoe9eelM8707egX9XK7f&#10;vp73wjZ2eYkSP4r045S6vxufHoElM6Y/GK76WR3q7HQIR9KROQVTUcwzqmC2kMCugJDLGbCDgmK9&#10;Al5X/P8L9S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAlCV9CXQCAAD8BAAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAegkTit4AAAAKAQAADwAA&#10;AAAAAAAAAAAAAADOBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANkFAAAAAA==&#10;" filled="f" strokecolor="windowText">
+              <v:rect w14:anchorId="21D1B9FF" id="Prostokąt 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:165.95pt;margin-top:17.55pt;width:342.75pt;height:17.35pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC0x/JYdAIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFOGzEQvVfqP1i+l022CZSIDYqgVJUQ&#10;IEHF2dje7Epej2s72aRf32fvQijtoaqagzP2jMdv3rzZs/NdZ9hW+9CSrfj0aMKZtpJUa9cV//Zw&#10;9eETZyEKq4Qhqyu+14GfL9+/O+vdQpfUkFHaMySxYdG7ijcxukVRBNnoToQjctrCWZPvRMTWrwvl&#10;RY/snSnKyeS46Mkr50nqEHB6OTj5Muevay3jbV0HHZmpOLDFvPq8PqW1WJ6JxdoL17RyhCH+AUUn&#10;WotHX1JdiijYxre/pepa6SlQHY8kdQXVdSt1rgHVTCdvqrlvhNO5FpAT3AtN4f+llTfbe3fnQUPv&#10;wiLATFXsat+lf+Bju0zW/oUsvYtM4nD2cV4el1POJHwl0J8cJzaLw23nQ/yiqWPJqLhHMzJHYnsd&#10;4hD6HJIes3TVGpMbYizrK346L+dILyCL2ogIs3Oq4sGuORNmDb3J6HPGQKZV6XbKE/bhwni2FWg5&#10;lKKofwBmzowIEQ4Ukn8j2F+uJjiXIjTD5ewaFOJpY1WG1mihPlvF4t5Bzhai5glrpxVe0MCUrBwZ&#10;RWv+JhKMGZuA66zXkZtDO5L1RGp/55mnQcDByasWWK9R0p3wUCy0jSmMt1hqQwBEo8VZQ/7Hn85T&#10;PIQELyrABIDZ7xvhUY/5aiGx0+lslkYmb2bzkxIb/9rz9NpjN90FgXEIAuiymeKjeTZrT90jhnWV&#10;XoVLWIm3hx6Om4s4TCbGXerVKodhTJyI1/beyZQ88ZS69LB7FN6Nyoro7w09T4tYvBHYEDtIbLWJ&#10;VLdZfQdeodq0wYhl/Y6fgzTDr/c56vDRWv4EAAD//wMAUEsDBBQABgAIAAAAIQAvqEom3QAAAAoB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqG1a0ibEqQCJDTtK2U/jITH4EWK3&#10;Tf8ed1V2M5qjO+fW68lZdqAxmuAVyJkARr4N2vhOwfbj9W4FLCb0Gm3wpOBEEdbN9VWNlQ5H/06H&#10;TepYDvGxQgV9SkPFeWx7chhnYSCfb19hdJjyOnZcj3jM4c7yeyEK7tD4/KHHgV56an82e6dgWMjy&#10;7ft5K0xrlqco8bNIv1ap25vp6RFYoildYDjrZ3VostMu7L2OzCqYz2WZ0Tw8SGBnQMjlAthOQVGu&#10;gDc1/1+h+QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC0x/JYdAIAAPwEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAvqEom3QAAAAoBAAAPAAAA&#10;AAAAAAAAAAAAAM4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2AUAAAAA&#10;" filled="f" strokecolor="windowText">
                 <v:stroke joinstyle="round"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Imię i nazwisko: </w:t>
       </w:r>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="006C6BEF">
@@ -336,51 +336,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:instrText>FORMTEXT</w:instrText>
       </w:r>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12EE4412" w14:textId="77777777" w:rsidR="006C6BEF" w:rsidRPr="006C6BEF" w:rsidRDefault="006C6BEF" w:rsidP="006C6BEF">
+    <w:p w14:paraId="12EE4412" w14:textId="1A72EEDF" w:rsidR="006C6BEF" w:rsidRPr="006C6BEF" w:rsidRDefault="006C6BEF" w:rsidP="006C6BEF">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31FB2B3F" wp14:editId="0BB6EE3A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1318299</wp:posOffset>
                 </wp:positionH>
@@ -428,51 +428,69 @@
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="37D6A280" id="Prostokąt 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:103.8pt;margin-top:16.65pt;width:404.9pt;height:17.35pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQADYf/TdAIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFOGzEQvVfqP1i+l02iBErEBkVQqkoI&#10;kKDiPHi92ZW8Htd2skm/vs/eQID2UFXNwRl7xuM3b97s2fm2M2KjfWjZlnJ8NJJCW8VVa1el/P5w&#10;9emzFCGSrciw1aXc6SDPFx8/nPVurifcsKm0F0hiw7x3pWxidPOiCKrRHYUjdtrCWbPvKGLrV0Xl&#10;qUf2zhST0ei46NlXzrPSIeD0cnDKRc5f11rF27oOOgpTSmCLefV5fUprsTij+cqTa1q1h0H/gKKj&#10;1uLRl1SXFEmsfftbqq5VngPX8UhxV3Bdt0rnGlDNePSumvuGnM61gJzgXmgK/y+tutncuzsPGnoX&#10;5gFmqmJb+y79A5/YZrJ2L2TpbRQKh7PxdDKdTaVQ8E2A/uQ4sVkcbjsf4lfNnUhGKT2akTmizXWI&#10;Q+hzSHrM8lVrTG6IsaIv5elsMkN6gixqQxFm56pSBruSgswKelPR54yBTVul2ylP2IUL48WG0HIo&#10;peL+AZilMBQiHCgk//Zg31xNcC4pNMPl7BoU4nltqwyt0VR9sZWIOwc5W4haJqydrvCCBqZk5chI&#10;rfmbSDBmbAKus1733BzakawnrnZ3XngeBBycumqB9Rol3ZGHYqFtTGG8xVIbBiDeW1I07H/+6TzF&#10;Q0jwogJMAJj9sSaPesw3C4mdjqfTNDJ5M52dTLDxrz1Prz123V0wGB9j3p3KZoqP5tmsPXePGNZl&#10;ehUusgpvDz3cby7iMJkYd6WXyxyGMXEUr+29Uyl54il16WH7SN7tlRXR3xt+nhaavxPYEDtIbLmO&#10;XLdZfQdeodq0wYhl/e4/B2mGX+9z1OGjtfgFAAD//wMAUEsDBBQABgAIAAAAIQDEjNWW3QAAAAoB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJ2mSkrIpgIkLtwo5e7GS2KI1yF2&#10;2/TvcU9wXM3TzNt6M7tBHGkK1jNCtlAgiFtvLHcIu/eXuzWIEDUbPXgmhDMF2DTXV7WujD/xGx23&#10;sROphEOlEfoYx0rK0PbkdFj4kThln35yOqZz6qSZ9CmVu0EulSqk05bTQq9Heu6p/d4eHMK4yu5f&#10;v552yra2PIdMfxTxZ0C8vZkfH0BEmuMfDBf9pA5Nctr7A5sgBoSlKouEIuR5DuICqKxcgdgjFGsF&#10;sqnl/xeaXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQADYf/TdAIAAPwEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDEjNWW3QAAAAoBAAAPAAAA&#10;AAAAAAAAAAAAAM4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2AUAAAAA&#10;" filled="f" strokecolor="windowText">
                 <v:stroke joinstyle="round"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Adres zameldowania: </w:t>
+        <w:t>Adres zameldowania</w:t>
+      </w:r>
+      <w:r w:rsidR="0087128D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>/zamieszkania</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6BEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:instrText>FORMTEXT</w:instrText>
       </w:r>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
@@ -642,126 +660,93 @@
     </w:p>
     <w:p w14:paraId="30735F1F" w14:textId="2CF545E8" w:rsidR="005A5B87" w:rsidRPr="005A5B87" w:rsidRDefault="005A5B87" w:rsidP="005A5B87">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A5B87">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>WNIOSEK O WYDANIE ZAŚWIADCZENIA DŁUGOTERMINOWEGO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C9434FC" w14:textId="77777777" w:rsidR="005A5B87" w:rsidRDefault="005A5B87" w:rsidP="005A5B87">
+    <w:p w14:paraId="1C9434FC" w14:textId="77777777" w:rsidR="005A5B87" w:rsidRPr="0011447C" w:rsidRDefault="005A5B87" w:rsidP="005A5B87">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="005A5B87">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011447C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uprawniającego do wjazdu w ulicę objętą zakazem ruchu (znak B-1) w celu dojazdu do podwórza lub wyznaczonego miejsca postojowego </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6667A02D" w14:textId="0E16D273" w:rsidR="005A5B87" w:rsidRPr="0011447C" w:rsidRDefault="005A5B87" w:rsidP="00A84522">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005A5B87">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011447C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...35 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>(zaświadczenie nie zwalnia z zakazu postoju oznaczonego znakiem B-39)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="644FE935" w14:textId="77777777" w:rsidR="00A84522" w:rsidRPr="00A84522" w:rsidRDefault="00A84522" w:rsidP="00A84522">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B2EE139" w14:textId="5887A23B" w:rsidR="000F6EA2" w:rsidRPr="00330C67" w:rsidRDefault="000F6EA2" w:rsidP="005A5B87">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -778,432 +763,450 @@
         <w:t>Zwracam się z prośbą o wydanie zaświadczenia umożliwiającego wjazd na ulicę oznaczoną znakiem B-1, pod którym umieszczona jest tabliczka informująca o dopuszczeniu wjazdu dla posiadaczy zaświadczeń.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1345E281" w14:textId="549FAEF8" w:rsidR="000F6EA2" w:rsidRPr="00330C67" w:rsidRDefault="000F6EA2" w:rsidP="000F6EA2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00330C67">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Wniosek mogą składać:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="110C599B" w14:textId="0D083CC9" w:rsidR="000F6EA2" w:rsidRPr="00330C67" w:rsidRDefault="000F6EA2" w:rsidP="000F6EA2">
+    <w:p w14:paraId="110C599B" w14:textId="0D083CC9" w:rsidR="000F6EA2" w:rsidRPr="00C855E9" w:rsidRDefault="000F6EA2" w:rsidP="000F6EA2">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-[...8 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C855E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>osoby zameldowane pod wskazanym adresem (na pobyt stały lub czasowy),</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33CCEAB1" w14:textId="10109296" w:rsidR="000F6EA2" w:rsidRPr="00330C67" w:rsidRDefault="000F6EA2" w:rsidP="000F6EA2">
+    <w:p w14:paraId="33CCEAB1" w14:textId="10109296" w:rsidR="000F6EA2" w:rsidRPr="00C855E9" w:rsidRDefault="000F6EA2" w:rsidP="000F6EA2">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-[...8 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C855E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>najemcy lokali mieszkalnych,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B349186" w14:textId="66D4345F" w:rsidR="000F6EA2" w:rsidRPr="00330C67" w:rsidRDefault="000F6EA2" w:rsidP="00B24CEB">
+    <w:p w14:paraId="5B349186" w14:textId="66D4345F" w:rsidR="000F6EA2" w:rsidRPr="00C855E9" w:rsidRDefault="000F6EA2" w:rsidP="00B24CEB">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-[...8 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C855E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>właściciele nieruchomości/lokali (na podstawie aktu notarialnego),</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C8E859A" w14:textId="20324626" w:rsidR="000F6EA2" w:rsidRPr="00330C67" w:rsidRDefault="000F6EA2" w:rsidP="00B24CEB">
+    <w:p w14:paraId="7C8E859A" w14:textId="20324626" w:rsidR="000F6EA2" w:rsidRPr="00C855E9" w:rsidRDefault="000F6EA2" w:rsidP="00B24CEB">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-[...8 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C855E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>dzierżawcy lokali usługowych.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1161C7BD" w14:textId="0D15A758" w:rsidR="006C6BEF" w:rsidRPr="006C6BEF" w:rsidRDefault="006C6BEF" w:rsidP="006C6BEF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10206"/>
         </w:tabs>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1989E867" wp14:editId="2574493F">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1989E867" wp14:editId="2C5B9F0E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1361566</wp:posOffset>
+                  <wp:posOffset>1641833</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>194183</wp:posOffset>
+                  <wp:posOffset>196749</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="5085791" cy="219710"/>
-                <wp:effectExtent l="0" t="0" r="19685" b="27940"/>
+                <wp:extent cx="4805225" cy="219710"/>
+                <wp:effectExtent l="0" t="0" r="14605" b="27940"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1326601680" name="Prostokąt 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="5085791" cy="219710"/>
+                          <a:ext cx="4805225" cy="219710"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                           <a:solidFill>
                             <a:sysClr val="windowText" lastClr="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:round/>
                           <a:headEnd type="none" w="med" len="med"/>
                           <a:tailEnd type="none" w="med" len="med"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="0B66DDC5" id="Prostokąt 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:107.2pt;margin-top:15.3pt;width:400.45pt;height:17.3pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDtWkjidwIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFPGzEMfp+0/xDlfVxb0UErrqiCMU1C&#10;gAQTzyaX652Ui7Mk7bX79fuSKxTYHqZpfUjt2LE/25/v7HzbGbHRPrRsSzk+GkmhreKqtatSfn+4&#10;+nQqRYhkKzJsdSl3OsjzxccPZ72b6wk3bCrtBYLYMO9dKZsY3bwogmp0R+GInbYw1uw7ilD9qqg8&#10;9YjemWIyGn0uevaV86x0CLi9HIxykePXtVbxtq6DjsKUEthiPn0+n9JZLM5ovvLkmlbtYdA/oOio&#10;tUj6EuqSIom1b38L1bXKc+A6HinuCq7rVulcA6oZj95Vc9+Q07kWNCe4lzaF/xdW3Wzu3Z1HG3oX&#10;5gFiqmJb+y79A5/Y5mbtXpqlt1EoXE5Hp9OT2VgKBdtkPDsZ524Wh9fOh/hVcyeSUEqPYeQe0eY6&#10;RGSE67NLSmb5qjUmD8RY0ZdyNp1MEZ5Ai9pQhNi5qpTBrqQgswLfVPQ5YmDTVul1ihN24cJ4sSGM&#10;HEypuH8AZikMhQgDCsm/NHogePM0wbmk0AyPs2lgiOe1rTK0RlP1xVYi7hzobEFqmbB2ukIGDUxJ&#10;yp6RWvM3ngBhbAKuM1/3vTmMI0lPXO3uvPA8EDg4ddUC6zVKuiMPxoLb2MJ4i6M2DEC8l6Ro2P/8&#10;033yB5FgRQXYAHT2x5o86jHfLCg2Gx8fp5XJyvH0ZALFv7Y8vbbYdXfB6DgIAXRZTP7RPIu15+4R&#10;y7pMWWEiq5B7mOFeuYjDZmLdlV4usxvWxFG8tvdOpeCpT2lKD9tH8m7PrIj53vDzttD8HcEG34Fi&#10;y3Xkus3sO/QVREgKVixTYv85SDv8Ws9eh4/W4hcAAAD//wMAUEsDBBQABgAIAAAAIQDqgLtT3QAA&#10;AAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqO00DRDiVIDEhRul3N14SQz2&#10;OsRum/497gmOq3maedusZ+/YAadoAymQCwEMqQvGUq9g+/5ycwcsJk1Gu0Co4IQR1u3lRaNrE470&#10;hodN6lkuoVhrBUNKY8157Ab0Oi7CiJSzzzB5nfI59dxM+pjLveOFEBX32lJeGPSIzwN235u9VzCW&#10;8v7162krbGdvT1Hqjyr9OKWur+bHB2AJ5/QHw1k/q0ObnXZhTyYyp6CQZZlRBUtRATsDQq6WwHYK&#10;qlUBvG34/xfaXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDtWkjidwIAAPwEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDqgLtT3QAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAANEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2wUAAAAA&#10;" filled="f" strokecolor="windowText">
+              <v:rect w14:anchorId="3A484F69" id="Prostokąt 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:129.3pt;margin-top:15.5pt;width:378.35pt;height:17.3pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC9G2CmdgIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFPGzEMfp+0/xDlfVxbtQMqrqiCMU1C&#10;gAQTzyaX652Ui7Mk7bX79fuSKxTYHqZpfUjt2LE/25/v7HzbGbHRPrRsSzk+GkmhreKqtatSfn+4&#10;+nQiRYhkKzJsdSl3OsjzxccPZ72b6wk3bCrtBYLYMO9dKZsY3bwogmp0R+GInbYw1uw7ilD9qqg8&#10;9YjemWIyGn0uevaV86x0CLi9HIxykePXtVbxtq6DjsKUEthiPn0+n9JZLM5ovvLkmlbtYdA/oOio&#10;tUj6EuqSIom1b38L1bXKc+A6HinuCq7rVulcA6oZj95Vc9+Q07kWNCe4lzaF/xdW3Wzu3Z1HG3oX&#10;5gFiqmJb+y79A5/Y5mbtXpqlt1EoXE5PRrPJZCaFgm0yPj0e524Wh9fOh/hVcyeSUEqPYeQe0eY6&#10;RGSE67NLSmb5qjUmD8RY0ZfydJbDE2hRG4rI1LmqlMGupCCzAt9U9DliYNNW6XWKE3bhwnixIYwc&#10;TKm4fwBmKQyFCAMKyb80eiB48zTBuaTQDI+zaWCI57WtMrRGU/XFViLuHOhsQWqZsHa6QgYNTEnK&#10;npFa8zeeAGFsAq4zX/e9OYwjSU9c7e688DwQODh11QLrNUq6Iw/GgtvYwniLozYMQLyXpGjY//zT&#10;ffIHkWBFBdgAdPbHmjzqMd8sKHY6nk7TymRlOjueQPGvLU+vLXbdXTA6Psa+O5XF5B/Ns1h77h6x&#10;rMuUFSayCrmHGe6VizhsJtZd6eUyu2FNHMVre+9UCp76lKb0sH0k7/bMipjvDT9vC83fEWzwHSi2&#10;XEeu28y+Q19BhKRgxTIl9p+DtMOv9ex1+GgtfgEAAP//AwBQSwMEFAAGAAgAAAAhADHLqA3dAAAA&#10;CgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo7ZaYNmRTARIXbpRyd+NtYojt&#10;ELtt+ve4Jziu9mnmTbWeXM+ONEYbPIKcCWDkm2CsbxG2H693S2AxaW90HzwhnCnCur6+qnRpwsm/&#10;03GTWpZDfCw1QpfSUHIem46cjrMwkM+/fRidTvkcW25GfcrhrudzIRR32vrc0OmBXjpqvjcHhzDc&#10;y9Xb1/NW2MY+nKPUnyr99Ii3N9PTI7BEU/qD4aKf1aHOTrtw8CayHmFeLFVGERYyb7oAQhYLYDsE&#10;VSjgdcX/T6h/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL0bYKZ2AgAA/AQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADHLqA3dAAAACgEAAA8A&#10;AAAAAAAAAAAAAAAA0AQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADaBQAAAAA=&#10;" filled="f" strokecolor="windowText">
                 <v:stroke joinstyle="round"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Dane niezbędne do wydania zezwolenia:</w:t>
       </w:r>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F3849CA" w14:textId="48A1B683" w:rsidR="006C6BEF" w:rsidRPr="006C6BEF" w:rsidRDefault="006C6BEF" w:rsidP="000F6EA2">
+    <w:p w14:paraId="6F3849CA" w14:textId="1DCFCBB1" w:rsidR="006C6BEF" w:rsidRPr="006C6BEF" w:rsidRDefault="006C6BEF" w:rsidP="000F6EA2">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidR="000F6EA2" w:rsidRPr="00330C67">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Ulica i numer budynku:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006C6BEF">
+        <w:t>Uli</w:t>
+      </w:r>
+      <w:r w:rsidR="00216F33">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006C6BEF">
+        <w:t xml:space="preserve">ca objęta zakazem ruchu </w:t>
+      </w:r>
+      <w:r w:rsidR="000F6EA2" w:rsidRPr="00330C67">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:instrText>FORMTEXT</w:instrText>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="separate"/>
+        <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:instrText>FORMTEXT</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006C6BEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="006C6BEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D73CA0F" w14:textId="719D1E5C" w:rsidR="006C6BEF" w:rsidRPr="006C6BEF" w:rsidRDefault="00233676" w:rsidP="000F6EA2">
+    <w:p w14:paraId="1435B5D1" w14:textId="7B3CAC69" w:rsidR="00216F33" w:rsidRDefault="00C855E9" w:rsidP="000F6EA2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="00BE470E" wp14:editId="5BE708AB">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7A83991D" wp14:editId="2D1366E5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>2378380</wp:posOffset>
+                  <wp:posOffset>1013460</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>276987</wp:posOffset>
+                  <wp:posOffset>254526</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="4059936" cy="219710"/>
-                <wp:effectExtent l="0" t="0" r="17145" b="27940"/>
+                <wp:extent cx="5432343" cy="219710"/>
+                <wp:effectExtent l="0" t="0" r="16510" b="27940"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1880418008" name="Prostokąt 1"/>
+                <wp:docPr id="1770225353" name="Prostokąt 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="4059936" cy="219710"/>
+                          <a:ext cx="5432343" cy="219710"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                           <a:solidFill>
                             <a:sysClr val="windowText" lastClr="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:round/>
                           <a:headEnd type="none" w="med" len="med"/>
                           <a:tailEnd type="none" w="med" len="med"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="0B57C951" id="Prostokąt 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:187.25pt;margin-top:21.8pt;width:319.7pt;height:17.3pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7sR8KeAIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51kSbsEdYqgXYcB&#10;RRugHXpmZTk2IIuapHzt1+9JTpuu22EYloNCihT5SD76/GLXGbHRPrRsSzk8GUihreKqtatSfnu4&#10;/vBJihDJVmTY6lLudZAX8/fvzrdupkfcsKm0Fwhiw2zrStnE6GZFEVSjOwon7LSFsWbfUYTqV0Xl&#10;aYvonSlGg8FpsWVfOc9Kh4Dbq94o5zl+XWsV7+o66ChMKYEt5tPn8ymdxfycZitPrmnVAQb9A4qO&#10;WoukL6GuKJJY+/a3UF2rPAeu44niruC6bpXONaCa4eBNNfcNOZ1rQXOCe2lT+H9h1e3m3i092rB1&#10;YRYgpip2te/SP/CJXW7W/qVZeheFwuV4MJlOP55KoWAbDadnw9zN4vja+RC/aO5EEkrpMYzcI9rc&#10;hIiMcH12ScksX7fG5IEYK7alnE5GE4Qn0KI2FCF2riplsCspyKzANxV9jhjYtFV6neKEfbg0XmwI&#10;IwdTKt4+ALMUhkKEAYXkXxo9EPzyNMG5otD0j7OpZ4jnta0ytEZT9dlWIu4d6GxBapmwdrpCBg1M&#10;ScqekVrzN54AYWwCrjNfD705jiNJT1ztl1547gkcnLpugfUGJS3Jg7HgNrYw3uGoDQMQHyQpGvY/&#10;/nSf/EEkWFEBNgCd/b4mj3rMVwuKTYfjcVqZrIwnZyMo/rXl6bXFrrtLRseH2Henspj8o3kWa8/d&#10;I5Z1kbLCRFYhdz/Dg3IZ+83Euiu9WGQ3rImjeGPvnUrBU5/SlB52j+TdgVkR873l522h2RuC9b49&#10;xRbryHWb2XfsK4iQFKxYpsThc5B2+LWevY4frflPAAAA//8DAFBLAwQUAAYACAAAACEAaSZwLd4A&#10;AAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7KidJiRtiFMBEht2lLKfxkNi&#10;8CPEbpv+Pe4KlqN7dO+ZZjNbw440Be2dhGwhgJHrvNKul7B7f7lbAQsRnULjHUk4U4BNe33VYK38&#10;yb3RcRt7lkpcqFHCEONYcx66gSyGhR/JpezTTxZjOqeeqwlPqdwavhSi5Ba1SwsDjvQ8UPe9PVgJ&#10;Y5GtX7+edkJ3ujqHDD/K+GOkvL2ZHx+ARZrjHwwX/aQObXLa+4NTgRkJeVXcJ1RCkZfALoDI8jWw&#10;vYRqtQTeNvz/C+0vAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALuxHwp4AgAA/AQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGkmcC3eAAAACgEA&#10;AA8AAAAAAAAAAAAAAAAA0gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADdBQAAAAA=&#10;" filled="f" strokecolor="windowText">
+              <v:rect w14:anchorId="5BFB9779" id="Prostokąt 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:79.8pt;margin-top:20.05pt;width:427.75pt;height:17.3pt;z-index:251677696;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBpJMJZeAIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFPGzEMfp+0/xDlfVxb2jEqrqiCMU1C&#10;gAQTzyaX652Ui7Mk7bX79fuSK5SxPUzT+pDasWN/tj/f2fm2M2KjfWjZlnJ8NJJCW8VVa1el/PZw&#10;9eGTFCGSrciw1aXc6SDPF+/fnfVurifcsKm0Fwhiw7x3pWxidPOiCKrRHYUjdtrCWLPvKEL1q6Ly&#10;1CN6Z4rJaPSx6NlXzrPSIeD2cjDKRY5f11rF27oOOgpTSmCL+fT5fEpnsTij+cqTa1q1h0H/gKKj&#10;1iLpS6hLiiTWvv0tVNcqz4HreKS4K7iuW6VzDahmPHpTzX1DTuda0JzgXtoU/l9YdbO5d3cebehd&#10;mAeIqYpt7bv0D3xim5u1e2mW3kahcDmbHk+Op8dSKNgm49OTce5mcXjtfIhfNHciCaX0GEbuEW2u&#10;Q0RGuD67pGSWr1pj8kCMFX0pT2eTGcITaFEbihA7V5Uy2JUUZFbgm4o+Rwxs2iq9TnHCLlwYLzaE&#10;kYMpFfcPwCyFoRBhQCH5l0YPBL88TXAuKTTD42waGOJ5basMrdFUfbaViDsHOluQWiasna6QQQNT&#10;krJnpNb8jSdAGJuA68zXfW8O40jSE1e7Oy88DwQOTl21wHqNku7Ig7HgNrYw3uKoDQMQ7yUpGvY/&#10;/nSf/EEkWFEBNgCd/b4mj3rMVwuKnY6n07QyWZnOTiZQ/GvL02uLXXcXjI6Pse9OZTH5R/Ms1p67&#10;RyzrMmWFiaxC7mGGe+UiDpuJdVd6ucxuWBNH8dreO5WCpz6lKT1sH8m7PbMi5nvDz9tC8zcEG3wH&#10;ii3Xkes2s+/QVxAhKVixTIn95yDt8Gs9ex0+WoufAAAA//8DAFBLAwQUAAYACAAAACEAJ7VC+9wA&#10;AAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbiwJ6lpWmk6AxIUbY9yzxrSB&#10;xClNtnVvT3ZiN//yp9+fm/XsHTvgFG0gBXIhgCF1wVjqFWw/Xu8egMWkyWgXCBWcMMK6vb5qdG3C&#10;kd7xsEk9yyUUa61gSGmsOY/dgF7HRRiR8u4rTF6nHKeem0kfc7l3/F6IknttKV8Y9IgvA3Y/m71X&#10;MBZy9fb9vBW2s9UpSv1Zpl+n1O3N/PQILOGc/mE462d1aLPTLuzJROZyXq7KjCoohAR2BoRc5mmn&#10;oCoq4G3DL19o/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBpJMJZeAIAAPwEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAntUL73AAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAANIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2wUAAAAA&#10;" filled="f" strokecolor="windowText">
                 <v:stroke joinstyle="round"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="006C6BEF" w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Cel wjazdu: </w:t>
       </w:r>
       <w:r w:rsidR="000F6EA2" w:rsidRPr="00330C67">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidRPr="00233676">
+      <w:r w:rsidR="00233676" w:rsidRPr="00233676">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
       <w:r w:rsidR="000F6EA2" w:rsidRPr="00330C67">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> dojazd do podwórza           </w:t>
       </w:r>
       <w:r w:rsidR="000F6EA2" w:rsidRPr="00233676">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-US"/>
@@ -1217,88 +1220,149 @@
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
       <w:r w:rsidR="000F6EA2" w:rsidRPr="00330C67">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002F1CE9" w:rsidRPr="002F1CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>dojazd do wyznaczonego miejsca postojowego</w:t>
       </w:r>
-      <w:r w:rsidR="006C6BEF" w:rsidRPr="006C6BEF">
+    </w:p>
+    <w:p w14:paraId="5D73CA0F" w14:textId="4A3DC2D9" w:rsidR="006C6BEF" w:rsidRPr="006C6BEF" w:rsidRDefault="00C855E9" w:rsidP="00C855E9">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6BEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="006C6BEF" w:rsidRPr="006C6BEF">
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="00BE470E" wp14:editId="591776F4">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2370771</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>162026</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4059555" cy="219710"/>
+                <wp:effectExtent l="0" t="0" r="17145" b="27940"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1880418008" name="Prostokąt 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4059555" cy="219710"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+                          <a:solidFill>
+                            <a:sysClr val="windowText" lastClr="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                          <a:round/>
+                          <a:headEnd type="none" w="med" len="med"/>
+                          <a:tailEnd type="none" w="med" len="med"/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="431A1788" id="Prostokąt 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:186.65pt;margin-top:12.75pt;width:319.65pt;height:17.3pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBwKN2PdwIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06CZF2COkXQrsOA&#10;oi3QDj2zshwbkEVNUuJkX78nOW26bodhWA4KKVLkI/nos/NdZ8RW+9CyLeX4ZCSFtoqr1q5L+e3h&#10;6sMnKUIkW5Fhq0u510GeL9+/O+vdQk+4YVNpLxDEhkXvStnE6BZFEVSjOwon7LSFsWbfUYTq10Xl&#10;qUf0zhST0ehj0bOvnGelQ8Dt5WCUyxy/rrWKt3UddBSmlMAW8+nz+ZTOYnlGi7Un17TqAIP+AUVH&#10;rUXSl1CXFElsfPtbqK5VngPX8URxV3Bdt0rnGlDNePSmmvuGnM61oDnBvbQp/L+w6mZ77+482tC7&#10;sAgQUxW72nfpH/jELjdr/9IsvYtC4XI6ms1ns5kUCrbJeH46zt0sjq+dD/GL5k4koZQew8g9ou11&#10;iMgI12eXlMzyVWtMHoixoi/lfDZJ4Qm0qA1FiJ2rShnsWgoya/BNRZ8jBjZtlV6nOGEfLowXW8LI&#10;wZSK+wdglsJQiDCgkPxLoweCX54mOJcUmuFxNg0M8byxVYbWaKo+20rEvQOdLUgtE9ZOV8iggSlJ&#10;2TNSa/7GEyCMTcB15uuhN8dxJOmJq/2dF54HAgenrlpgvUZJd+TBWHAbWxhvcdSGAYgPkhQN+x9/&#10;uk/+IBKsqAAbgM5+35BHPearBcXm4+k0rUxWprPTCRT/2vL02mI33QWj42Psu1NZTP7RPIu15+4R&#10;y7pKWWEiq5B7mOFBuYjDZmLdlV6tshvWxFG8tvdOpeCpT2lKD7tH8u7ArIj53vDzttDiDcEG34Fi&#10;q03kus3sO/YVREgKVixT4vA5SDv8Ws9ex4/W8icAAAD//wMAUEsDBBQABgAIAAAAIQB2oaj73QAA&#10;AAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqO2EphDiVIDEhRul3LexSQz2&#10;OsRum/497gmOq3maedusZ+/YwUzRBlIgFwKYoS5oS72C7fvLzR2wmJA0ukBGwclEWLeXFw3WOhzp&#10;zRw2qWe5hGKNCoaUxprz2A3GY1yE0VDOPsPkMeVz6rme8JjLveOFEBX3aCkvDDia58F035u9VzDe&#10;yvvXr6etsJ1dnaLEjyr9OKWur+bHB2DJzOkPhrN+Voc2O+3CnnRkTkG5KsuMKiiWS2BnQMiiArZT&#10;UAkJvG34/xfaXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBwKN2PdwIAAPwEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB2oaj73QAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAANEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2wUAAAAA&#10;" filled="f" strokecolor="windowText">
+                <v:stroke joinstyle="round"/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00216F33">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="separate"/>
-[...8 lines deleted...]
-        <w:fldChar w:fldCharType="end"/>
+        <w:t xml:space="preserve">Przy ulicy </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EA91BCA" w14:textId="2077A935" w:rsidR="002D2CA0" w:rsidRPr="00330C67" w:rsidRDefault="006C6BEF" w:rsidP="000F6EA2">
+    <w:p w14:paraId="6EA91BCA" w14:textId="483C3EB0" w:rsidR="002D2CA0" w:rsidRPr="00330C67" w:rsidRDefault="006C6BEF" w:rsidP="000F6EA2">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Okres </w:t>
       </w:r>
       <w:r w:rsidR="000F6EA2" w:rsidRPr="00330C67">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -1692,143 +1756,143 @@
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="006C6BEF" w:rsidRPr="006C6BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">podpis wnioskodawcy </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E2C8AE3" w14:textId="77777777" w:rsidR="001F1725" w:rsidRPr="00233676" w:rsidRDefault="001F1725" w:rsidP="00233676">
+    <w:p w14:paraId="7E2C8AE3" w14:textId="77777777" w:rsidR="001F1725" w:rsidRPr="00C855E9" w:rsidRDefault="001F1725" w:rsidP="00233676">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-[...8 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C855E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>ZAŁĄCZNIKI (do wglądu)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DD9241F" w14:textId="77777777" w:rsidR="001F1725" w:rsidRPr="001F1725" w:rsidRDefault="001F1725" w:rsidP="001F1725">
+    <w:p w14:paraId="0DD9241F" w14:textId="77777777" w:rsidR="001F1725" w:rsidRPr="00C855E9" w:rsidRDefault="001F1725" w:rsidP="001F1725">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-[...8 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C855E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Potwierdzenie zameldowania</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E4B8443" w14:textId="77777777" w:rsidR="001F1725" w:rsidRPr="001F1725" w:rsidRDefault="001F1725" w:rsidP="001F1725">
+    <w:p w14:paraId="5E4B8443" w14:textId="77777777" w:rsidR="001F1725" w:rsidRPr="00C855E9" w:rsidRDefault="001F1725" w:rsidP="001F1725">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-[...8 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C855E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Umowa najmu (dla najemców) lub akt notarialny własności nieruchomości</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="121DF7BA" w14:textId="77777777" w:rsidR="001F1725" w:rsidRPr="001F1725" w:rsidRDefault="001F1725" w:rsidP="001F1725">
+    <w:p w14:paraId="121DF7BA" w14:textId="77777777" w:rsidR="001F1725" w:rsidRPr="00C855E9" w:rsidRDefault="001F1725" w:rsidP="001F1725">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-[...8 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C855E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Dowód rejestracyjny pojazdu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="392F1DAB" w14:textId="77777777" w:rsidR="00B24CEB" w:rsidRDefault="00B24CEB" w:rsidP="001F1725">
       <w:pPr>
         <w:pStyle w:val="Teksttreci60"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="365D0E2B" w14:textId="4A18EC54" w:rsidR="001F1725" w:rsidRPr="00233676" w:rsidRDefault="001F1725" w:rsidP="001F1725">
       <w:pPr>
         <w:pStyle w:val="Teksttreci60"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
@@ -1876,328 +1940,344 @@
           <w:bCs/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
         <w:t xml:space="preserve"> Miejski Zarząd Dróg i Mostów, ul. Smolenia 35, 41-902 Bytom tel. 32 39 69 700, e-mail: sekretariat@mzdim.bytom.pl </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E6D0E4C" w14:textId="77777777" w:rsidR="001F1725" w:rsidRPr="00233676" w:rsidRDefault="001F1725" w:rsidP="001F1725">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233676">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
         <w:t>2. Reprezentantem Administratora Danych Osobowych jest Dyrektor Miejskiego Zarządu Dróg i Mostów w Bytomiu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58CA3FBE" w14:textId="77777777" w:rsidR="001F1725" w:rsidRPr="00233676" w:rsidRDefault="001F1725" w:rsidP="001F1725">
+    <w:p w14:paraId="58CA3FBE" w14:textId="761F5EC6" w:rsidR="001F1725" w:rsidRPr="00233676" w:rsidRDefault="001F1725" w:rsidP="001F1725">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233676">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
-        <w:t>3. Dane kontaktowe Inspektora Ochrony Danych: Radosław Schejbal; e-mail: iod@mzdim.bytom.pl</w:t>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">3. Dane kontaktowe Inspektora Ochrony Danych: </w:t>
+      </w:r>
+      <w:r w:rsidR="00651F52">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Ewelina Wysocka</w:t>
+      </w:r>
       <w:r w:rsidRPr="00233676">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
-        <w:t>4. Dane osobowe są przetwarzane przez Administratora w celu: realizacji zadań określonych przepisami prawa, wypełnienia obowiązku prawnego oraz wykonywania zadań przez organ publiczny.</w:t>
+        <w:t>; e-mail: iod@mzdim.bytom.pl</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23C22FED" w14:textId="77777777" w:rsidR="001F1725" w:rsidRPr="00233676" w:rsidRDefault="001F1725" w:rsidP="001F1725">
+    <w:p w14:paraId="61FC3676" w14:textId="77777777" w:rsidR="001F1725" w:rsidRPr="00233676" w:rsidRDefault="001F1725" w:rsidP="001F1725">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233676">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
-        <w:t>5. Podstawy prawne przetwarzania: Rozporządzenie Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych) art 6 lit. a-e, w powiązaniu z przepisami prawa, w szczególności:</w:t>
+        <w:t>4. Dane osobowe są przetwarzane przez Administratora w celu: realizacji zadań określonych przepisami prawa, wypełnienia obowiązku prawnego oraz wykonywania zadań przez organ publiczny.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BB54F84" w14:textId="77777777" w:rsidR="001F1725" w:rsidRPr="00233676" w:rsidRDefault="001F1725" w:rsidP="001F1725">
+    <w:p w14:paraId="23C22FED" w14:textId="77777777" w:rsidR="001F1725" w:rsidRPr="00233676" w:rsidRDefault="001F1725" w:rsidP="001F1725">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233676">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
-        <w:t>- Ustawa z dnia 10 maja 2018 r. o ochronie danych osobowych;</w:t>
+        <w:t>5. Podstawy prawne przetwarzania: Rozporządzenie Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych) art 6 lit. a-e, w powiązaniu z przepisami prawa, w szczególności:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25B8728A" w14:textId="77777777" w:rsidR="001F1725" w:rsidRPr="00233676" w:rsidRDefault="001F1725" w:rsidP="001F1725">
+    <w:p w14:paraId="6BB54F84" w14:textId="77777777" w:rsidR="001F1725" w:rsidRPr="00233676" w:rsidRDefault="001F1725" w:rsidP="001F1725">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233676">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
-        <w:t>- Ustawa z dnia 20 czerwca 1997 r. - Prawo o ruchu drogowym;</w:t>
+        <w:t>- Ustawa z dnia 10 maja 2018 r. o ochronie danych osobowych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="300EEE14" w14:textId="77777777" w:rsidR="001F1725" w:rsidRPr="00233676" w:rsidRDefault="001F1725" w:rsidP="001F1725">
+    <w:p w14:paraId="25B8728A" w14:textId="77777777" w:rsidR="001F1725" w:rsidRPr="00233676" w:rsidRDefault="001F1725" w:rsidP="001F1725">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233676">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
-        <w:t>- Uchwała Nr XLIV/680/05 z dnia 29 czerwca 2005 r. o utworzeniu jednostki budżetowej pod nazwą: Miejski Zarząd Dróg i Mostów w Bytomiu;</w:t>
+        <w:t>- Ustawa z dnia 20 czerwca 1997 r. - Prawo o ruchu drogowym;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47D035DB" w14:textId="77777777" w:rsidR="001F1725" w:rsidRPr="00233676" w:rsidRDefault="001F1725" w:rsidP="001F1725">
+    <w:p w14:paraId="300EEE14" w14:textId="77777777" w:rsidR="001F1725" w:rsidRPr="00233676" w:rsidRDefault="001F1725" w:rsidP="001F1725">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233676">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
-        <w:t>- Uchwała Rady Miejskiej w Bytomiu Nr LXXIII/940/23 z dnia 30.01.2023 r.  dotycząca Strefy Płatnego Parkowania.</w:t>
+        <w:t>- Uchwała Nr XLIV/680/05 z dnia 29 czerwca 2005 r. o utworzeniu jednostki budżetowej pod nazwą: Miejski Zarząd Dróg i Mostów w Bytomiu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19AEDC11" w14:textId="77777777" w:rsidR="001F1725" w:rsidRPr="00233676" w:rsidRDefault="001F1725" w:rsidP="001F1725">
+    <w:p w14:paraId="47D035DB" w14:textId="77777777" w:rsidR="001F1725" w:rsidRPr="00233676" w:rsidRDefault="001F1725" w:rsidP="001F1725">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233676">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
-        <w:t>6. Odbiorcami danych osobowych są osoby fizyczne i prawne na podstawie przepisów prawa.</w:t>
+        <w:t>- Uchwała Rady Miejskiej w Bytomiu Nr LXXIII/940/23 z dnia 30.01.2023 r.  dotycząca Strefy Płatnego Parkowania.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="643D32EB" w14:textId="77777777" w:rsidR="001F1725" w:rsidRPr="00233676" w:rsidRDefault="001F1725" w:rsidP="001F1725">
+    <w:p w14:paraId="19AEDC11" w14:textId="77777777" w:rsidR="001F1725" w:rsidRPr="00233676" w:rsidRDefault="001F1725" w:rsidP="001F1725">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233676">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
-        <w:t>7. Dane osobowe będą przetwarzane przez czas określony przepisami prawa, w szczególności w celach archiwalnych.</w:t>
+        <w:t>6. Odbiorcami danych osobowych są osoby fizyczne i prawne na podstawie przepisów prawa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AD74ACC" w14:textId="77777777" w:rsidR="001F1725" w:rsidRPr="00233676" w:rsidRDefault="001F1725" w:rsidP="001F1725">
+    <w:p w14:paraId="643D32EB" w14:textId="77777777" w:rsidR="001F1725" w:rsidRPr="00233676" w:rsidRDefault="001F1725" w:rsidP="001F1725">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233676">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
-        <w:t>8. Prawa przysługujące osobie, której dane są przetwarzane:</w:t>
+        <w:t>7. Dane osobowe będą przetwarzane przez czas określony przepisami prawa, w szczególności w celach archiwalnych.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="505D3D63" w14:textId="77777777" w:rsidR="001F1725" w:rsidRPr="00233676" w:rsidRDefault="001F1725" w:rsidP="001F1725">
+    <w:p w14:paraId="1AD74ACC" w14:textId="77777777" w:rsidR="001F1725" w:rsidRPr="00233676" w:rsidRDefault="001F1725" w:rsidP="001F1725">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233676">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
-        <w:t>Osoba, której dane dotyczą ma prawo dostępu do treści swoich danych oraz prawo do ich sprostowania, ograniczenia przetwarzania, prawo do przenoszenia danych, prawo do wniesienia sprzeciwu, prawo do cofnięcia zgody w dowolnym momencie (jeżeli przetwarzanie odbywa się na podstawie zgody) oraz prawo do wniesienia skargi do organu nadzorczego, gdy uzna, iż przetwarzanie danych osobowych jego dotyczących narusza przepisy ogólnego rozporządzenia o ochronie danych osobowych z dnia 27 kwietnia 2016 r. (UE 2016/679).</w:t>
+        <w:t>8. Prawa przysługujące osobie, której dane są przetwarzane:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2408F188" w14:textId="77777777" w:rsidR="001F1725" w:rsidRPr="00233676" w:rsidRDefault="001F1725" w:rsidP="001F1725">
+    <w:p w14:paraId="505D3D63" w14:textId="77777777" w:rsidR="001F1725" w:rsidRPr="00233676" w:rsidRDefault="001F1725" w:rsidP="001F1725">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233676">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
-        <w:t>9. Podanie danych osobowych jest dobrowolne, jednakże w celu realizacji zadań objętych przepisami prawa jest niezbędne. W niniejszym przypadku jest wymogiem prawnym oraz warunkiem realizacji prawnie uzasadnionych interesów: administratora oraz osób, których dane są przetwarzane.</w:t>
+        <w:t>Osoba, której dane dotyczą ma prawo dostępu do treści swoich danych oraz prawo do ich sprostowania, ograniczenia przetwarzania, prawo do przenoszenia danych, prawo do wniesienia sprzeciwu, prawo do cofnięcia zgody w dowolnym momencie (jeżeli przetwarzanie odbywa się na podstawie zgody) oraz prawo do wniesienia skargi do organu nadzorczego, gdy uzna, iż przetwarzanie danych osobowych jego dotyczących narusza przepisy ogólnego rozporządzenia o ochronie danych osobowych z dnia 27 kwietnia 2016 r. (UE 2016/679).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0626BDD6" w14:textId="77777777" w:rsidR="001F1725" w:rsidRPr="00233676" w:rsidRDefault="001F1725" w:rsidP="001F1725">
+    <w:p w14:paraId="2408F188" w14:textId="77777777" w:rsidR="001F1725" w:rsidRPr="00233676" w:rsidRDefault="001F1725" w:rsidP="001F1725">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233676">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
-        <w:t>10 W trakcie przetwarzania Państwa danych osobowych nie dochodzi do wyłącznie zautomatyzowanego podejmowania decyzji ani do profilowania, o których mowa w art.22 ust. 1 i 4 RODO. Oznacza to, że żadne decyzje nie będą zapadać wyłącznie automatycznie oraz, że nie buduje się żadnych profili.</w:t>
+        <w:t>9. Podanie danych osobowych jest dobrowolne, jednakże w celu realizacji zadań objętych przepisami prawa jest niezbędne. W niniejszym przypadku jest wymogiem prawnym oraz warunkiem realizacji prawnie uzasadnionych interesów: administratora oraz osób, których dane są przetwarzane.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DB59388" w14:textId="2926D8EB" w:rsidR="000A1F14" w:rsidRPr="00B24CEB" w:rsidRDefault="001F1725" w:rsidP="00B24CEB">
+    <w:p w14:paraId="0626BDD6" w14:textId="77777777" w:rsidR="001F1725" w:rsidRPr="00233676" w:rsidRDefault="001F1725" w:rsidP="001F1725">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233676">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
+        <w:t>10 W trakcie przetwarzania Państwa danych osobowych nie dochodzi do wyłącznie zautomatyzowanego podejmowania decyzji ani do profilowania, o których mowa w art.22 ust. 1 i 4 RODO. Oznacza to, że żadne decyzje nie będą zapadać wyłącznie automatycznie oraz, że nie buduje się żadnych profili.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DB59388" w14:textId="2926D8EB" w:rsidR="000A1F14" w:rsidRPr="00B24CEB" w:rsidRDefault="001F1725" w:rsidP="00B24CEB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233676">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
         <w:t>11. W przypadku uznania, iż przetwarzanie przez Administratora Państwa danych osobowych narusza przepisy RODO, przysługuje Państwu prawo do wniesienia skargi do Prezesa Urzędu Ochrony Danych Osobowych, ul. Stawki 2, 00-193 Warszawa.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="000A1F14" w:rsidRPr="00B24CEB" w:rsidSect="00D131F2">
+    <w:sectPr w:rsidR="000A1F14" w:rsidRPr="00B24CEB" w:rsidSect="00AC10A2">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1643" w:right="758" w:bottom="1440" w:left="851" w:header="284" w:footer="632" w:gutter="0"/>
+      <w:pgMar w:top="1643" w:right="758" w:bottom="1135" w:left="851" w:header="284" w:footer="632" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="479E138D" w14:textId="77777777" w:rsidR="00334AAC" w:rsidRDefault="00334AAC">
+    <w:p w14:paraId="64B0FCCA" w14:textId="77777777" w:rsidR="00017E12" w:rsidRDefault="00017E12">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1DE17095" w14:textId="77777777" w:rsidR="00334AAC" w:rsidRDefault="00334AAC">
+    <w:p w14:paraId="202FDACB" w14:textId="77777777" w:rsidR="00017E12" w:rsidRDefault="00017E12">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2459,58 +2539,58 @@
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00737E15">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Data i podpis wnioskodawcy</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6556E62C" w14:textId="77777777" w:rsidR="00334AAC" w:rsidRDefault="00334AAC">
+    <w:p w14:paraId="4174EE33" w14:textId="77777777" w:rsidR="00017E12" w:rsidRDefault="00017E12">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="27F9A898" w14:textId="77777777" w:rsidR="00334AAC" w:rsidRDefault="00334AAC">
+    <w:p w14:paraId="47668494" w14:textId="77777777" w:rsidR="00017E12" w:rsidRDefault="00017E12">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="735755C0" w14:textId="5530F223" w:rsidR="006C6BEF" w:rsidRPr="005E1ED2" w:rsidRDefault="006C6BEF" w:rsidP="00737E15">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2625"/>
       </w:tabs>
       <w:rPr>
         <w:b/>
         <w:sz w:val="10"/>
         <w:szCs w:val="10"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
@@ -3060,51 +3140,51 @@
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00702C16">
       <w:rPr>
         <w:b/>
         <w:sz w:val="44"/>
         <w:szCs w:val="44"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00D131F2">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="333C936C" wp14:editId="35F06AE7">
           <wp:extent cx="1335974" cy="841741"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="35816874" name="Obraz 35816874"/>
+          <wp:docPr id="1230729160" name="Obraz 1230729160"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                         <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                           <a14:imgLayer r:embed="rId2">
                             <a14:imgEffect>
                               <a14:saturation sat="231000"/>
                             </a14:imgEffect>
                           </a14:imgLayer>
                         </a14:imgProps>
                       </a:ext>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -5321,268 +5401,278 @@
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008E535F"/>
     <w:rsid w:val="0000634C"/>
     <w:rsid w:val="0001044B"/>
     <w:rsid w:val="00013DC7"/>
+    <w:rsid w:val="00017E12"/>
     <w:rsid w:val="0002638A"/>
     <w:rsid w:val="00033B7D"/>
     <w:rsid w:val="000713C9"/>
     <w:rsid w:val="00085220"/>
     <w:rsid w:val="000A1F14"/>
     <w:rsid w:val="000A535B"/>
     <w:rsid w:val="000B079C"/>
     <w:rsid w:val="000B0CC9"/>
     <w:rsid w:val="000B3533"/>
     <w:rsid w:val="000C7751"/>
     <w:rsid w:val="000E0AB5"/>
     <w:rsid w:val="000F6EA2"/>
     <w:rsid w:val="00102617"/>
     <w:rsid w:val="00106184"/>
     <w:rsid w:val="001075E6"/>
+    <w:rsid w:val="0011447C"/>
     <w:rsid w:val="0014302C"/>
     <w:rsid w:val="001C2A55"/>
     <w:rsid w:val="001E152C"/>
     <w:rsid w:val="001E1D6E"/>
     <w:rsid w:val="001F1725"/>
     <w:rsid w:val="001F648B"/>
     <w:rsid w:val="00207D00"/>
     <w:rsid w:val="002121FA"/>
+    <w:rsid w:val="00216F33"/>
     <w:rsid w:val="00226365"/>
     <w:rsid w:val="00230505"/>
     <w:rsid w:val="002316E9"/>
     <w:rsid w:val="00233676"/>
     <w:rsid w:val="00235DF4"/>
     <w:rsid w:val="00242D61"/>
     <w:rsid w:val="00251A0F"/>
     <w:rsid w:val="00255DD6"/>
     <w:rsid w:val="00256401"/>
     <w:rsid w:val="0026452B"/>
     <w:rsid w:val="00274F7C"/>
     <w:rsid w:val="002907E6"/>
     <w:rsid w:val="00290EA1"/>
     <w:rsid w:val="002B6196"/>
     <w:rsid w:val="002B6CC0"/>
     <w:rsid w:val="002C26F9"/>
     <w:rsid w:val="002C3C3E"/>
     <w:rsid w:val="002D2CA0"/>
     <w:rsid w:val="002D6CA9"/>
     <w:rsid w:val="002F1CE9"/>
     <w:rsid w:val="002F58F1"/>
     <w:rsid w:val="002F76E4"/>
     <w:rsid w:val="00301609"/>
     <w:rsid w:val="003210D2"/>
     <w:rsid w:val="00327D80"/>
     <w:rsid w:val="00330C67"/>
     <w:rsid w:val="00334AAC"/>
     <w:rsid w:val="003351D2"/>
     <w:rsid w:val="00367E18"/>
     <w:rsid w:val="00373EA1"/>
     <w:rsid w:val="0038109B"/>
     <w:rsid w:val="003844D1"/>
     <w:rsid w:val="00391BFA"/>
+    <w:rsid w:val="003A7529"/>
     <w:rsid w:val="003B0CC2"/>
     <w:rsid w:val="003B11E7"/>
     <w:rsid w:val="003B225E"/>
     <w:rsid w:val="003B4FD6"/>
+    <w:rsid w:val="003D4596"/>
     <w:rsid w:val="003E30EA"/>
     <w:rsid w:val="003E3C54"/>
     <w:rsid w:val="0041035E"/>
     <w:rsid w:val="00421187"/>
     <w:rsid w:val="004455E0"/>
     <w:rsid w:val="00451C68"/>
     <w:rsid w:val="00475D68"/>
     <w:rsid w:val="00476722"/>
     <w:rsid w:val="00496544"/>
     <w:rsid w:val="004C0F28"/>
     <w:rsid w:val="004D34B3"/>
     <w:rsid w:val="00507091"/>
     <w:rsid w:val="0050775E"/>
     <w:rsid w:val="005136E9"/>
     <w:rsid w:val="00526880"/>
     <w:rsid w:val="005272AB"/>
     <w:rsid w:val="00536557"/>
     <w:rsid w:val="0054627D"/>
     <w:rsid w:val="005626D9"/>
     <w:rsid w:val="00574EBF"/>
     <w:rsid w:val="00595058"/>
     <w:rsid w:val="005A5B87"/>
     <w:rsid w:val="005D059F"/>
     <w:rsid w:val="005E0DDB"/>
     <w:rsid w:val="005E1ED2"/>
     <w:rsid w:val="005F3760"/>
     <w:rsid w:val="00610139"/>
     <w:rsid w:val="00612A00"/>
     <w:rsid w:val="00612C97"/>
     <w:rsid w:val="00615993"/>
     <w:rsid w:val="00621DE7"/>
     <w:rsid w:val="00640E73"/>
     <w:rsid w:val="006416E0"/>
     <w:rsid w:val="00650FA5"/>
     <w:rsid w:val="00651A67"/>
+    <w:rsid w:val="00651F52"/>
     <w:rsid w:val="006557A7"/>
     <w:rsid w:val="00674BBA"/>
     <w:rsid w:val="006942DB"/>
     <w:rsid w:val="006A0909"/>
     <w:rsid w:val="006C6BEF"/>
     <w:rsid w:val="006D178B"/>
     <w:rsid w:val="006D4384"/>
     <w:rsid w:val="006E1409"/>
     <w:rsid w:val="006F06C3"/>
     <w:rsid w:val="006F31CE"/>
     <w:rsid w:val="00702C16"/>
     <w:rsid w:val="00716C4D"/>
     <w:rsid w:val="00733AFF"/>
     <w:rsid w:val="00734B0C"/>
     <w:rsid w:val="00737E15"/>
     <w:rsid w:val="007A4D05"/>
     <w:rsid w:val="007F76CA"/>
     <w:rsid w:val="00803FF8"/>
     <w:rsid w:val="00832591"/>
     <w:rsid w:val="00846CC8"/>
     <w:rsid w:val="00847A8B"/>
     <w:rsid w:val="0085245D"/>
+    <w:rsid w:val="0087128D"/>
     <w:rsid w:val="008744D3"/>
     <w:rsid w:val="00890ADD"/>
     <w:rsid w:val="008A0EE5"/>
     <w:rsid w:val="008A1634"/>
     <w:rsid w:val="008B133D"/>
     <w:rsid w:val="008B2567"/>
     <w:rsid w:val="008B7EDE"/>
     <w:rsid w:val="008C60CE"/>
     <w:rsid w:val="008D40A3"/>
     <w:rsid w:val="008E2741"/>
     <w:rsid w:val="008E535F"/>
     <w:rsid w:val="00924B55"/>
     <w:rsid w:val="00930EB6"/>
     <w:rsid w:val="0094182C"/>
     <w:rsid w:val="009602E5"/>
     <w:rsid w:val="00985762"/>
     <w:rsid w:val="00993253"/>
     <w:rsid w:val="009977B6"/>
     <w:rsid w:val="0099784D"/>
     <w:rsid w:val="009A20FA"/>
     <w:rsid w:val="009E5596"/>
     <w:rsid w:val="009F4C06"/>
     <w:rsid w:val="009F7555"/>
     <w:rsid w:val="00A30538"/>
     <w:rsid w:val="00A3571A"/>
     <w:rsid w:val="00A55A06"/>
     <w:rsid w:val="00A57DB3"/>
     <w:rsid w:val="00A70CB6"/>
     <w:rsid w:val="00A84522"/>
     <w:rsid w:val="00A849C0"/>
     <w:rsid w:val="00A901AB"/>
     <w:rsid w:val="00AA5B1C"/>
+    <w:rsid w:val="00AC10A2"/>
     <w:rsid w:val="00AC4854"/>
     <w:rsid w:val="00AD31B1"/>
     <w:rsid w:val="00AD34C0"/>
     <w:rsid w:val="00AE37B0"/>
     <w:rsid w:val="00AE58B9"/>
     <w:rsid w:val="00AE66D5"/>
     <w:rsid w:val="00AF24DD"/>
     <w:rsid w:val="00AF29F2"/>
     <w:rsid w:val="00B01628"/>
     <w:rsid w:val="00B24CEB"/>
     <w:rsid w:val="00B60F1F"/>
     <w:rsid w:val="00BA71E2"/>
     <w:rsid w:val="00BC48CA"/>
     <w:rsid w:val="00BE1CE8"/>
     <w:rsid w:val="00BE2900"/>
     <w:rsid w:val="00BF5A0D"/>
     <w:rsid w:val="00C04F8C"/>
     <w:rsid w:val="00C2280A"/>
     <w:rsid w:val="00C350FA"/>
     <w:rsid w:val="00C36442"/>
     <w:rsid w:val="00C45C67"/>
     <w:rsid w:val="00C64726"/>
     <w:rsid w:val="00C65155"/>
     <w:rsid w:val="00C76874"/>
+    <w:rsid w:val="00C855E9"/>
     <w:rsid w:val="00C972AC"/>
     <w:rsid w:val="00CA35F1"/>
     <w:rsid w:val="00CB3065"/>
     <w:rsid w:val="00CB6AC7"/>
     <w:rsid w:val="00CB7E12"/>
     <w:rsid w:val="00CD2AA9"/>
     <w:rsid w:val="00CD428C"/>
     <w:rsid w:val="00CD71BA"/>
     <w:rsid w:val="00CE0C8C"/>
     <w:rsid w:val="00CE3645"/>
     <w:rsid w:val="00CE478C"/>
     <w:rsid w:val="00CE72DB"/>
     <w:rsid w:val="00CE72FC"/>
     <w:rsid w:val="00D03B69"/>
     <w:rsid w:val="00D10259"/>
     <w:rsid w:val="00D131F2"/>
     <w:rsid w:val="00D21F72"/>
     <w:rsid w:val="00D43291"/>
     <w:rsid w:val="00D45338"/>
     <w:rsid w:val="00D566C8"/>
     <w:rsid w:val="00D862E6"/>
     <w:rsid w:val="00D9509E"/>
     <w:rsid w:val="00D955B1"/>
     <w:rsid w:val="00D95D5D"/>
     <w:rsid w:val="00DA43AA"/>
     <w:rsid w:val="00DA7990"/>
     <w:rsid w:val="00DB5426"/>
     <w:rsid w:val="00DC2733"/>
     <w:rsid w:val="00DF5889"/>
     <w:rsid w:val="00E375B2"/>
     <w:rsid w:val="00E67709"/>
     <w:rsid w:val="00E75128"/>
     <w:rsid w:val="00E82C4A"/>
     <w:rsid w:val="00E84BE5"/>
     <w:rsid w:val="00E87BE6"/>
     <w:rsid w:val="00EA0883"/>
     <w:rsid w:val="00EA4B8F"/>
     <w:rsid w:val="00EB3221"/>
     <w:rsid w:val="00EB468C"/>
     <w:rsid w:val="00EB49A7"/>
     <w:rsid w:val="00ED75E8"/>
     <w:rsid w:val="00EE2814"/>
     <w:rsid w:val="00EE4DFB"/>
     <w:rsid w:val="00EF35CF"/>
     <w:rsid w:val="00EF38BA"/>
+    <w:rsid w:val="00F133C8"/>
     <w:rsid w:val="00F46E8C"/>
     <w:rsid w:val="00F617FA"/>
     <w:rsid w:val="00F62CC8"/>
     <w:rsid w:val="00F64676"/>
     <w:rsid w:val="00F7613A"/>
     <w:rsid w:val="00F81490"/>
     <w:rsid w:val="00FC1B5A"/>
     <w:rsid w:val="00FC6EEE"/>
     <w:rsid w:val="00FD5FE2"/>
     <w:rsid w:val="00FD65E2"/>
     <w:rsid w:val="00FE5D9E"/>
     <w:rsid w:val="00FE7D8E"/>
     <w:rsid w:val="00FF51DE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -7817,75 +7907,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BED92CC7-0EF4-43B6-A54F-2FEF965C83C4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>641</Words>
-  <Characters>3848</Characters>
+  <Words>644</Words>
+  <Characters>3864</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>32</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Miejski Zarząd Dróg i Mostów</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4481</CharactersWithSpaces>
+  <CharactersWithSpaces>4500</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>7012409</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.mzdim.bytom.pl/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>